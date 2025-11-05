--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -1,63 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29303"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6B70FF02-CB27-4A23-B748-D75DA6D9510F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D5BF26B-E702-48BE-ADBC-5F90F4ACA297}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="29020" windowHeight="15700" firstSheet="1" activeTab="1" xr2:uid="{2A04E83F-1420-46CA-8079-E0DFF40CDEA0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{2A04E83F-1420-46CA-8079-E0DFF40CDEA0}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview" sheetId="5" r:id="rId1"/>
     <sheet name="Control" sheetId="1" r:id="rId2"/>
     <sheet name="CapEx &amp; Depr Schedule" sheetId="4" r:id="rId3"/>
     <sheet name="Annual Model" sheetId="2" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="__123Graph_APULL_CASE_1" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XPULL_CASE_1" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_ACHART_1" hidden="1">#REF!</definedName>
     <definedName name="_10__123Graph_XCHART_4" hidden="1">#REF!</definedName>
     <definedName name="_11__123Graph_XCHART_5" hidden="1">#REF!</definedName>
     <definedName name="_12__123Graph_XCHART_6" hidden="1">#REF!</definedName>
     <definedName name="_2__123Graph_ACHART_2" hidden="1">#REF!</definedName>
     <definedName name="_3__123Graph_ACHART_3" hidden="1">#REF!</definedName>
     <definedName name="_4__123Graph_ACHART_4" hidden="1">#REF!</definedName>
     <definedName name="_5__123Graph_ACHART_5" hidden="1">#REF!</definedName>
     <definedName name="_6__123Graph_ACHART_6" hidden="1">#REF!</definedName>
     <definedName name="_7__123Graph_XCHART_1" hidden="1">#REF!</definedName>
     <definedName name="_8__123Graph_XCHART_2" hidden="1">#REF!</definedName>
     <definedName name="_9__123Graph_XCHART_3" hidden="1">#REF!</definedName>
     <definedName name="_bdm.055dc4896fdd400c97f48bac05f14793.edm" localSheetId="1" hidden="1">Control!#REF!</definedName>
     <definedName name="_bdm.4323230264e14a159411be0855e0a05d.edm" localSheetId="1" hidden="1">Control!#REF!</definedName>
     <definedName name="_bdm.6b830a572a914ddea465bc939d324dc7.edm" hidden="1">Control!$1:$1048576</definedName>
@@ -95,378 +91,378 @@
     <definedName name="SAPBEXsysID" hidden="1">"PBW"</definedName>
     <definedName name="SAPBEXwbID" hidden="1">"3RJONF2IVG7YVFZQS0VHFJV5J"</definedName>
   </definedNames>
   <calcPr calcId="191028" calcMode="autoNoTable"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G140" i="2" l="1"/>
-[...17 lines deleted...]
-  <c r="F140" i="2" s="1"/>
+  <c r="E139" i="2" l="1"/>
+  <c r="F139" i="2" s="1"/>
+  <c r="G139" i="2" s="1"/>
+  <c r="H139" i="2" s="1"/>
+  <c r="I139" i="2" s="1"/>
+  <c r="J139" i="2" s="1"/>
+  <c r="K139" i="2" s="1"/>
+  <c r="L139" i="2" s="1"/>
+  <c r="M139" i="2" s="1"/>
+  <c r="N139" i="2" s="1"/>
+  <c r="O139" i="2" s="1"/>
+  <c r="P139" i="2" s="1"/>
+  <c r="Q139" i="2" s="1"/>
+  <c r="R139" i="2" s="1"/>
+  <c r="S139" i="2" s="1"/>
+  <c r="T139" i="2" s="1"/>
+  <c r="U139" i="2" s="1"/>
+  <c r="V139" i="2" s="1"/>
+  <c r="W139" i="2" s="1"/>
   <c r="E108" i="2"/>
   <c r="F108" i="2" s="1"/>
   <c r="E72" i="2"/>
   <c r="F72" i="2" s="1"/>
   <c r="W95" i="2" l="1"/>
-  <c r="E164" i="2"/>
-[...21 lines deleted...]
-  <c r="D144" i="2"/>
+  <c r="E163" i="2"/>
+  <c r="F163" i="2"/>
+  <c r="G163" i="2"/>
+  <c r="H163" i="2"/>
+  <c r="I163" i="2"/>
+  <c r="J163" i="2"/>
+  <c r="K163" i="2"/>
+  <c r="L163" i="2"/>
+  <c r="M163" i="2"/>
+  <c r="N163" i="2"/>
+  <c r="O163" i="2"/>
+  <c r="P163" i="2"/>
+  <c r="Q163" i="2"/>
+  <c r="R163" i="2"/>
+  <c r="S163" i="2"/>
+  <c r="T163" i="2"/>
+  <c r="U163" i="2"/>
+  <c r="V163" i="2"/>
+  <c r="W163" i="2"/>
+  <c r="D163" i="2"/>
+  <c r="D160" i="2"/>
+  <c r="D154" i="2"/>
+  <c r="D143" i="2"/>
   <c r="X76" i="1"/>
   <c r="X75" i="1" l="1"/>
   <c r="E69" i="1"/>
   <c r="E68" i="1"/>
-  <c r="F151" i="2" l="1"/>
+  <c r="F150" i="2" l="1"/>
   <c r="F123" i="2" s="1"/>
-  <c r="R151" i="2"/>
+  <c r="R150" i="2"/>
   <c r="R123" i="2" s="1"/>
+  <c r="J149" i="2"/>
+  <c r="J121" i="2" s="1"/>
+  <c r="V149" i="2"/>
+  <c r="V121" i="2" s="1"/>
+  <c r="D150" i="2"/>
+  <c r="D123" i="2" s="1"/>
+  <c r="E149" i="2"/>
+  <c r="E121" i="2" s="1"/>
+  <c r="N150" i="2"/>
+  <c r="N123" i="2" s="1"/>
+  <c r="R149" i="2"/>
+  <c r="R121" i="2" s="1"/>
+  <c r="P150" i="2"/>
+  <c r="P123" i="2" s="1"/>
+  <c r="T149" i="2"/>
+  <c r="T121" i="2" s="1"/>
+  <c r="E150" i="2"/>
+  <c r="E123" i="2" s="1"/>
+  <c r="I149" i="2"/>
+  <c r="I121" i="2" s="1"/>
+  <c r="G150" i="2"/>
+  <c r="G123" i="2" s="1"/>
+  <c r="S150" i="2"/>
+  <c r="S123" i="2" s="1"/>
+  <c r="K149" i="2"/>
+  <c r="K121" i="2" s="1"/>
+  <c r="W149" i="2"/>
+  <c r="W121" i="2" s="1"/>
+  <c r="H150" i="2"/>
+  <c r="H123" i="2" s="1"/>
+  <c r="T150" i="2"/>
+  <c r="T123" i="2" s="1"/>
+  <c r="L149" i="2"/>
+  <c r="L121" i="2" s="1"/>
+  <c r="D149" i="2"/>
+  <c r="I150" i="2"/>
+  <c r="I123" i="2" s="1"/>
+  <c r="U150" i="2"/>
+  <c r="U123" i="2" s="1"/>
+  <c r="M149" i="2"/>
+  <c r="M121" i="2" s="1"/>
   <c r="J150" i="2"/>
-  <c r="J121" i="2" s="1"/>
+  <c r="J123" i="2" s="1"/>
   <c r="V150" i="2"/>
-  <c r="V121" i="2" s="1"/>
-[...19 lines deleted...]
-  <c r="S123" i="2" s="1"/>
+  <c r="V123" i="2" s="1"/>
+  <c r="N149" i="2"/>
+  <c r="N121" i="2" s="1"/>
   <c r="K150" i="2"/>
-  <c r="K121" i="2" s="1"/>
+  <c r="K123" i="2" s="1"/>
   <c r="W150" i="2"/>
-  <c r="W121" i="2" s="1"/>
-[...3 lines deleted...]
-  <c r="T123" i="2" s="1"/>
+  <c r="W123" i="2" s="1"/>
+  <c r="O149" i="2"/>
+  <c r="O121" i="2" s="1"/>
   <c r="L150" i="2"/>
-  <c r="L121" i="2" s="1"/>
-[...4 lines deleted...]
-  <c r="U123" i="2" s="1"/>
+  <c r="L123" i="2" s="1"/>
+  <c r="P149" i="2"/>
+  <c r="P121" i="2" s="1"/>
   <c r="M150" i="2"/>
-  <c r="M121" i="2" s="1"/>
-[...9 lines deleted...]
-  <c r="W123" i="2" s="1"/>
+  <c r="M123" i="2" s="1"/>
+  <c r="Q149" i="2"/>
+  <c r="Q121" i="2" s="1"/>
+  <c r="F149" i="2"/>
+  <c r="F121" i="2" s="1"/>
   <c r="O150" i="2"/>
-  <c r="O121" i="2" s="1"/>
-[...5 lines deleted...]
-  <c r="M123" i="2" s="1"/>
+  <c r="O123" i="2" s="1"/>
+  <c r="G149" i="2"/>
+  <c r="G121" i="2" s="1"/>
+  <c r="S149" i="2"/>
+  <c r="S121" i="2" s="1"/>
+  <c r="H149" i="2"/>
+  <c r="H121" i="2" s="1"/>
   <c r="Q150" i="2"/>
-  <c r="Q121" i="2" s="1"/>
-[...10 lines deleted...]
-  <c r="Q151" i="2"/>
   <c r="Q123" i="2" s="1"/>
-  <c r="U150" i="2"/>
+  <c r="U149" i="2"/>
   <c r="U121" i="2" s="1"/>
   <c r="D121" i="2" l="1"/>
-  <c r="D156" i="2"/>
-[...1 lines deleted...]
-  <c r="D163" i="2" l="1"/>
+  <c r="D155" i="2"/>
+  <c r="D151" i="2"/>
+  <c r="D162" i="2" l="1"/>
   <c r="D56" i="2" s="1"/>
-  <c r="E149" i="2"/>
-[...1 lines deleted...]
-  <c r="E163" i="2" l="1"/>
+  <c r="E148" i="2"/>
+  <c r="E151" i="2" s="1"/>
+  <c r="E162" i="2" l="1"/>
   <c r="E56" i="2" s="1"/>
-  <c r="F149" i="2"/>
-[...1 lines deleted...]
-  <c r="F163" i="2" l="1"/>
+  <c r="F148" i="2"/>
+  <c r="F151" i="2" s="1"/>
+  <c r="F162" i="2" l="1"/>
   <c r="F56" i="2" s="1"/>
-  <c r="G149" i="2"/>
-[...1 lines deleted...]
-  <c r="G163" i="2" s="1"/>
+  <c r="G148" i="2"/>
+  <c r="G151" i="2" s="1"/>
+  <c r="G162" i="2" s="1"/>
   <c r="G56" i="2" s="1"/>
-  <c r="H149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="H163" i="2" s="1"/>
+  <c r="H148" i="2" l="1"/>
+  <c r="H151" i="2" s="1"/>
+  <c r="H162" i="2" s="1"/>
   <c r="H56" i="2" s="1"/>
-  <c r="I149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="I163" i="2" s="1"/>
+  <c r="I148" i="2" l="1"/>
+  <c r="I151" i="2" l="1"/>
+  <c r="I162" i="2" s="1"/>
   <c r="I56" i="2" s="1"/>
-  <c r="J149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="J163" i="2" s="1"/>
+  <c r="J148" i="2" l="1"/>
+  <c r="J151" i="2" l="1"/>
+  <c r="J162" i="2" s="1"/>
   <c r="J56" i="2" s="1"/>
-  <c r="K149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="K163" i="2" s="1"/>
+  <c r="K148" i="2" l="1"/>
+  <c r="K151" i="2" l="1"/>
+  <c r="K162" i="2" s="1"/>
   <c r="K56" i="2" s="1"/>
-  <c r="L149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="L163" i="2" s="1"/>
+  <c r="L148" i="2" l="1"/>
+  <c r="L151" i="2" l="1"/>
+  <c r="L162" i="2" s="1"/>
   <c r="L56" i="2" s="1"/>
-  <c r="M149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="M163" i="2" s="1"/>
+  <c r="M148" i="2" l="1"/>
+  <c r="M151" i="2" l="1"/>
+  <c r="M162" i="2" s="1"/>
   <c r="M56" i="2" s="1"/>
-  <c r="N149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="N163" i="2" s="1"/>
+  <c r="N148" i="2" l="1"/>
+  <c r="N151" i="2" l="1"/>
+  <c r="N162" i="2" s="1"/>
   <c r="N56" i="2" s="1"/>
-  <c r="O149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="O163" i="2" s="1"/>
+  <c r="O148" i="2" l="1"/>
+  <c r="O151" i="2" l="1"/>
+  <c r="O162" i="2" s="1"/>
   <c r="O56" i="2" s="1"/>
-  <c r="P149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="P163" i="2" s="1"/>
+  <c r="P148" i="2" l="1"/>
+  <c r="P151" i="2" l="1"/>
+  <c r="P162" i="2" s="1"/>
   <c r="P56" i="2" s="1"/>
-  <c r="Q149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="Q163" i="2" s="1"/>
+  <c r="Q148" i="2" l="1"/>
+  <c r="Q151" i="2" l="1"/>
+  <c r="Q162" i="2" s="1"/>
   <c r="Q56" i="2" s="1"/>
-  <c r="R149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="R163" i="2" s="1"/>
+  <c r="R148" i="2" l="1"/>
+  <c r="R151" i="2" l="1"/>
+  <c r="R162" i="2" s="1"/>
   <c r="R56" i="2" s="1"/>
-  <c r="S149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="S163" i="2" s="1"/>
+  <c r="S148" i="2" l="1"/>
+  <c r="S151" i="2" l="1"/>
+  <c r="S162" i="2" s="1"/>
   <c r="S56" i="2" s="1"/>
-  <c r="T149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="T163" i="2" s="1"/>
+  <c r="T148" i="2" l="1"/>
+  <c r="T151" i="2" l="1"/>
+  <c r="T162" i="2" s="1"/>
   <c r="T56" i="2" s="1"/>
-  <c r="U149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="U163" i="2" s="1"/>
+  <c r="U148" i="2" l="1"/>
+  <c r="U151" i="2" l="1"/>
+  <c r="U162" i="2" s="1"/>
   <c r="U56" i="2" s="1"/>
-  <c r="V149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="V163" i="2" s="1"/>
+  <c r="V148" i="2" l="1"/>
+  <c r="V151" i="2" l="1"/>
+  <c r="V162" i="2" s="1"/>
   <c r="V56" i="2" s="1"/>
-  <c r="W149" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="W163" i="2" s="1"/>
+  <c r="W148" i="2" l="1"/>
+  <c r="W151" i="2" l="1"/>
+  <c r="W162" i="2" s="1"/>
   <c r="W56" i="2" s="1"/>
-  <c r="E145" i="2" l="1"/>
-  <c r="E157" i="2" s="1"/>
+  <c r="E144" i="2" l="1"/>
+  <c r="E156" i="2" s="1"/>
   <c r="D95" i="2" s="1"/>
-  <c r="F145" i="2"/>
-[...34 lines deleted...]
-  <c r="E156" i="2" s="1"/>
   <c r="F144" i="2"/>
-  <c r="F156" i="2" s="1"/>
   <c r="G144" i="2"/>
-  <c r="G156" i="2" s="1"/>
   <c r="H144" i="2"/>
-  <c r="H156" i="2" s="1"/>
   <c r="I144" i="2"/>
-  <c r="I156" i="2" s="1"/>
   <c r="J144" i="2"/>
   <c r="J156" i="2" s="1"/>
+  <c r="I95" i="2" s="1"/>
   <c r="K144" i="2"/>
   <c r="K156" i="2" s="1"/>
+  <c r="J95" i="2" s="1"/>
   <c r="L144" i="2"/>
   <c r="L156" i="2" s="1"/>
+  <c r="K95" i="2" s="1"/>
   <c r="M144" i="2"/>
   <c r="M156" i="2" s="1"/>
+  <c r="L95" i="2" s="1"/>
   <c r="N144" i="2"/>
   <c r="N156" i="2" s="1"/>
+  <c r="M95" i="2" s="1"/>
   <c r="O144" i="2"/>
   <c r="O156" i="2" s="1"/>
+  <c r="N95" i="2" s="1"/>
   <c r="P144" i="2"/>
   <c r="P156" i="2" s="1"/>
+  <c r="O95" i="2" s="1"/>
   <c r="Q144" i="2"/>
-  <c r="Q156" i="2" s="1"/>
   <c r="R144" i="2"/>
-  <c r="R156" i="2" s="1"/>
   <c r="S144" i="2"/>
-  <c r="S156" i="2" s="1"/>
   <c r="T144" i="2"/>
-  <c r="T156" i="2" s="1"/>
   <c r="U144" i="2"/>
-  <c r="U156" i="2" s="1"/>
   <c r="V144" i="2"/>
-  <c r="V156" i="2" s="1"/>
   <c r="W144" i="2"/>
-  <c r="W156" i="2" s="1"/>
+  <c r="D144" i="2"/>
+  <c r="D156" i="2" s="1"/>
+  <c r="E143" i="2"/>
+  <c r="E155" i="2" s="1"/>
+  <c r="F143" i="2"/>
+  <c r="F155" i="2" s="1"/>
+  <c r="G143" i="2"/>
+  <c r="G155" i="2" s="1"/>
+  <c r="H143" i="2"/>
+  <c r="H155" i="2" s="1"/>
+  <c r="I143" i="2"/>
+  <c r="I155" i="2" s="1"/>
+  <c r="J143" i="2"/>
+  <c r="J155" i="2" s="1"/>
+  <c r="K143" i="2"/>
+  <c r="K155" i="2" s="1"/>
+  <c r="L143" i="2"/>
+  <c r="L155" i="2" s="1"/>
+  <c r="M143" i="2"/>
+  <c r="M155" i="2" s="1"/>
+  <c r="N143" i="2"/>
+  <c r="N155" i="2" s="1"/>
+  <c r="O143" i="2"/>
+  <c r="O155" i="2" s="1"/>
+  <c r="P143" i="2"/>
+  <c r="P155" i="2" s="1"/>
+  <c r="Q143" i="2"/>
+  <c r="Q155" i="2" s="1"/>
+  <c r="R143" i="2"/>
+  <c r="R155" i="2" s="1"/>
+  <c r="S143" i="2"/>
+  <c r="S155" i="2" s="1"/>
+  <c r="T143" i="2"/>
+  <c r="T155" i="2" s="1"/>
+  <c r="U143" i="2"/>
+  <c r="U155" i="2" s="1"/>
+  <c r="V143" i="2"/>
+  <c r="V155" i="2" s="1"/>
+  <c r="W143" i="2"/>
+  <c r="W155" i="2" s="1"/>
   <c r="X85" i="1"/>
   <c r="X84" i="1"/>
   <c r="E83" i="1"/>
   <c r="F83" i="1" s="1"/>
   <c r="G83" i="1" s="1"/>
   <c r="H83" i="1" s="1"/>
   <c r="I83" i="1" s="1"/>
   <c r="J83" i="1" s="1"/>
   <c r="K83" i="1" s="1"/>
   <c r="L83" i="1" s="1"/>
   <c r="M83" i="1" s="1"/>
   <c r="N83" i="1" s="1"/>
   <c r="O83" i="1" s="1"/>
   <c r="P83" i="1" s="1"/>
   <c r="Q83" i="1" s="1"/>
   <c r="R83" i="1" s="1"/>
   <c r="S83" i="1" s="1"/>
   <c r="T83" i="1" s="1"/>
   <c r="U83" i="1" s="1"/>
   <c r="V83" i="1" s="1"/>
   <c r="W83" i="1" s="1"/>
-  <c r="W157" i="2" l="1"/>
+  <c r="W156" i="2" l="1"/>
   <c r="V95" i="2" s="1"/>
-  <c r="V157" i="2"/>
+  <c r="V156" i="2"/>
   <c r="U95" i="2" s="1"/>
-  <c r="U157" i="2"/>
+  <c r="U156" i="2"/>
   <c r="T95" i="2" s="1"/>
-  <c r="I157" i="2"/>
+  <c r="I156" i="2"/>
   <c r="H95" i="2" s="1"/>
-  <c r="T157" i="2"/>
-[...3 lines deleted...]
-  <c r="S157" i="2"/>
+  <c r="T156" i="2"/>
+  <c r="S95" i="2" s="1"/>
+  <c r="H156" i="2"/>
+  <c r="G95" i="2" s="1"/>
+  <c r="S156" i="2"/>
   <c r="R95" i="2" s="1"/>
-  <c r="G157" i="2"/>
+  <c r="G156" i="2"/>
   <c r="F95" i="2" s="1"/>
-  <c r="R157" i="2"/>
+  <c r="R156" i="2"/>
   <c r="Q95" i="2"/>
-  <c r="F157" i="2"/>
+  <c r="F156" i="2"/>
   <c r="E95" i="2"/>
-  <c r="Q157" i="2"/>
+  <c r="Q156" i="2"/>
   <c r="P95" i="2" s="1"/>
   <c r="G5" i="4"/>
   <c r="X77" i="1" l="1"/>
   <c r="X74" i="1"/>
   <c r="X56" i="1" l="1"/>
   <c r="X57" i="1"/>
   <c r="X58" i="1"/>
   <c r="X59" i="1"/>
   <c r="X60" i="1"/>
   <c r="X55" i="1"/>
   <c r="D119" i="2"/>
   <c r="E119" i="2"/>
   <c r="F119" i="2"/>
   <c r="G119" i="2"/>
   <c r="H119" i="2"/>
   <c r="I119" i="2"/>
   <c r="J119" i="2"/>
   <c r="K119" i="2"/>
   <c r="L119" i="2"/>
   <c r="M119" i="2"/>
   <c r="N119" i="2"/>
   <c r="O119" i="2"/>
   <c r="P119" i="2"/>
   <c r="Q119" i="2"/>
   <c r="R119" i="2"/>
@@ -1853,108 +1849,107 @@
   <c r="O156" i="4"/>
   <c r="B114" i="4"/>
   <c r="B90" i="4"/>
   <c r="B66" i="4"/>
   <c r="B42" i="4"/>
   <c r="H5" i="4"/>
   <c r="I5" i="4" s="1"/>
   <c r="J5" i="4" s="1"/>
   <c r="K5" i="4" s="1"/>
   <c r="L5" i="4" s="1"/>
   <c r="M5" i="4" s="1"/>
   <c r="N5" i="4" s="1"/>
   <c r="O5" i="4" s="1"/>
   <c r="P5" i="4" s="1"/>
   <c r="Q5" i="4" s="1"/>
   <c r="R5" i="4" s="1"/>
   <c r="S5" i="4" s="1"/>
   <c r="T5" i="4" s="1"/>
   <c r="U5" i="4" s="1"/>
   <c r="V5" i="4" s="1"/>
   <c r="W5" i="4" s="1"/>
   <c r="X5" i="4" s="1"/>
   <c r="Y5" i="4" s="1"/>
   <c r="Z5" i="4" s="1"/>
   <c r="H4" i="4"/>
-  <c r="C134" i="2"/>
   <c r="C133" i="2"/>
   <c r="D116" i="2"/>
   <c r="E5" i="2"/>
   <c r="F5" i="2" s="1"/>
   <c r="G5" i="2" s="1"/>
   <c r="H5" i="2" s="1"/>
   <c r="I5" i="2" s="1"/>
   <c r="J5" i="2" s="1"/>
   <c r="K5" i="2" s="1"/>
   <c r="L5" i="2" s="1"/>
   <c r="M5" i="2" s="1"/>
   <c r="N5" i="2" s="1"/>
   <c r="O5" i="2" s="1"/>
   <c r="P5" i="2" s="1"/>
   <c r="Q5" i="2" s="1"/>
   <c r="R5" i="2" s="1"/>
   <c r="S5" i="2" s="1"/>
   <c r="T5" i="2" s="1"/>
   <c r="U5" i="2" s="1"/>
   <c r="V5" i="2" s="1"/>
   <c r="W5" i="2" s="1"/>
   <c r="E4" i="2"/>
   <c r="T66" i="2"/>
   <c r="Z156" i="4" l="1"/>
   <c r="G114" i="4"/>
   <c r="B91" i="4"/>
   <c r="G90" i="4"/>
   <c r="G66" i="4"/>
   <c r="H66" i="4" s="1"/>
   <c r="B43" i="4"/>
   <c r="G42" i="4"/>
   <c r="H42" i="4" s="1"/>
   <c r="B115" i="4"/>
   <c r="I4" i="4"/>
   <c r="E13" i="4"/>
   <c r="J4" i="4"/>
   <c r="H66" i="2"/>
   <c r="S66" i="2"/>
-  <c r="L161" i="2"/>
-[...17 lines deleted...]
-  <c r="M161" i="2"/>
+  <c r="L160" i="2"/>
+  <c r="W160" i="2"/>
+  <c r="K160" i="2"/>
+  <c r="V160" i="2"/>
+  <c r="J160" i="2"/>
+  <c r="U160" i="2"/>
+  <c r="I160" i="2"/>
+  <c r="T160" i="2"/>
+  <c r="H160" i="2"/>
+  <c r="S160" i="2"/>
+  <c r="G160" i="2"/>
+  <c r="R160" i="2"/>
+  <c r="F160" i="2"/>
+  <c r="Q160" i="2"/>
+  <c r="E160" i="2"/>
+  <c r="P160" i="2"/>
+  <c r="O160" i="2"/>
+  <c r="N160" i="2"/>
+  <c r="M160" i="2"/>
   <c r="F4" i="2"/>
   <c r="G4" i="2" s="1"/>
   <c r="H4" i="2" s="1"/>
   <c r="I4" i="2" s="1"/>
   <c r="J4" i="2" s="1"/>
   <c r="K4" i="2" s="1"/>
   <c r="L4" i="2" s="1"/>
   <c r="R66" i="2"/>
   <c r="F66" i="2"/>
   <c r="Q66" i="2"/>
   <c r="E66" i="2"/>
   <c r="P66" i="2"/>
   <c r="D66" i="2"/>
   <c r="O66" i="2"/>
   <c r="N66" i="2"/>
   <c r="M66" i="2"/>
   <c r="L66" i="2"/>
   <c r="W66" i="2"/>
   <c r="K66" i="2"/>
   <c r="V66" i="2"/>
   <c r="J66" i="2"/>
   <c r="U66" i="2"/>
   <c r="I66" i="2"/>
   <c r="D16" i="2"/>
   <c r="G13" i="2"/>
@@ -4627,775 +4622,738 @@
   <c r="R96" i="2"/>
   <c r="D96" i="2"/>
   <c r="K96" i="2"/>
   <c r="P122" i="2"/>
   <c r="U122" i="2"/>
   <c r="O122" i="2"/>
   <c r="S96" i="2"/>
   <c r="U96" i="2"/>
   <c r="O96" i="2"/>
   <c r="J122" i="2"/>
   <c r="Q122" i="2"/>
   <c r="N96" i="2"/>
   <c r="L122" i="2"/>
   <c r="V122" i="2"/>
   <c r="H96" i="2"/>
   <c r="V96" i="2"/>
   <c r="E122" i="2"/>
   <c r="M122" i="2"/>
   <c r="K122" i="2"/>
   <c r="S122" i="2"/>
   <c r="F122" i="2"/>
   <c r="T96" i="2"/>
   <c r="E96" i="2"/>
   <c r="H122" i="2"/>
   <c r="P96" i="2"/>
-  <c r="D146" i="2"/>
+  <c r="D145" i="2"/>
   <c r="D122" i="2"/>
-  <c r="D160" i="2" l="1"/>
+  <c r="D159" i="2" l="1"/>
   <c r="D55" i="2" s="1"/>
-  <c r="D158" i="2"/>
+  <c r="D157" i="2"/>
   <c r="D98" i="2" s="1"/>
   <c r="D99" i="2" s="1"/>
-  <c r="E143" i="2"/>
+  <c r="E142" i="2"/>
   <c r="D57" i="2" l="1"/>
   <c r="D63" i="2" s="1"/>
   <c r="D65" i="2" s="1"/>
   <c r="D67" i="2" s="1"/>
   <c r="D69" i="2" s="1"/>
-  <c r="E146" i="2"/>
-[...2 lines deleted...]
-  <c r="E160" i="2"/>
+  <c r="E145" i="2"/>
+  <c r="E154" i="2"/>
+  <c r="F142" i="2"/>
+  <c r="E159" i="2"/>
   <c r="E55" i="2" s="1"/>
   <c r="D70" i="2" l="1"/>
   <c r="D109" i="2"/>
   <c r="D112" i="2" s="1"/>
   <c r="D113" i="2" s="1"/>
   <c r="D102" i="2"/>
   <c r="E57" i="2"/>
   <c r="E63" i="2" s="1"/>
   <c r="E65" i="2" s="1"/>
   <c r="E67" i="2" s="1"/>
   <c r="E69" i="2" s="1"/>
-  <c r="F146" i="2"/>
-  <c r="F158" i="2" s="1"/>
+  <c r="F145" i="2"/>
+  <c r="F157" i="2" s="1"/>
   <c r="F98" i="2" s="1"/>
   <c r="F99" i="2" s="1"/>
-  <c r="F155" i="2"/>
-  <c r="E158" i="2"/>
+  <c r="F154" i="2"/>
+  <c r="E157" i="2"/>
   <c r="E98" i="2" s="1"/>
   <c r="E99" i="2" s="1"/>
-  <c r="D136" i="2" l="1"/>
+  <c r="D135" i="2" l="1"/>
   <c r="D124" i="2" s="1"/>
   <c r="E109" i="2"/>
   <c r="E112" i="2" s="1"/>
   <c r="E113" i="2" s="1"/>
   <c r="E102" i="2"/>
   <c r="E70" i="2"/>
-  <c r="G143" i="2"/>
-  <c r="F160" i="2"/>
+  <c r="G142" i="2"/>
+  <c r="F159" i="2"/>
   <c r="F55" i="2" s="1"/>
-  <c r="G146" i="2"/>
-  <c r="G158" i="2" s="1"/>
+  <c r="G145" i="2"/>
+  <c r="G157" i="2" s="1"/>
   <c r="G98" i="2" s="1"/>
   <c r="G99" i="2" s="1"/>
-  <c r="G155" i="2"/>
-  <c r="D137" i="2" l="1"/>
+  <c r="G154" i="2"/>
+  <c r="D136" i="2" l="1"/>
   <c r="D101" i="2"/>
   <c r="D103" i="2" s="1"/>
   <c r="D105" i="2" s="1"/>
-  <c r="G160" i="2"/>
+  <c r="G159" i="2"/>
   <c r="G55" i="2" s="1"/>
-  <c r="H143" i="2"/>
+  <c r="H142" i="2"/>
   <c r="F57" i="2"/>
   <c r="F63" i="2" s="1"/>
   <c r="F65" i="2" s="1"/>
   <c r="F67" i="2" s="1"/>
   <c r="F69" i="2" s="1"/>
   <c r="G57" i="2"/>
   <c r="G63" i="2" s="1"/>
   <c r="G65" i="2" s="1"/>
   <c r="G67" i="2" s="1"/>
   <c r="G69" i="2" s="1"/>
-  <c r="H146" i="2"/>
-  <c r="H158" i="2" s="1"/>
+  <c r="H145" i="2"/>
+  <c r="H157" i="2" s="1"/>
   <c r="H98" i="2" s="1"/>
   <c r="H99" i="2" s="1"/>
-  <c r="H155" i="2"/>
-  <c r="H160" i="2"/>
+  <c r="H154" i="2"/>
+  <c r="H159" i="2"/>
   <c r="H55" i="2" s="1"/>
-  <c r="I143" i="2"/>
+  <c r="I142" i="2"/>
   <c r="D125" i="2" l="1"/>
   <c r="D127" i="2" s="1"/>
   <c r="D130" i="2" s="1"/>
   <c r="D131" i="2" s="1"/>
   <c r="G109" i="2"/>
   <c r="G112" i="2" s="1"/>
   <c r="G113" i="2" s="1"/>
   <c r="G70" i="2"/>
   <c r="F70" i="2"/>
   <c r="F102" i="2"/>
   <c r="G102" i="2" s="1"/>
   <c r="F109" i="2"/>
   <c r="F112" i="2" s="1"/>
   <c r="F113" i="2" s="1"/>
   <c r="H57" i="2"/>
   <c r="H63" i="2" s="1"/>
   <c r="H65" i="2" s="1"/>
   <c r="H67" i="2" s="1"/>
   <c r="H69" i="2" s="1"/>
-  <c r="I146" i="2"/>
-  <c r="I158" i="2" s="1"/>
+  <c r="I145" i="2"/>
+  <c r="I157" i="2" s="1"/>
   <c r="I98" i="2" s="1"/>
-  <c r="I155" i="2"/>
+  <c r="I154" i="2"/>
   <c r="D74" i="2" l="1"/>
   <c r="D78" i="2" s="1"/>
   <c r="D90" i="2" s="1"/>
   <c r="D106" i="2" s="1"/>
   <c r="E129" i="2"/>
-  <c r="E136" i="2" s="1"/>
+  <c r="E135" i="2" s="1"/>
   <c r="E124" i="2" s="1"/>
-  <c r="J143" i="2"/>
-  <c r="J146" i="2" s="1"/>
+  <c r="J142" i="2"/>
+  <c r="J145" i="2" s="1"/>
   <c r="I99" i="2"/>
-  <c r="I160" i="2"/>
+  <c r="I159" i="2"/>
   <c r="I55" i="2" s="1"/>
-  <c r="J155" i="2"/>
+  <c r="J154" i="2"/>
   <c r="H109" i="2"/>
   <c r="H112" i="2" s="1"/>
   <c r="H113" i="2" s="1"/>
   <c r="H70" i="2"/>
   <c r="H102" i="2"/>
-  <c r="E137" i="2" l="1"/>
+  <c r="E136" i="2" l="1"/>
   <c r="E101" i="2"/>
   <c r="E103" i="2" s="1"/>
   <c r="E105" i="2" s="1"/>
-  <c r="J158" i="2"/>
+  <c r="J157" i="2"/>
   <c r="J98" i="2" s="1"/>
   <c r="J99" i="2" s="1"/>
-  <c r="K143" i="2"/>
-  <c r="J160" i="2"/>
+  <c r="K142" i="2"/>
+  <c r="J159" i="2"/>
   <c r="J55" i="2" s="1"/>
   <c r="I57" i="2"/>
   <c r="I63" i="2" s="1"/>
   <c r="I65" i="2" s="1"/>
   <c r="I67" i="2" s="1"/>
   <c r="I69" i="2" s="1"/>
   <c r="J57" i="2"/>
   <c r="J63" i="2" s="1"/>
   <c r="J65" i="2" s="1"/>
   <c r="J67" i="2" s="1"/>
   <c r="J69" i="2" s="1"/>
-  <c r="K146" i="2"/>
-  <c r="K158" i="2" s="1"/>
+  <c r="K145" i="2"/>
+  <c r="K157" i="2" s="1"/>
   <c r="K98" i="2" s="1"/>
   <c r="K99" i="2" s="1"/>
-  <c r="K155" i="2"/>
-  <c r="L143" i="2"/>
+  <c r="K154" i="2"/>
+  <c r="L142" i="2"/>
   <c r="E125" i="2" l="1"/>
   <c r="E127" i="2" s="1"/>
   <c r="E130" i="2" s="1"/>
   <c r="E131" i="2" s="1"/>
   <c r="J109" i="2"/>
   <c r="J112" i="2" s="1"/>
   <c r="J113" i="2" s="1"/>
   <c r="J70" i="2"/>
   <c r="I70" i="2"/>
   <c r="I102" i="2"/>
   <c r="J102" i="2" s="1"/>
   <c r="I109" i="2"/>
   <c r="I112" i="2" s="1"/>
   <c r="I113" i="2" s="1"/>
-  <c r="K160" i="2"/>
+  <c r="K159" i="2"/>
   <c r="K55" i="2" s="1"/>
-  <c r="L146" i="2"/>
-  <c r="L158" i="2" s="1"/>
+  <c r="L145" i="2"/>
+  <c r="L157" i="2" s="1"/>
   <c r="L98" i="2" s="1"/>
   <c r="L99" i="2" s="1"/>
-  <c r="L155" i="2"/>
-  <c r="M143" i="2"/>
+  <c r="L154" i="2"/>
+  <c r="M142" i="2"/>
   <c r="E74" i="2" l="1"/>
   <c r="E78" i="2" s="1"/>
   <c r="E90" i="2" s="1"/>
   <c r="E106" i="2" s="1"/>
   <c r="F129" i="2"/>
-  <c r="F136" i="2" s="1"/>
-  <c r="L160" i="2"/>
+  <c r="F135" i="2" s="1"/>
+  <c r="L159" i="2"/>
   <c r="L55" i="2" s="1"/>
   <c r="L57" i="2"/>
   <c r="L63" i="2" s="1"/>
   <c r="L65" i="2" s="1"/>
   <c r="L67" i="2" s="1"/>
   <c r="L69" i="2" s="1"/>
   <c r="K57" i="2"/>
   <c r="K63" i="2" s="1"/>
   <c r="K65" i="2" s="1"/>
   <c r="K67" i="2" s="1"/>
   <c r="K69" i="2" s="1"/>
-  <c r="M146" i="2"/>
-  <c r="M158" i="2" s="1"/>
+  <c r="M145" i="2"/>
+  <c r="M157" i="2" s="1"/>
   <c r="M98" i="2" s="1"/>
   <c r="M99" i="2" s="1"/>
-  <c r="M155" i="2"/>
-  <c r="F137" i="2" l="1"/>
+  <c r="M154" i="2"/>
+  <c r="F136" i="2" l="1"/>
   <c r="F124" i="2"/>
-  <c r="F101" i="2"/>
+  <c r="F101" i="2" s="1"/>
   <c r="F103" i="2" s="1"/>
   <c r="F105" i="2" s="1"/>
-  <c r="M160" i="2"/>
+  <c r="M159" i="2"/>
   <c r="M55" i="2" s="1"/>
-  <c r="N143" i="2"/>
+  <c r="N142" i="2"/>
   <c r="K70" i="2"/>
   <c r="K109" i="2"/>
   <c r="K112" i="2" s="1"/>
   <c r="K113" i="2" s="1"/>
   <c r="K102" i="2"/>
   <c r="L102" i="2" s="1"/>
   <c r="M57" i="2"/>
   <c r="M63" i="2" s="1"/>
   <c r="M65" i="2" s="1"/>
   <c r="M67" i="2" s="1"/>
   <c r="M69" i="2" s="1"/>
-  <c r="N146" i="2"/>
-  <c r="N158" i="2" s="1"/>
+  <c r="N145" i="2"/>
+  <c r="N157" i="2" s="1"/>
   <c r="N98" i="2" s="1"/>
-  <c r="N155" i="2"/>
+  <c r="N154" i="2"/>
   <c r="L109" i="2"/>
   <c r="L112" i="2" s="1"/>
   <c r="L113" i="2" s="1"/>
   <c r="L70" i="2"/>
   <c r="F125" i="2" l="1"/>
   <c r="F127" i="2" s="1"/>
   <c r="F130" i="2" s="1"/>
   <c r="F131" i="2" s="1"/>
   <c r="M70" i="2"/>
   <c r="M109" i="2"/>
   <c r="M112" i="2" s="1"/>
   <c r="M113" i="2" s="1"/>
-  <c r="N160" i="2"/>
+  <c r="N159" i="2"/>
   <c r="N55" i="2" s="1"/>
   <c r="M102" i="2"/>
   <c r="N99" i="2"/>
-  <c r="O143" i="2"/>
-[...1 lines deleted...]
-  <c r="O158" i="2" s="1"/>
+  <c r="O142" i="2"/>
+  <c r="O145" i="2" s="1"/>
+  <c r="O157" i="2" s="1"/>
   <c r="O98" i="2" s="1"/>
   <c r="F74" i="2" l="1"/>
   <c r="F78" i="2" s="1"/>
   <c r="F90" i="2" s="1"/>
   <c r="F106" i="2" s="1"/>
   <c r="G129" i="2"/>
-  <c r="G136" i="2" s="1"/>
-  <c r="G137" i="2"/>
+  <c r="G135" i="2" s="1"/>
+  <c r="G136" i="2"/>
   <c r="G124" i="2"/>
-  <c r="O155" i="2"/>
-  <c r="O160" i="2"/>
+  <c r="O154" i="2"/>
+  <c r="O159" i="2"/>
   <c r="O55" i="2" s="1"/>
   <c r="N57" i="2"/>
   <c r="N63" i="2" s="1"/>
   <c r="N65" i="2" s="1"/>
   <c r="N67" i="2" s="1"/>
   <c r="N69" i="2" s="1"/>
-  <c r="P143" i="2"/>
-  <c r="P146" i="2" s="1"/>
+  <c r="P142" i="2"/>
+  <c r="P145" i="2" s="1"/>
   <c r="O99" i="2"/>
-  <c r="P155" i="2"/>
+  <c r="P154" i="2"/>
   <c r="G101" i="2"/>
   <c r="G103" i="2" s="1"/>
   <c r="G105" i="2" s="1"/>
   <c r="G125" i="2" l="1"/>
   <c r="G127" i="2" s="1"/>
   <c r="G130" i="2" s="1"/>
   <c r="G131" i="2" s="1"/>
   <c r="H129" i="2" s="1"/>
-  <c r="P158" i="2"/>
+  <c r="P157" i="2"/>
   <c r="P98" i="2" s="1"/>
   <c r="P99" i="2" s="1"/>
-  <c r="P160" i="2"/>
+  <c r="P159" i="2"/>
   <c r="P55" i="2" s="1"/>
   <c r="N102" i="2"/>
   <c r="N70" i="2"/>
   <c r="N109" i="2"/>
   <c r="N112" i="2" s="1"/>
   <c r="N113" i="2" s="1"/>
   <c r="P57" i="2"/>
   <c r="P63" i="2" s="1"/>
   <c r="P65" i="2" s="1"/>
   <c r="P67" i="2" s="1"/>
   <c r="P69" i="2" s="1"/>
-  <c r="Q143" i="2"/>
-[...1 lines deleted...]
-  <c r="Q158" i="2" s="1"/>
+  <c r="Q142" i="2"/>
+  <c r="Q145" i="2" s="1"/>
+  <c r="Q157" i="2" s="1"/>
   <c r="Q98" i="2" s="1"/>
   <c r="O57" i="2"/>
   <c r="O63" i="2" s="1"/>
   <c r="O65" i="2" s="1"/>
   <c r="O67" i="2" s="1"/>
   <c r="O69" i="2" s="1"/>
-  <c r="Q155" i="2"/>
+  <c r="Q154" i="2"/>
   <c r="G74" i="2"/>
   <c r="G78" i="2" s="1"/>
   <c r="G90" i="2" s="1"/>
   <c r="G106" i="2" s="1"/>
   <c r="O109" i="2" l="1"/>
   <c r="O112" i="2" s="1"/>
   <c r="O113" i="2" s="1"/>
   <c r="O102" i="2"/>
   <c r="P102" i="2" s="1"/>
   <c r="O70" i="2"/>
   <c r="P109" i="2"/>
   <c r="P112" i="2" s="1"/>
   <c r="P113" i="2" s="1"/>
   <c r="P70" i="2"/>
-  <c r="R143" i="2"/>
-  <c r="R146" i="2" s="1"/>
+  <c r="R142" i="2"/>
+  <c r="R145" i="2" s="1"/>
   <c r="Q99" i="2"/>
-  <c r="Q160" i="2"/>
+  <c r="Q159" i="2"/>
   <c r="Q55" i="2" s="1"/>
-  <c r="H136" i="2"/>
-  <c r="H137" i="2" l="1"/>
+  <c r="H135" i="2"/>
+  <c r="H136" i="2" l="1"/>
   <c r="H124" i="2"/>
-  <c r="R158" i="2"/>
+  <c r="R157" i="2"/>
   <c r="R98" i="2" s="1"/>
   <c r="R99" i="2" s="1"/>
-  <c r="R160" i="2"/>
+  <c r="R159" i="2"/>
   <c r="R55" i="2" s="1"/>
-  <c r="S143" i="2"/>
+  <c r="S142" i="2"/>
   <c r="Q57" i="2"/>
   <c r="Q63" i="2" s="1"/>
   <c r="Q65" i="2" s="1"/>
   <c r="Q67" i="2" s="1"/>
   <c r="Q69" i="2" s="1"/>
-  <c r="R155" i="2"/>
-[...1 lines deleted...]
-  <c r="S158" i="2" s="1"/>
+  <c r="R154" i="2"/>
+  <c r="S145" i="2"/>
+  <c r="S157" i="2" s="1"/>
   <c r="S98" i="2" s="1"/>
-  <c r="S155" i="2"/>
+  <c r="S154" i="2"/>
   <c r="H101" i="2"/>
   <c r="H103" i="2" s="1"/>
   <c r="H105" i="2" s="1"/>
   <c r="H125" i="2" l="1"/>
   <c r="H127" i="2" s="1"/>
   <c r="H130" i="2" s="1"/>
   <c r="H131" i="2" s="1"/>
   <c r="Q109" i="2"/>
   <c r="Q112" i="2" s="1"/>
   <c r="Q113" i="2" s="1"/>
   <c r="Q102" i="2"/>
   <c r="Q70" i="2"/>
   <c r="S99" i="2"/>
-  <c r="T143" i="2"/>
-[...1 lines deleted...]
-  <c r="S160" i="2"/>
+  <c r="T142" i="2"/>
+  <c r="T145" i="2" s="1"/>
+  <c r="S159" i="2"/>
   <c r="S55" i="2" s="1"/>
   <c r="R57" i="2"/>
   <c r="R63" i="2" s="1"/>
   <c r="R65" i="2" s="1"/>
   <c r="R67" i="2" s="1"/>
   <c r="R69" i="2" s="1"/>
-  <c r="T155" i="2"/>
+  <c r="T154" i="2"/>
   <c r="H74" i="2"/>
   <c r="H78" i="2" s="1"/>
   <c r="H90" i="2" s="1"/>
   <c r="H106" i="2" s="1"/>
   <c r="I129" i="2"/>
-  <c r="T158" i="2" l="1"/>
+  <c r="T157" i="2" l="1"/>
   <c r="T98" i="2" s="1"/>
   <c r="T99" i="2" s="1"/>
-  <c r="U143" i="2"/>
+  <c r="U142" i="2"/>
   <c r="R109" i="2"/>
   <c r="R112" i="2" s="1"/>
   <c r="R113" i="2" s="1"/>
   <c r="R70" i="2"/>
   <c r="S57" i="2"/>
   <c r="S63" i="2" s="1"/>
   <c r="S65" i="2" s="1"/>
   <c r="S67" i="2" s="1"/>
   <c r="S69" i="2" s="1"/>
   <c r="R102" i="2"/>
-  <c r="T160" i="2"/>
+  <c r="T159" i="2"/>
   <c r="T55" i="2" s="1"/>
-  <c r="U146" i="2"/>
-  <c r="U158" i="2" s="1"/>
+  <c r="U145" i="2"/>
+  <c r="U157" i="2" s="1"/>
   <c r="U98" i="2" s="1"/>
-  <c r="U155" i="2"/>
-[...1 lines deleted...]
-  <c r="I137" i="2" l="1"/>
+  <c r="U154" i="2"/>
+  <c r="I135" i="2"/>
+  <c r="I136" i="2" l="1"/>
   <c r="I124" i="2"/>
   <c r="I101" i="2" s="1"/>
   <c r="I103" i="2" s="1"/>
   <c r="I105" i="2" s="1"/>
   <c r="S109" i="2"/>
   <c r="S112" i="2" s="1"/>
   <c r="S113" i="2" s="1"/>
   <c r="S70" i="2"/>
   <c r="S102" i="2"/>
   <c r="T57" i="2"/>
   <c r="T63" i="2" s="1"/>
   <c r="T65" i="2" s="1"/>
   <c r="T67" i="2" s="1"/>
   <c r="T69" i="2" s="1"/>
-  <c r="U160" i="2"/>
+  <c r="U159" i="2"/>
   <c r="U55" i="2" s="1"/>
-  <c r="V143" i="2"/>
+  <c r="V142" i="2"/>
   <c r="U99" i="2"/>
-  <c r="V146" i="2"/>
-  <c r="V158" i="2" s="1"/>
+  <c r="V145" i="2"/>
+  <c r="V157" i="2" s="1"/>
   <c r="V98" i="2" s="1"/>
-  <c r="V155" i="2"/>
+  <c r="V154" i="2"/>
   <c r="I125" i="2" l="1"/>
   <c r="I127" i="2" s="1"/>
   <c r="I130" i="2" s="1"/>
   <c r="I131" i="2" s="1"/>
   <c r="I74" i="2" s="1"/>
   <c r="I78" i="2" s="1"/>
   <c r="I90" i="2" s="1"/>
   <c r="I106" i="2" s="1"/>
   <c r="T109" i="2"/>
   <c r="T112" i="2" s="1"/>
   <c r="T113" i="2" s="1"/>
   <c r="T70" i="2"/>
   <c r="U57" i="2"/>
   <c r="U63" i="2" s="1"/>
   <c r="U65" i="2" s="1"/>
   <c r="U67" i="2" s="1"/>
   <c r="U69" i="2" s="1"/>
-  <c r="W143" i="2"/>
+  <c r="W142" i="2"/>
   <c r="T102" i="2"/>
-  <c r="V160" i="2"/>
+  <c r="V159" i="2"/>
   <c r="V55" i="2" s="1"/>
   <c r="V99" i="2"/>
-  <c r="W146" i="2"/>
-  <c r="W158" i="2" s="1"/>
+  <c r="W145" i="2"/>
+  <c r="W157" i="2" s="1"/>
   <c r="W98" i="2" s="1"/>
-  <c r="W155" i="2"/>
+  <c r="W154" i="2"/>
   <c r="J129" i="2" l="1"/>
-  <c r="W160" i="2"/>
+  <c r="W159" i="2"/>
   <c r="W55" i="2" s="1"/>
   <c r="U70" i="2"/>
   <c r="U109" i="2"/>
   <c r="U112" i="2" s="1"/>
   <c r="U113" i="2" s="1"/>
   <c r="U102" i="2"/>
   <c r="W57" i="2"/>
   <c r="W63" i="2" s="1"/>
   <c r="W65" i="2" s="1"/>
   <c r="W67" i="2" s="1"/>
   <c r="W69" i="2" s="1"/>
   <c r="W109" i="2" s="1"/>
   <c r="W112" i="2" s="1"/>
   <c r="W113" i="2" s="1"/>
   <c r="V57" i="2"/>
   <c r="V63" i="2" s="1"/>
   <c r="V65" i="2" s="1"/>
   <c r="V67" i="2" s="1"/>
   <c r="V69" i="2" s="1"/>
   <c r="W99" i="2"/>
-  <c r="J136" i="2"/>
-  <c r="J137" i="2" l="1"/>
+  <c r="J135" i="2"/>
+  <c r="J136" i="2" l="1"/>
   <c r="J124" i="2"/>
   <c r="V70" i="2"/>
   <c r="V102" i="2"/>
   <c r="W102" i="2" s="1"/>
   <c r="V109" i="2"/>
   <c r="V112" i="2" s="1"/>
   <c r="V113" i="2" s="1"/>
   <c r="W70" i="2"/>
   <c r="J101" i="2"/>
   <c r="J103" i="2" s="1"/>
   <c r="J105" i="2" s="1"/>
   <c r="J125" i="2" l="1"/>
   <c r="J127" i="2" s="1"/>
   <c r="J130" i="2" s="1"/>
   <c r="J131" i="2" s="1"/>
   <c r="K129" i="2" s="1"/>
   <c r="J74" i="2" l="1"/>
   <c r="J78" i="2" s="1"/>
   <c r="J90" i="2" s="1"/>
   <c r="J106" i="2" s="1"/>
-  <c r="K136" i="2"/>
-  <c r="K137" i="2" l="1"/>
+  <c r="K135" i="2"/>
+  <c r="K136" i="2" l="1"/>
   <c r="K124" i="2"/>
   <c r="K101" i="2" s="1"/>
   <c r="K103" i="2" s="1"/>
   <c r="K105" i="2" s="1"/>
   <c r="K125" i="2" l="1"/>
   <c r="K127" i="2" s="1"/>
   <c r="K130" i="2" s="1"/>
   <c r="K131" i="2" s="1"/>
   <c r="K74" i="2" s="1"/>
   <c r="K78" i="2" s="1"/>
   <c r="K90" i="2" s="1"/>
   <c r="K106" i="2" s="1"/>
   <c r="L129" i="2" l="1"/>
-  <c r="L136" i="2"/>
-  <c r="L137" i="2" l="1"/>
+  <c r="L135" i="2"/>
+  <c r="L136" i="2" l="1"/>
   <c r="L124" i="2"/>
   <c r="L101" i="2" s="1"/>
   <c r="L103" i="2" s="1"/>
   <c r="L105" i="2" s="1"/>
   <c r="L125" i="2" l="1"/>
   <c r="L127" i="2" s="1"/>
   <c r="L130" i="2" s="1"/>
   <c r="L131" i="2" s="1"/>
   <c r="L74" i="2" s="1"/>
   <c r="L78" i="2" s="1"/>
   <c r="L90" i="2" s="1"/>
   <c r="L106" i="2" s="1"/>
   <c r="M129" i="2" l="1"/>
-  <c r="M136" i="2"/>
-  <c r="M137" i="2" l="1"/>
+  <c r="M135" i="2"/>
+  <c r="M136" i="2" l="1"/>
   <c r="M124" i="2"/>
   <c r="M101" i="2" s="1"/>
   <c r="M103" i="2" s="1"/>
   <c r="M105" i="2" s="1"/>
   <c r="M125" i="2" l="1"/>
   <c r="M127" i="2" s="1"/>
   <c r="M130" i="2" s="1"/>
   <c r="M131" i="2" s="1"/>
   <c r="N129" i="2" s="1"/>
   <c r="M74" i="2" l="1"/>
   <c r="M78" i="2" s="1"/>
   <c r="M90" i="2" s="1"/>
   <c r="M106" i="2" s="1"/>
-  <c r="N136" i="2"/>
-  <c r="N137" i="2" l="1"/>
+  <c r="N135" i="2"/>
+  <c r="N136" i="2" l="1"/>
   <c r="N124" i="2"/>
   <c r="N101" i="2" s="1"/>
   <c r="N103" i="2" s="1"/>
   <c r="N105" i="2" s="1"/>
   <c r="N125" i="2" l="1"/>
   <c r="N127" i="2" s="1"/>
   <c r="N130" i="2" s="1"/>
   <c r="N131" i="2" s="1"/>
   <c r="N74" i="2" s="1"/>
   <c r="N78" i="2" s="1"/>
   <c r="N90" i="2" s="1"/>
   <c r="N106" i="2" s="1"/>
   <c r="O129" i="2" l="1"/>
-  <c r="O136" i="2"/>
-  <c r="O137" i="2" l="1"/>
+  <c r="O135" i="2"/>
+  <c r="O136" i="2" l="1"/>
   <c r="O124" i="2"/>
   <c r="O101" i="2" s="1"/>
   <c r="O103" i="2" s="1"/>
   <c r="O105" i="2" s="1"/>
   <c r="O125" i="2" l="1"/>
   <c r="O127" i="2" s="1"/>
   <c r="O130" i="2" s="1"/>
   <c r="O131" i="2" s="1"/>
   <c r="O74" i="2" s="1"/>
   <c r="O78" i="2" s="1"/>
   <c r="O90" i="2" s="1"/>
   <c r="O106" i="2" s="1"/>
   <c r="P129" i="2" l="1"/>
-  <c r="P136" i="2" s="1"/>
-  <c r="P137" i="2" l="1"/>
+  <c r="P135" i="2" s="1"/>
+  <c r="P136" i="2" l="1"/>
   <c r="P124" i="2"/>
   <c r="P101" i="2" s="1"/>
   <c r="P103" i="2" s="1"/>
   <c r="P105" i="2" s="1"/>
   <c r="P125" i="2" l="1"/>
   <c r="P127" i="2" s="1"/>
   <c r="P130" i="2" s="1"/>
   <c r="P131" i="2" s="1"/>
   <c r="P74" i="2" s="1"/>
   <c r="P78" i="2" s="1"/>
   <c r="P90" i="2" s="1"/>
   <c r="P106" i="2" s="1"/>
   <c r="Q129" i="2" l="1"/>
-  <c r="Q136" i="2"/>
-  <c r="Q137" i="2" l="1"/>
+  <c r="Q135" i="2"/>
+  <c r="Q136" i="2" l="1"/>
   <c r="Q124" i="2"/>
   <c r="Q101" i="2" s="1"/>
   <c r="Q103" i="2" s="1"/>
   <c r="Q105" i="2" s="1"/>
   <c r="Q125" i="2" l="1"/>
   <c r="Q127" i="2" s="1"/>
   <c r="Q130" i="2" s="1"/>
   <c r="Q131" i="2" s="1"/>
   <c r="Q74" i="2" s="1"/>
   <c r="Q78" i="2" s="1"/>
   <c r="Q90" i="2" s="1"/>
   <c r="Q106" i="2" s="1"/>
   <c r="R129" i="2" l="1"/>
-  <c r="R136" i="2" s="1"/>
-  <c r="R137" i="2" l="1"/>
+  <c r="R135" i="2" s="1"/>
+  <c r="R136" i="2" l="1"/>
   <c r="R124" i="2"/>
   <c r="R101" i="2" s="1"/>
   <c r="R103" i="2" s="1"/>
   <c r="R105" i="2" s="1"/>
   <c r="R125" i="2" l="1"/>
   <c r="R127" i="2" s="1"/>
   <c r="R130" i="2" s="1"/>
   <c r="R131" i="2" s="1"/>
   <c r="S129" i="2" s="1"/>
   <c r="R74" i="2" l="1"/>
   <c r="R78" i="2" s="1"/>
   <c r="R90" i="2" s="1"/>
   <c r="R106" i="2" s="1"/>
-  <c r="S136" i="2"/>
-  <c r="S137" i="2" l="1"/>
+  <c r="S135" i="2"/>
+  <c r="S136" i="2" l="1"/>
   <c r="S124" i="2"/>
   <c r="S101" i="2" s="1"/>
   <c r="S103" i="2" s="1"/>
   <c r="S105" i="2" s="1"/>
   <c r="S125" i="2" l="1"/>
   <c r="S127" i="2" s="1"/>
   <c r="S130" i="2" s="1"/>
   <c r="S131" i="2" s="1"/>
   <c r="T129" i="2" s="1"/>
   <c r="S74" i="2" l="1"/>
   <c r="S78" i="2" s="1"/>
   <c r="S90" i="2" s="1"/>
   <c r="S106" i="2" s="1"/>
-  <c r="T136" i="2"/>
-  <c r="T137" i="2" l="1"/>
+  <c r="T135" i="2"/>
+  <c r="T136" i="2" l="1"/>
   <c r="T124" i="2"/>
   <c r="T101" i="2"/>
   <c r="T103" i="2" s="1"/>
   <c r="T105" i="2" s="1"/>
   <c r="T125" i="2" l="1"/>
   <c r="T127" i="2" s="1"/>
   <c r="T130" i="2" s="1"/>
   <c r="T131" i="2" s="1"/>
   <c r="U129" i="2" s="1"/>
   <c r="T74" i="2" l="1"/>
   <c r="T78" i="2" s="1"/>
   <c r="T90" i="2" s="1"/>
   <c r="T106" i="2" s="1"/>
-  <c r="U136" i="2"/>
-  <c r="U137" i="2" l="1"/>
+  <c r="U135" i="2"/>
+  <c r="U136" i="2" l="1"/>
   <c r="U124" i="2"/>
   <c r="U101" i="2" s="1"/>
   <c r="U103" i="2" s="1"/>
   <c r="U105" i="2" s="1"/>
   <c r="U125" i="2" l="1"/>
   <c r="U127" i="2" s="1"/>
   <c r="U130" i="2" s="1"/>
   <c r="U131" i="2" s="1"/>
   <c r="U74" i="2" s="1"/>
   <c r="U78" i="2" s="1"/>
   <c r="U90" i="2" s="1"/>
   <c r="U106" i="2" s="1"/>
   <c r="V129" i="2" l="1"/>
-  <c r="V136" i="2" s="1"/>
-  <c r="V137" i="2" l="1"/>
+  <c r="V135" i="2" s="1"/>
+  <c r="V136" i="2" l="1"/>
   <c r="V124" i="2"/>
   <c r="V101" i="2" s="1"/>
   <c r="V103" i="2" s="1"/>
   <c r="V105" i="2" s="1"/>
   <c r="V125" i="2" l="1"/>
   <c r="V127" i="2" s="1"/>
   <c r="V130" i="2" s="1"/>
   <c r="V131" i="2" s="1"/>
   <c r="V74" i="2" s="1"/>
   <c r="V78" i="2" s="1"/>
   <c r="V90" i="2" s="1"/>
   <c r="V106" i="2" s="1"/>
   <c r="W129" i="2" l="1"/>
-  <c r="W136" i="2"/>
-  <c r="W137" i="2" l="1"/>
+  <c r="W135" i="2" s="1"/>
+  <c r="W136" i="2" l="1"/>
   <c r="W124" i="2"/>
   <c r="W101" i="2"/>
   <c r="W103" i="2" s="1"/>
   <c r="W105" i="2" s="1"/>
   <c r="W125" i="2" l="1"/>
   <c r="W127" i="2" s="1"/>
   <c r="W130" i="2" s="1"/>
   <c r="W131" i="2" s="1"/>
   <c r="W74" i="2" s="1"/>
   <c r="W78" i="2" s="1"/>
   <c r="W90" i="2" s="1"/>
   <c r="W106" i="2" s="1"/>
   <c r="C7" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="201">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="201">
   <si>
     <t>Purpose:</t>
-  </si>
-[...32 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Description of contents</t>
   </si>
   <si>
     <t>Worksheet Legend:</t>
   </si>
   <si>
     <t>Worksheet</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Inputs &gt;&gt;</t>
   </si>
   <si>
     <t>Control Panel</t>
   </si>
   <si>
     <t>Main tab for the user that controls assumptions and inputs</t>
   </si>
   <si>
     <t>Processing &gt;&gt;</t>
   </si>
@@ -5912,84 +5870,121 @@
   <si>
     <t>(-) Repayment of CHIPS Loan (if applicable)</t>
   </si>
   <si>
     <t>(+) Equity Inflow to Remain at Min. Cash</t>
   </si>
   <si>
     <t>Cash Flow from Financing</t>
   </si>
   <si>
     <t>Net Cash Flow</t>
   </si>
   <si>
     <t>BOP Cash</t>
   </si>
   <si>
     <t>Change in Cash</t>
   </si>
   <si>
     <t>EOP Cash</t>
   </si>
   <si>
     <t>Min. Cash Balance</t>
   </si>
   <si>
-    <t>Max. Third-Party Debt Balance</t>
-[...1 lines deleted...]
-  <si>
     <t>Cash Balance Prior to Third-Party Debt</t>
   </si>
   <si>
     <t>Cash Required to Remain at Min. Cash Prior to Third-Party Debt</t>
   </si>
   <si>
     <t>Debt Schedule</t>
   </si>
   <si>
     <t>Beginning Balance</t>
   </si>
   <si>
     <t>Draw</t>
   </si>
   <si>
     <t>Repayment</t>
   </si>
   <si>
     <t>Ending Balance</t>
   </si>
   <si>
     <t>Third-Party Debt and CHIPS Loan (if applicable)</t>
   </si>
   <si>
     <t>Third-Party Debt Interest Rate</t>
   </si>
   <si>
     <t>CHIPS Loan Interest Expense (if applicable; for illustrative purposes only)</t>
   </si>
   <si>
     <t>CHIPS Loan Interest Rate (if applicable; for illustrative purposes only)</t>
+  </si>
+  <si>
+    <t>CHIPS Loan (if applicable; interest rate is illustrative only)</t>
+  </si>
+  <si>
+    <t>Introduction to the Full Application Example Financial Model</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">The purpose of this document is to provide an example of the level of granularity and structure for the summary project financials for the purposes of the full application. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>This document is an example, is not expected to be completed, and will not be collected.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>All assumptions herein are purely illustrative.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="19">
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;Year &quot;0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0%_);_(\(#,##0.0%\);_(&quot;–&quot;_);"/>
     <numFmt numFmtId="166" formatCode="_([$$-409]* #,##0_);_([$$-409]* \(#,##0\);_([$$-409]* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="0.0%_);\(0.0%\);\-;@_)"/>
     <numFmt numFmtId="168" formatCode="0.0%_);\(0.0%\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="169" formatCode="0%_);\(0%\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="170" formatCode="#,##0_);\(#,##0\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="171" formatCode="yyyy"/>
     <numFmt numFmtId="172" formatCode="_([$$-409]* #,##0.0_);_([$$-409]* \(#,##0.0\);_([$$-409]* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="173" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="174" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="175" formatCode="&quot;ITC %: &quot;0.0%_);\(0.0%\);\-;@_)"/>
     <numFmt numFmtId="176" formatCode="0.00%_);\(0.00%\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="177" formatCode="#,##0.0_);\(#,##0.0\);_(&quot;–&quot;_);@_)"/>
     <numFmt numFmtId="178" formatCode="[$-409]mmm/yy;@"/>
@@ -6846,51 +6841,51 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="178" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="302">
+  <cellXfs count="300">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
@@ -7009,56 +7004,50 @@
     <xf numFmtId="172" fontId="13" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="172" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="172" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="173" fontId="30" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="41" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="173" fontId="8" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="15" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="41" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -7199,51 +7188,50 @@
     <xf numFmtId="175" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="169" fontId="12" fillId="3" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="173" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="10" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="172" fontId="13" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="173" fontId="8" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="32" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="169" fontId="12" fillId="3" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="12" fillId="3" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="177" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="170" fontId="36" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="173" fontId="14" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="169" fontId="41" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="42" fillId="11" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="42" fillId="12" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
@@ -7265,51 +7253,50 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="2" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="2" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="170" fontId="12" fillId="3" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="170" fontId="14" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="13" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="4" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="30" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="30" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="172" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="18" fillId="3" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="3" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="13" fillId="5" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="32" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="174" fontId="1" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="174" fontId="1" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="13" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="174" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="174" fontId="15" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="41" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
@@ -7413,50 +7400,53 @@
     </xf>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="50" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="50" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="50" fillId="3" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="176" fontId="50" fillId="3" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="179" fontId="50" fillId="3" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="170" fontId="50" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="50" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="22" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="49" fillId="5" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="170" fontId="50" fillId="3" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="170" fontId="12" fillId="3" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -7478,63 +7468,64 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="12" fillId="3" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="174" fontId="50" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="41" fontId="8" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="12" fillId="3" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="32" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="11" fontId="46" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="11" fontId="48" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Currency 3" xfId="3" xr:uid="{B9873F34-CEE9-4009-AFDA-4AB743277D1A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="6" xr:uid="{35E752DB-9268-463C-A1FA-A1D652248CBE}"/>
     <cellStyle name="Normal 130" xfId="7" xr:uid="{983C6ED3-8BEF-4494-B14E-043C6EEF314E}"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{5C2BC222-EAA7-4A2C-AD9B-EF9469BC9F00}"/>
     <cellStyle name="Normal 5" xfId="1" xr:uid="{67F6AF28-EC4F-44DE-A219-0B277895C30F}"/>
     <cellStyle name="Normal 8" xfId="2" xr:uid="{8FBA9AF2-E065-4ECE-B007-5DCFD2CA3FA0}"/>
     <cellStyle name="Percent 3" xfId="4" xr:uid="{319A2245-927A-4DCA-9113-95C1FA73D56B}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
@@ -7556,87 +7547,87 @@
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE7E6E6"/>
       <color rgb="FFF2F2F2"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1186296</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>320964</xdr:colOff>
+      <xdr:colOff>519545</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>942974</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F396EB2B-69C0-4375-A05A-3BEA29FBD4C1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2831523" y="0"/>
-          <a:ext cx="4823691" cy="942974"/>
+          <a:ext cx="5576454" cy="942974"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -7655,51 +7646,61 @@
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" baseline="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> of Commerce</a:t>
           </a:r>
           <a:br>
             <a:rPr lang="en-US" sz="3200" b="1">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
           </a:br>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="1">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>CHIPS</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="1" baseline="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t> Incentives Program - Facilities for Semiconductor Materials and Manufacturing Equipment Full Application Project Forecasting - Example Tool</a:t>
+            <a:t> Incentives Program - Facilities for Semiconductor Materials and Manufacturing Equipment</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1" baseline="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Full Application Example Financial Model</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>165100</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1109174</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>908050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2869236C-0D73-E8C4-C46A-66E9074B3183}"/>
@@ -7721,91 +7722,91 @@
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="165100" y="114300"/>
           <a:ext cx="2671274" cy="793750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -7867,51 +7868,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -8009,3952 +8010,3953 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7908D01B-0B4F-4FEE-B0BE-7CC1CD04563B}">
   <sheetPr>
     <tabColor theme="5" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:XFC22"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A5" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.875" style="181" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="8.875" style="181" hidden="1"/>
+    <col min="1" max="1" width="4.88671875" style="178" customWidth="1"/>
+    <col min="2" max="2" width="5.44140625" style="178" customWidth="1"/>
+    <col min="3" max="3" width="14.44140625" style="178" customWidth="1"/>
+    <col min="4" max="4" width="26.88671875" style="178" customWidth="1"/>
+    <col min="5" max="5" width="66.6640625" style="178" customWidth="1"/>
+    <col min="6" max="6" width="10.6640625" style="178" customWidth="1"/>
+    <col min="7" max="8" width="0" style="178" hidden="1" customWidth="1"/>
+    <col min="9" max="16383" width="8.88671875" style="178" hidden="1"/>
+    <col min="16384" max="16384" width="3.5546875" style="178" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="76.7" customHeight="1">
+    <row r="1" spans="1:6" ht="76.650000000000006" customHeight="1">
       <c r="E1" s="4"/>
     </row>
-    <row r="2" spans="1:6" s="183" customFormat="1" ht="15.6">
-[...5 lines deleted...]
-      <c r="F2" s="182"/>
+    <row r="2" spans="1:6" s="180" customFormat="1" ht="15.6">
+      <c r="A2" s="179"/>
+      <c r="B2" s="179"/>
+      <c r="C2" s="179"/>
+      <c r="D2" s="179"/>
+      <c r="E2" s="179"/>
+      <c r="F2" s="179"/>
     </row>
     <row r="3" spans="1:6" ht="15.6"/>
     <row r="4" spans="1:6" ht="15.6">
-      <c r="B4" s="184" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="185"/>
+      <c r="B4" s="181" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" s="182"/>
+      <c r="D4" s="182"/>
+      <c r="E4" s="182"/>
+      <c r="F4" s="182"/>
     </row>
     <row r="5" spans="1:6" ht="15.6">
-      <c r="B5" s="186"/>
-[...3 lines deleted...]
-      <c r="F5" s="186"/>
+      <c r="B5" s="183"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
+      <c r="E5" s="183"/>
+      <c r="F5" s="183"/>
     </row>
     <row r="6" spans="1:6" ht="66.599999999999994" customHeight="1">
-      <c r="B6" s="186"/>
-[...7 lines deleted...]
-      <c r="F6" s="186"/>
+      <c r="B6" s="183"/>
+      <c r="C6" s="184" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="296" t="s">
+        <v>200</v>
+      </c>
+      <c r="E6" s="297"/>
+      <c r="F6" s="183"/>
     </row>
     <row r="7" spans="1:6" ht="15.6"/>
     <row r="8" spans="1:6" ht="15.6">
-      <c r="B8" s="184" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="185"/>
+      <c r="B8" s="181" t="s">
+        <v>1</v>
+      </c>
+      <c r="C8" s="182"/>
+      <c r="D8" s="182"/>
+      <c r="E8" s="182"/>
+      <c r="F8" s="182"/>
     </row>
     <row r="9" spans="1:6" ht="15.6"/>
     <row r="10" spans="1:6" ht="15.6">
-      <c r="C10" s="188" t="s">
+      <c r="C10" s="185" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="15.6">
+      <c r="C11" s="186" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="187"/>
+      <c r="E11" s="188" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="15.6">
-      <c r="C11" s="189" t="s">
+    <row r="12" spans="1:6" ht="15.6">
+      <c r="C12" s="189" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="190"/>
-      <c r="E11" s="191" t="s">
+      <c r="D12" s="190" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C12" s="192" t="s">
+      <c r="E12" s="191" t="s">
         <v>7</v>
       </c>
-      <c r="D12" s="193" t="s">
+    </row>
+    <row r="13" spans="1:6" ht="15.6">
+      <c r="C13" s="195" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="194" t="s">
+      <c r="D13" s="192" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C13" s="198" t="s">
+      <c r="E13" s="193" t="s">
         <v>10</v>
       </c>
-      <c r="D13" s="195" t="s">
+    </row>
+    <row r="14" spans="1:6" ht="15.6">
+      <c r="C14" s="196" t="s">
         <v>11</v>
       </c>
-      <c r="E13" s="196" t="s">
+      <c r="D14" s="197" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C14" s="199" t="s">
+      <c r="E14" s="194" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.6"/>
     <row r="16" spans="1:6" ht="15.6">
-      <c r="C16" s="188" t="s">
+      <c r="C16" s="185" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="3:5" ht="15.6">
+      <c r="C17" s="186" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="200"/>
+      <c r="E17" s="188" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="3:5" ht="15.6">
+      <c r="C18" s="198">
+        <v>1000</v>
+      </c>
+      <c r="E18" s="191" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="3:5" ht="15.6">
-      <c r="C17" s="189" t="s">
+    <row r="19" spans="3:5" ht="15.6">
+      <c r="C19" s="209">
+        <v>100</v>
+      </c>
+      <c r="D19" s="201"/>
+      <c r="E19" s="193" t="s">
         <v>17</v>
       </c>
-      <c r="D17" s="203"/>
-[...8 lines deleted...]
-      <c r="E18" s="194" t="s">
+    </row>
+    <row r="20" spans="3:5" ht="15.6">
+      <c r="C20" s="199">
+        <v>1100</v>
+      </c>
+      <c r="D20" s="202"/>
+      <c r="E20" s="194" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="19" spans="3:5" ht="15.6">
-[...16 lines deleted...]
-    </row>
     <row r="21" spans="3:5" ht="15.6"/>
-    <row r="22" spans="3:5" ht="16.149999999999999" customHeight="1"/>
+    <row r="22" spans="3:5" ht="16.2" customHeight="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D6:E6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000 CUI//PROPIN&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 This document contains moderate sensitivity CHIPS Applicant Data and Information.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33BB22A6-CF17-4AF1-A61C-410C5F16BDCF}">
   <sheetPr>
     <tabColor theme="5" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A2:XET92"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="108" zoomScaleNormal="108" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+    <sheetView showGridLines="0" zoomScale="108" zoomScaleNormal="108" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="B70" sqref="B70"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="38" style="1" customWidth="1"/>
-    <col min="3" max="23" width="12.75" style="1" customWidth="1"/>
-    <col min="24" max="16384" width="9.125" style="1"/>
+    <col min="3" max="23" width="12.6640625" style="1" customWidth="1"/>
+    <col min="24" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:23 16372:16374" ht="21.95" thickBot="1">
+    <row r="2" spans="1:23 16372:16374" ht="22.2" thickBot="1">
       <c r="B2" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
     </row>
     <row r="3" spans="1:23 16372:16374" ht="5.0999999999999996" customHeight="1">
       <c r="XER3" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="XET3" s="5">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23 16372:16374" s="120" customFormat="1" hidden="1">
-[...28 lines deleted...]
-      <c r="B6" s="209">
+    <row r="4" spans="1:23 16372:16374" s="118" customFormat="1" hidden="1">
+      <c r="B4" s="171"/>
+      <c r="C4" s="137"/>
+      <c r="D4" s="137"/>
+      <c r="E4" s="137"/>
+      <c r="F4" s="137"/>
+      <c r="G4" s="137"/>
+      <c r="H4" s="137"/>
+      <c r="I4" s="137"/>
+      <c r="J4" s="137"/>
+      <c r="L4" s="172"/>
+      <c r="M4" s="210"/>
+    </row>
+    <row r="5" spans="1:23 16372:16374" s="118" customFormat="1">
+      <c r="B5" s="120" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="137"/>
+      <c r="D5" s="137"/>
+      <c r="E5" s="137"/>
+      <c r="F5" s="137"/>
+      <c r="G5" s="137"/>
+      <c r="H5" s="137"/>
+      <c r="I5" s="137"/>
+      <c r="J5" s="137"/>
+      <c r="L5" s="172"/>
+      <c r="M5" s="210"/>
+    </row>
+    <row r="6" spans="1:23 16372:16374" s="118" customFormat="1">
+      <c r="B6" s="206">
         <v>45657</v>
       </c>
-      <c r="C6" s="139"/>
-[...34 lines deleted...]
-      <c r="M8" s="214"/>
+      <c r="C6" s="137"/>
+      <c r="D6" s="137"/>
+      <c r="E6" s="137"/>
+      <c r="F6" s="137"/>
+      <c r="G6" s="137"/>
+      <c r="H6" s="137"/>
+      <c r="I6" s="137"/>
+      <c r="J6" s="137"/>
+      <c r="L6" s="172"/>
+      <c r="M6" s="210"/>
+    </row>
+    <row r="7" spans="1:23 16372:16374" s="118" customFormat="1">
+      <c r="B7" s="171"/>
+      <c r="C7" s="137"/>
+      <c r="D7" s="137"/>
+      <c r="E7" s="137"/>
+      <c r="F7" s="137"/>
+      <c r="G7" s="137"/>
+      <c r="H7" s="137"/>
+      <c r="I7" s="137"/>
+      <c r="J7" s="137"/>
+      <c r="L7" s="172"/>
+      <c r="M7" s="210"/>
+    </row>
+    <row r="8" spans="1:23 16372:16374" s="118" customFormat="1">
+      <c r="B8" s="171"/>
+      <c r="C8" s="137"/>
+      <c r="D8" s="137"/>
+      <c r="E8" s="137"/>
+      <c r="F8" s="137"/>
+      <c r="G8" s="137"/>
+      <c r="H8" s="137"/>
+      <c r="I8" s="137"/>
+      <c r="J8" s="137"/>
+      <c r="L8" s="172"/>
+      <c r="M8" s="210"/>
     </row>
     <row r="9" spans="1:23 16372:16374">
-      <c r="A9" s="121"/>
-[...25 lines deleted...]
-    <row r="10" spans="1:23 16372:16374" ht="9.9499999999999993" customHeight="1">
+      <c r="A9" s="119"/>
+      <c r="B9" s="120" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="121"/>
+      <c r="D9" s="121"/>
+      <c r="E9" s="121"/>
+      <c r="F9" s="121"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="119"/>
+      <c r="L9" s="122"/>
+      <c r="M9" s="123"/>
+      <c r="N9" s="119"/>
+      <c r="O9" s="124"/>
+      <c r="P9" s="124"/>
+      <c r="Q9" s="124"/>
+      <c r="R9" s="124"/>
+      <c r="S9" s="124"/>
+      <c r="T9" s="124"/>
+      <c r="U9" s="124"/>
+      <c r="V9" s="124"/>
+      <c r="W9" s="124"/>
+    </row>
+    <row r="10" spans="1:23 16372:16374" ht="9.9" customHeight="1">
       <c r="B10"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="L10" s="8"/>
-      <c r="M10" s="215"/>
+      <c r="M10" s="211"/>
     </row>
     <row r="11" spans="1:23 16372:16374">
-      <c r="B11" s="295"/>
-[...1 lines deleted...]
-      <c r="D11" s="272">
+      <c r="B11" s="291"/>
+      <c r="C11" s="292"/>
+      <c r="D11" s="269">
         <v>1</v>
       </c>
-      <c r="E11" s="273">
+      <c r="E11" s="270">
         <f>D11+1</f>
         <v>2</v>
       </c>
-      <c r="F11" s="273">
+      <c r="F11" s="270">
         <f t="shared" ref="F11:W11" si="0">E11+1</f>
         <v>3</v>
       </c>
-      <c r="G11" s="274">
+      <c r="G11" s="271">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="H11" s="275">
+      <c r="H11" s="272">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="I11" s="275">
+      <c r="I11" s="272">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="J11" s="275">
+      <c r="J11" s="272">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="K11" s="275">
+      <c r="K11" s="272">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="L11" s="275">
+      <c r="L11" s="272">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="M11" s="275">
+      <c r="M11" s="272">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="N11" s="275">
+      <c r="N11" s="272">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="O11" s="275">
+      <c r="O11" s="272">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
-      <c r="P11" s="275">
+      <c r="P11" s="272">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="Q11" s="275">
+      <c r="Q11" s="272">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="R11" s="275">
+      <c r="R11" s="272">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="S11" s="275">
+      <c r="S11" s="272">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="T11" s="275">
+      <c r="T11" s="272">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
-      <c r="U11" s="275">
+      <c r="U11" s="272">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="V11" s="275">
+      <c r="V11" s="272">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
-      <c r="W11" s="276">
+      <c r="W11" s="273">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:23 16372:16374">
-      <c r="B12" s="297" t="s">
+      <c r="B12" s="293" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="292"/>
+      <c r="D12" s="274">
+        <v>1100</v>
+      </c>
+      <c r="E12" s="267">
+        <v>1100</v>
+      </c>
+      <c r="F12" s="267">
+        <v>1100</v>
+      </c>
+      <c r="G12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="H12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="I12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="J12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="K12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="L12" s="142">
+        <v>1100</v>
+      </c>
+      <c r="M12" s="142">
+        <v>1100</v>
+      </c>
+      <c r="N12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="O12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="P12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="Q12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="R12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="S12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="T12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="U12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="V12" s="141">
+        <v>1100</v>
+      </c>
+      <c r="W12" s="275">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23 16372:16374">
+      <c r="B13" s="293" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="292"/>
+      <c r="D13" s="276">
+        <v>0.2</v>
+      </c>
+      <c r="E13" s="128">
+        <v>0.5</v>
+      </c>
+      <c r="F13" s="268">
+        <v>0.75</v>
+      </c>
+      <c r="G13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="H13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="I13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="J13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="K13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="L13" s="129">
+        <v>0.75</v>
+      </c>
+      <c r="M13" s="129">
+        <v>0.75</v>
+      </c>
+      <c r="N13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="O13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="P13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="Q13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="R13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="S13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="T13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="U13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="V13" s="128">
+        <v>0.75</v>
+      </c>
+      <c r="W13" s="277">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23 16372:16374">
+      <c r="B14" s="293" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="296"/>
-[...62 lines deleted...]
-      <c r="B13" s="297" t="s">
+      <c r="C14" s="292"/>
+      <c r="D14" s="276">
+        <v>0.2</v>
+      </c>
+      <c r="E14" s="128">
+        <v>0.5</v>
+      </c>
+      <c r="F14" s="268">
+        <v>0.8</v>
+      </c>
+      <c r="G14" s="128">
+        <v>1</v>
+      </c>
+      <c r="H14" s="128">
+        <v>1</v>
+      </c>
+      <c r="I14" s="128">
+        <v>1</v>
+      </c>
+      <c r="J14" s="128">
+        <v>1</v>
+      </c>
+      <c r="K14" s="128">
+        <v>1</v>
+      </c>
+      <c r="L14" s="129">
+        <v>1</v>
+      </c>
+      <c r="M14" s="129">
+        <v>1</v>
+      </c>
+      <c r="N14" s="128">
+        <v>1</v>
+      </c>
+      <c r="O14" s="128">
+        <v>1</v>
+      </c>
+      <c r="P14" s="128">
+        <v>1</v>
+      </c>
+      <c r="Q14" s="128">
+        <v>1</v>
+      </c>
+      <c r="R14" s="128">
+        <v>1</v>
+      </c>
+      <c r="S14" s="128">
+        <v>1</v>
+      </c>
+      <c r="T14" s="128">
+        <v>1</v>
+      </c>
+      <c r="U14" s="128">
+        <v>1</v>
+      </c>
+      <c r="V14" s="128">
+        <v>1</v>
+      </c>
+      <c r="W14" s="277">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23 16372:16374">
+      <c r="B15" s="293" t="s">
         <v>25</v>
       </c>
-      <c r="C13" s="296"/>
-[...132 lines deleted...]
-      <c r="D15" s="281">
+      <c r="C15" s="292"/>
+      <c r="D15" s="278">
         <v>150</v>
       </c>
-      <c r="E15" s="282">
+      <c r="E15" s="279">
         <v>500</v>
       </c>
-      <c r="F15" s="282">
+      <c r="F15" s="279">
         <v>500</v>
       </c>
-      <c r="G15" s="282">
+      <c r="G15" s="279">
         <v>500</v>
       </c>
-      <c r="H15" s="283">
+      <c r="H15" s="280">
         <v>500</v>
       </c>
-      <c r="I15" s="283">
+      <c r="I15" s="280">
         <v>500</v>
       </c>
-      <c r="J15" s="283">
+      <c r="J15" s="280">
         <v>500</v>
       </c>
-      <c r="K15" s="283">
+      <c r="K15" s="280">
         <v>500</v>
       </c>
-      <c r="L15" s="283">
+      <c r="L15" s="280">
         <v>500</v>
       </c>
-      <c r="M15" s="283">
+      <c r="M15" s="280">
         <v>500</v>
       </c>
-      <c r="N15" s="283">
+      <c r="N15" s="280">
         <v>500</v>
       </c>
-      <c r="O15" s="283">
+      <c r="O15" s="280">
         <v>500</v>
       </c>
-      <c r="P15" s="283">
+      <c r="P15" s="280">
         <v>500</v>
       </c>
-      <c r="Q15" s="283">
+      <c r="Q15" s="280">
         <v>500</v>
       </c>
-      <c r="R15" s="283">
+      <c r="R15" s="280">
         <v>500</v>
       </c>
-      <c r="S15" s="283">
+      <c r="S15" s="280">
         <v>500</v>
       </c>
-      <c r="T15" s="283">
+      <c r="T15" s="280">
         <v>500</v>
       </c>
-      <c r="U15" s="283">
+      <c r="U15" s="280">
         <v>500</v>
       </c>
-      <c r="V15" s="283">
+      <c r="V15" s="280">
         <v>500</v>
       </c>
-      <c r="W15" s="284">
+      <c r="W15" s="281">
         <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:23 16372:16374">
       <c r="B16"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="L16" s="8"/>
-      <c r="M16" s="215"/>
+      <c r="M16" s="211"/>
     </row>
     <row r="17" spans="1:23">
-      <c r="A17" s="121"/>
-[...25 lines deleted...]
-    <row r="18" spans="1:23" ht="9.9499999999999993" customHeight="1">
+      <c r="A17" s="119"/>
+      <c r="B17" s="120" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="121"/>
+      <c r="D17" s="121"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="121"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="119"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="123"/>
+      <c r="N17" s="119"/>
+      <c r="O17" s="124"/>
+      <c r="P17" s="124"/>
+      <c r="Q17" s="124"/>
+      <c r="R17" s="124"/>
+      <c r="S17" s="124"/>
+      <c r="T17" s="124"/>
+      <c r="U17" s="124"/>
+      <c r="V17" s="124"/>
+      <c r="W17" s="124"/>
+    </row>
+    <row r="18" spans="1:23" ht="9.9" customHeight="1">
       <c r="B18"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="L18" s="8"/>
-      <c r="M18" s="215"/>
+      <c r="M18" s="211"/>
     </row>
     <row r="19" spans="1:23">
       <c r="B19"/>
-      <c r="C19" s="240"/>
-      <c r="D19" s="239">
+      <c r="C19" s="236"/>
+      <c r="D19" s="235">
         <v>1</v>
       </c>
-      <c r="E19" s="239">
+      <c r="E19" s="235">
         <f>D19+1</f>
         <v>2</v>
       </c>
-      <c r="F19" s="239">
+      <c r="F19" s="235">
         <f t="shared" ref="F19" si="1">E19+1</f>
         <v>3</v>
       </c>
-      <c r="G19" s="239">
+      <c r="G19" s="235">
         <f t="shared" ref="G19" si="2">F19+1</f>
         <v>4</v>
       </c>
-      <c r="H19" s="129">
+      <c r="H19" s="127">
         <f t="shared" ref="H19" si="3">G19+1</f>
         <v>5</v>
       </c>
-      <c r="I19" s="129">
+      <c r="I19" s="127">
         <f t="shared" ref="I19" si="4">H19+1</f>
         <v>6</v>
       </c>
-      <c r="J19" s="129">
+      <c r="J19" s="127">
         <f t="shared" ref="J19" si="5">I19+1</f>
         <v>7</v>
       </c>
-      <c r="K19" s="129">
+      <c r="K19" s="127">
         <f t="shared" ref="K19" si="6">J19+1</f>
         <v>8</v>
       </c>
-      <c r="L19" s="129">
+      <c r="L19" s="127">
         <f t="shared" ref="L19" si="7">K19+1</f>
         <v>9</v>
       </c>
-      <c r="M19" s="129">
+      <c r="M19" s="127">
         <f t="shared" ref="M19" si="8">L19+1</f>
         <v>10</v>
       </c>
-      <c r="N19" s="129">
+      <c r="N19" s="127">
         <f t="shared" ref="N19" si="9">M19+1</f>
         <v>11</v>
       </c>
-      <c r="O19" s="129">
+      <c r="O19" s="127">
         <f t="shared" ref="O19" si="10">N19+1</f>
         <v>12</v>
       </c>
-      <c r="P19" s="129">
+      <c r="P19" s="127">
         <f t="shared" ref="P19" si="11">O19+1</f>
         <v>13</v>
       </c>
-      <c r="Q19" s="129">
+      <c r="Q19" s="127">
         <f t="shared" ref="Q19" si="12">P19+1</f>
         <v>14</v>
       </c>
-      <c r="R19" s="129">
+      <c r="R19" s="127">
         <f t="shared" ref="R19" si="13">Q19+1</f>
         <v>15</v>
       </c>
-      <c r="S19" s="129">
+      <c r="S19" s="127">
         <f t="shared" ref="S19" si="14">R19+1</f>
         <v>16</v>
       </c>
-      <c r="T19" s="129">
+      <c r="T19" s="127">
         <f t="shared" ref="T19" si="15">S19+1</f>
         <v>17</v>
       </c>
-      <c r="U19" s="129">
+      <c r="U19" s="127">
         <f t="shared" ref="U19" si="16">T19+1</f>
         <v>18</v>
       </c>
-      <c r="V19" s="129">
+      <c r="V19" s="127">
         <f t="shared" ref="V19" si="17">U19+1</f>
         <v>19</v>
       </c>
-      <c r="W19" s="129">
+      <c r="W19" s="127">
         <f t="shared" ref="W19" si="18">V19+1</f>
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:23">
-      <c r="B20" s="237" t="s">
+      <c r="B20" s="233" t="s">
+        <v>27</v>
+      </c>
+      <c r="C20" s="236"/>
+      <c r="D20" s="239">
+        <v>0.4</v>
+      </c>
+      <c r="E20" s="237">
+        <v>0.3</v>
+      </c>
+      <c r="F20" s="237">
+        <v>0.2</v>
+      </c>
+      <c r="G20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="H20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="I20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="J20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="K20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="L20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="M20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="N20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="O20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="P20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="Q20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="R20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="S20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="T20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="U20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="V20" s="130">
+        <v>0.2</v>
+      </c>
+      <c r="W20" s="132">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="B21" s="233" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="236"/>
+      <c r="D21" s="232">
+        <v>0.35</v>
+      </c>
+      <c r="E21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="F21" s="234">
+        <v>0.35</v>
+      </c>
+      <c r="G21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="H21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="I21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="J21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="K21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="L21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="M21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="N21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="O21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="P21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="Q21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="R21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="S21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="T21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="U21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="V21" s="128">
+        <v>0.35</v>
+      </c>
+      <c r="W21" s="169">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="B22" s="233" t="s">
         <v>29</v>
       </c>
-      <c r="C20" s="240"/>
-[...62 lines deleted...]
-      <c r="B21" s="237" t="s">
+      <c r="C22" s="236"/>
+      <c r="D22" s="238">
+        <v>0.1</v>
+      </c>
+      <c r="E22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="F22" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="G22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="H22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="I22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="J22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="K22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="L22" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="M22" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="N22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="O22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="P22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="Q22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="R22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="S22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="T22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="U22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="V22" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="W22" s="169">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="B23" s="233" t="s">
         <v>30</v>
       </c>
-      <c r="C21" s="240"/>
-[...62 lines deleted...]
-      <c r="B22" s="237" t="s">
+      <c r="C23" s="243"/>
+      <c r="D23" s="144"/>
+      <c r="E23" s="232">
+        <v>0.1</v>
+      </c>
+      <c r="F23" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="G23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="H23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="I23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="J23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="K23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="L23" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="M23" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="N23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="O23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="P23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="Q23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="R23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="S23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="T23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="U23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="V23" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="W23" s="169">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="B24" s="233" t="s">
         <v>31</v>
       </c>
-      <c r="C22" s="240"/>
-[...130 lines deleted...]
-      <c r="D24" s="246">
+      <c r="C24" s="243"/>
+      <c r="D24" s="242">
         <v>1000</v>
       </c>
-      <c r="E24" s="245">
+      <c r="E24" s="241">
         <f>+D24*(1+E23)</f>
         <v>1100</v>
       </c>
-      <c r="F24" s="244">
+      <c r="F24" s="240">
         <f t="shared" ref="F24:W24" si="19">+E24*(1+F23)</f>
         <v>1210</v>
       </c>
-      <c r="G24" s="216">
+      <c r="G24" s="212">
         <f t="shared" si="19"/>
         <v>1331</v>
       </c>
-      <c r="H24" s="216">
+      <c r="H24" s="212">
         <f t="shared" si="19"/>
         <v>1464.1000000000001</v>
       </c>
-      <c r="I24" s="216">
+      <c r="I24" s="212">
         <f t="shared" si="19"/>
         <v>1610.5100000000002</v>
       </c>
-      <c r="J24" s="216">
+      <c r="J24" s="212">
         <f t="shared" si="19"/>
         <v>1771.5610000000004</v>
       </c>
-      <c r="K24" s="216">
+      <c r="K24" s="212">
         <f t="shared" si="19"/>
         <v>1948.7171000000005</v>
       </c>
-      <c r="L24" s="216">
+      <c r="L24" s="212">
         <f t="shared" si="19"/>
         <v>2143.5888100000006</v>
       </c>
-      <c r="M24" s="216">
+      <c r="M24" s="212">
         <f t="shared" si="19"/>
         <v>2357.9476910000008</v>
       </c>
-      <c r="N24" s="216">
+      <c r="N24" s="212">
         <f t="shared" si="19"/>
         <v>2593.7424601000012</v>
       </c>
-      <c r="O24" s="216">
+      <c r="O24" s="212">
         <f t="shared" si="19"/>
         <v>2853.1167061100014</v>
       </c>
-      <c r="P24" s="216">
+      <c r="P24" s="212">
         <f t="shared" si="19"/>
         <v>3138.4283767210018</v>
       </c>
-      <c r="Q24" s="216">
+      <c r="Q24" s="212">
         <f t="shared" si="19"/>
         <v>3452.2712143931021</v>
       </c>
-      <c r="R24" s="216">
+      <c r="R24" s="212">
         <f t="shared" si="19"/>
         <v>3797.4983358324125</v>
       </c>
-      <c r="S24" s="216">
+      <c r="S24" s="212">
         <f t="shared" si="19"/>
         <v>4177.248169415654</v>
       </c>
-      <c r="T24" s="216">
+      <c r="T24" s="212">
         <f t="shared" si="19"/>
         <v>4594.9729863572202</v>
       </c>
-      <c r="U24" s="216">
+      <c r="U24" s="212">
         <f t="shared" si="19"/>
         <v>5054.4702849929427</v>
       </c>
-      <c r="V24" s="216">
+      <c r="V24" s="212">
         <f t="shared" si="19"/>
         <v>5559.9173134922376</v>
       </c>
-      <c r="W24" s="217">
+      <c r="W24" s="213">
         <f t="shared" si="19"/>
         <v>6115.9090448414618</v>
       </c>
     </row>
-    <row r="25" spans="1:23" s="140" customFormat="1">
-[...21 lines deleted...]
-      <c r="W25" s="128"/>
+    <row r="25" spans="1:23" s="138" customFormat="1">
+      <c r="B25" s="125"/>
+      <c r="C25" s="139"/>
+      <c r="D25" s="140"/>
+      <c r="E25" s="126"/>
+      <c r="F25" s="126"/>
+      <c r="G25" s="126"/>
+      <c r="H25" s="126"/>
+      <c r="I25" s="126"/>
+      <c r="J25" s="126"/>
+      <c r="K25" s="126"/>
+      <c r="L25" s="126"/>
+      <c r="M25" s="126"/>
+      <c r="N25" s="126"/>
+      <c r="O25" s="126"/>
+      <c r="P25" s="126"/>
+      <c r="Q25" s="126"/>
+      <c r="R25" s="126"/>
+      <c r="S25" s="126"/>
+      <c r="T25" s="126"/>
+      <c r="U25" s="126"/>
+      <c r="V25" s="126"/>
+      <c r="W25" s="126"/>
     </row>
     <row r="26" spans="1:23">
-      <c r="A26" s="121"/>
-[...25 lines deleted...]
-    <row r="27" spans="1:23" ht="9.9499999999999993" customHeight="1">
+      <c r="A26" s="119"/>
+      <c r="B26" s="120" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="121"/>
+      <c r="D26" s="121"/>
+      <c r="E26" s="121"/>
+      <c r="F26" s="121"/>
+      <c r="G26" s="121"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="121"/>
+      <c r="K26" s="119"/>
+      <c r="L26" s="122"/>
+      <c r="M26" s="123"/>
+      <c r="N26" s="119"/>
+      <c r="O26" s="124"/>
+      <c r="P26" s="124"/>
+      <c r="Q26" s="124"/>
+      <c r="R26" s="124"/>
+      <c r="S26" s="124"/>
+      <c r="T26" s="124"/>
+      <c r="U26" s="124"/>
+      <c r="V26" s="124"/>
+      <c r="W26" s="124"/>
+    </row>
+    <row r="27" spans="1:23" ht="9.9" customHeight="1">
       <c r="B27"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="L27" s="8"/>
-      <c r="M27" s="215"/>
+      <c r="M27" s="211"/>
     </row>
     <row r="28" spans="1:23">
       <c r="B28"/>
-      <c r="C28" s="240"/>
-      <c r="D28" s="249">
+      <c r="C28" s="236"/>
+      <c r="D28" s="245">
         <v>1</v>
       </c>
-      <c r="E28" s="249">
+      <c r="E28" s="245">
         <f>D28+1</f>
         <v>2</v>
       </c>
-      <c r="F28" s="249">
+      <c r="F28" s="245">
         <f t="shared" ref="F28" si="20">E28+1</f>
         <v>3</v>
       </c>
-      <c r="G28" s="249">
+      <c r="G28" s="245">
         <f t="shared" ref="G28" si="21">F28+1</f>
         <v>4</v>
       </c>
-      <c r="H28" s="171">
+      <c r="H28" s="168">
         <f t="shared" ref="H28" si="22">G28+1</f>
         <v>5</v>
       </c>
-      <c r="I28" s="171">
+      <c r="I28" s="168">
         <f t="shared" ref="I28" si="23">H28+1</f>
         <v>6</v>
       </c>
-      <c r="J28" s="171">
+      <c r="J28" s="168">
         <f t="shared" ref="J28" si="24">I28+1</f>
         <v>7</v>
       </c>
-      <c r="K28" s="171">
+      <c r="K28" s="168">
         <f t="shared" ref="K28" si="25">J28+1</f>
         <v>8</v>
       </c>
-      <c r="L28" s="171">
+      <c r="L28" s="168">
         <f t="shared" ref="L28" si="26">K28+1</f>
         <v>9</v>
       </c>
-      <c r="M28" s="171">
+      <c r="M28" s="168">
         <f t="shared" ref="M28" si="27">L28+1</f>
         <v>10</v>
       </c>
-      <c r="N28" s="171">
+      <c r="N28" s="168">
         <f t="shared" ref="N28" si="28">M28+1</f>
         <v>11</v>
       </c>
-      <c r="O28" s="171">
+      <c r="O28" s="168">
         <f t="shared" ref="O28" si="29">N28+1</f>
         <v>12</v>
       </c>
-      <c r="P28" s="171">
+      <c r="P28" s="168">
         <f t="shared" ref="P28" si="30">O28+1</f>
         <v>13</v>
       </c>
-      <c r="Q28" s="171">
+      <c r="Q28" s="168">
         <f t="shared" ref="Q28" si="31">P28+1</f>
         <v>14</v>
       </c>
-      <c r="R28" s="171">
+      <c r="R28" s="168">
         <f t="shared" ref="R28" si="32">Q28+1</f>
         <v>15</v>
       </c>
-      <c r="S28" s="171">
+      <c r="S28" s="168">
         <f t="shared" ref="S28" si="33">R28+1</f>
         <v>16</v>
       </c>
-      <c r="T28" s="171">
+      <c r="T28" s="168">
         <f t="shared" ref="T28" si="34">S28+1</f>
         <v>17</v>
       </c>
-      <c r="U28" s="171">
+      <c r="U28" s="168">
         <f t="shared" ref="U28" si="35">T28+1</f>
         <v>18</v>
       </c>
-      <c r="V28" s="171">
+      <c r="V28" s="168">
         <f t="shared" ref="V28" si="36">U28+1</f>
         <v>19</v>
       </c>
-      <c r="W28" s="171">
+      <c r="W28" s="168">
         <f t="shared" ref="W28" si="37">V28+1</f>
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:23">
-      <c r="B29" s="237" t="s">
-[...3 lines deleted...]
-      <c r="D29" s="236">
+      <c r="B29" s="233" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="236"/>
+      <c r="D29" s="232">
         <v>0.05</v>
       </c>
-      <c r="E29" s="130">
+      <c r="E29" s="128">
         <v>0.05</v>
       </c>
-      <c r="F29" s="238">
+      <c r="F29" s="234">
         <v>0.05</v>
       </c>
-      <c r="G29" s="130">
+      <c r="G29" s="128">
         <v>0.05</v>
       </c>
-      <c r="H29" s="130">
+      <c r="H29" s="128">
         <v>0.05</v>
       </c>
-      <c r="I29" s="130">
+      <c r="I29" s="128">
         <v>0.05</v>
       </c>
-      <c r="J29" s="130">
+      <c r="J29" s="128">
         <v>0.05</v>
       </c>
-      <c r="K29" s="130">
+      <c r="K29" s="128">
         <v>0.05</v>
       </c>
-      <c r="L29" s="131">
+      <c r="L29" s="129">
         <v>0.05</v>
       </c>
-      <c r="M29" s="131">
+      <c r="M29" s="129">
         <v>0.05</v>
       </c>
-      <c r="N29" s="130">
+      <c r="N29" s="128">
         <v>0.05</v>
       </c>
-      <c r="O29" s="130">
+      <c r="O29" s="128">
         <v>0.05</v>
       </c>
-      <c r="P29" s="130">
+      <c r="P29" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q29" s="130">
+      <c r="Q29" s="128">
         <v>0.05</v>
       </c>
-      <c r="R29" s="130">
+      <c r="R29" s="128">
         <v>0.05</v>
       </c>
-      <c r="S29" s="130">
+      <c r="S29" s="128">
         <v>0.05</v>
       </c>
-      <c r="T29" s="130">
+      <c r="T29" s="128">
         <v>0.05</v>
       </c>
-      <c r="U29" s="130">
+      <c r="U29" s="128">
         <v>0.05</v>
       </c>
-      <c r="V29" s="130">
+      <c r="V29" s="128">
         <v>0.05</v>
       </c>
-      <c r="W29" s="134">
+      <c r="W29" s="132">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:23">
-      <c r="B30" s="237" t="s">
-[...3 lines deleted...]
-      <c r="D30" s="242">
+      <c r="B30" s="233" t="s">
+        <v>34</v>
+      </c>
+      <c r="C30" s="236"/>
+      <c r="D30" s="238">
         <v>0.01</v>
       </c>
-      <c r="E30" s="248">
+      <c r="E30" s="244">
         <v>0.01</v>
       </c>
-      <c r="F30" s="248">
+      <c r="F30" s="244">
         <v>0.01</v>
       </c>
-      <c r="G30" s="248">
+      <c r="G30" s="244">
         <v>0.01</v>
       </c>
-      <c r="H30" s="137">
+      <c r="H30" s="135">
         <v>0.01</v>
       </c>
-      <c r="I30" s="137">
+      <c r="I30" s="135">
         <v>0.01</v>
       </c>
-      <c r="J30" s="137">
+      <c r="J30" s="135">
         <v>0.01</v>
       </c>
-      <c r="K30" s="137">
+      <c r="K30" s="135">
         <v>0.01</v>
       </c>
-      <c r="L30" s="138">
+      <c r="L30" s="136">
         <v>0.01</v>
       </c>
-      <c r="M30" s="138">
+      <c r="M30" s="136">
         <v>0.01</v>
       </c>
-      <c r="N30" s="137">
+      <c r="N30" s="135">
         <v>0.01</v>
       </c>
-      <c r="O30" s="137">
+      <c r="O30" s="135">
         <v>0.01</v>
       </c>
-      <c r="P30" s="137">
+      <c r="P30" s="135">
         <v>0.01</v>
       </c>
-      <c r="Q30" s="137">
+      <c r="Q30" s="135">
         <v>0.01</v>
       </c>
-      <c r="R30" s="137">
+      <c r="R30" s="135">
         <v>0.01</v>
       </c>
-      <c r="S30" s="137">
+      <c r="S30" s="135">
         <v>0.01</v>
       </c>
-      <c r="T30" s="137">
+      <c r="T30" s="135">
         <v>0.01</v>
       </c>
-      <c r="U30" s="137">
+      <c r="U30" s="135">
         <v>0.01</v>
       </c>
-      <c r="V30" s="137">
+      <c r="V30" s="135">
         <v>0.01</v>
       </c>
-      <c r="W30" s="173">
+      <c r="W30" s="170">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="B31"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="L31" s="8"/>
-      <c r="M31" s="215"/>
+      <c r="M31" s="211"/>
     </row>
     <row r="32" spans="1:23">
-      <c r="A32" s="121"/>
-[...25 lines deleted...]
-    <row r="33" spans="1:23" ht="9.9499999999999993" customHeight="1">
+      <c r="A32" s="119"/>
+      <c r="B32" s="120" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="121"/>
+      <c r="D32" s="121"/>
+      <c r="E32" s="121"/>
+      <c r="F32" s="121"/>
+      <c r="G32" s="121"/>
+      <c r="H32" s="121"/>
+      <c r="I32" s="121"/>
+      <c r="J32" s="121"/>
+      <c r="K32" s="119"/>
+      <c r="L32" s="122"/>
+      <c r="M32" s="123"/>
+      <c r="N32" s="119"/>
+      <c r="O32" s="124"/>
+      <c r="P32" s="124"/>
+      <c r="Q32" s="124"/>
+      <c r="R32" s="124"/>
+      <c r="S32" s="124"/>
+      <c r="T32" s="124"/>
+      <c r="U32" s="124"/>
+      <c r="V32" s="124"/>
+      <c r="W32" s="124"/>
+    </row>
+    <row r="33" spans="1:23" ht="9.9" customHeight="1">
       <c r="B33" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="L33" s="8"/>
-      <c r="M33" s="215"/>
+      <c r="M33" s="211"/>
     </row>
     <row r="34" spans="1:23">
-      <c r="B34" s="250" t="s">
-[...3 lines deleted...]
-      <c r="D34" s="249">
+      <c r="B34" s="246" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="236"/>
+      <c r="D34" s="245">
         <v>1</v>
       </c>
-      <c r="E34" s="249">
+      <c r="E34" s="245">
         <f>D34+1</f>
         <v>2</v>
       </c>
-      <c r="F34" s="249">
+      <c r="F34" s="245">
         <f t="shared" ref="F34" si="38">E34+1</f>
         <v>3</v>
       </c>
-      <c r="G34" s="249">
+      <c r="G34" s="245">
         <f t="shared" ref="G34" si="39">F34+1</f>
         <v>4</v>
       </c>
-      <c r="H34" s="171">
+      <c r="H34" s="168">
         <f t="shared" ref="H34" si="40">G34+1</f>
         <v>5</v>
       </c>
-      <c r="I34" s="171">
+      <c r="I34" s="168">
         <f t="shared" ref="I34" si="41">H34+1</f>
         <v>6</v>
       </c>
-      <c r="J34" s="171">
+      <c r="J34" s="168">
         <f t="shared" ref="J34" si="42">I34+1</f>
         <v>7</v>
       </c>
-      <c r="K34" s="171">
+      <c r="K34" s="168">
         <f t="shared" ref="K34" si="43">J34+1</f>
         <v>8</v>
       </c>
-      <c r="L34" s="171">
+      <c r="L34" s="168">
         <f t="shared" ref="L34" si="44">K34+1</f>
         <v>9</v>
       </c>
-      <c r="M34" s="171">
+      <c r="M34" s="168">
         <f t="shared" ref="M34" si="45">L34+1</f>
         <v>10</v>
       </c>
-      <c r="N34" s="171">
+      <c r="N34" s="168">
         <f t="shared" ref="N34" si="46">M34+1</f>
         <v>11</v>
       </c>
-      <c r="O34" s="171">
+      <c r="O34" s="168">
         <f t="shared" ref="O34" si="47">N34+1</f>
         <v>12</v>
       </c>
-      <c r="P34" s="171">
+      <c r="P34" s="168">
         <f t="shared" ref="P34" si="48">O34+1</f>
         <v>13</v>
       </c>
-      <c r="Q34" s="171">
+      <c r="Q34" s="168">
         <f t="shared" ref="Q34" si="49">P34+1</f>
         <v>14</v>
       </c>
-      <c r="R34" s="171">
+      <c r="R34" s="168">
         <f t="shared" ref="R34" si="50">Q34+1</f>
         <v>15</v>
       </c>
-      <c r="S34" s="171">
+      <c r="S34" s="168">
         <f t="shared" ref="S34" si="51">R34+1</f>
         <v>16</v>
       </c>
-      <c r="T34" s="171">
+      <c r="T34" s="168">
         <f t="shared" ref="T34" si="52">S34+1</f>
         <v>17</v>
       </c>
-      <c r="U34" s="171">
+      <c r="U34" s="168">
         <f t="shared" ref="U34" si="53">T34+1</f>
         <v>18</v>
       </c>
-      <c r="V34" s="171">
+      <c r="V34" s="168">
         <f t="shared" ref="V34" si="54">U34+1</f>
         <v>19</v>
       </c>
-      <c r="W34" s="171">
+      <c r="W34" s="168">
         <f t="shared" ref="W34" si="55">V34+1</f>
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:23">
-      <c r="B35" s="237" t="s">
+      <c r="B35" s="233" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="236"/>
+      <c r="D35" s="232">
+        <v>0.1</v>
+      </c>
+      <c r="E35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="F35" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="G35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="H35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="I35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="J35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="K35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="L35" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="M35" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="N35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="O35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="P35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="Q35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="R35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="S35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="T35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="U35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="V35" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="W35" s="169">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="B36" s="233" t="s">
+        <v>39</v>
+      </c>
+      <c r="C36" s="236"/>
+      <c r="D36" s="232">
+        <v>0.1</v>
+      </c>
+      <c r="E36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="F36" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="G36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="H36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="I36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="J36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="K36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="L36" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="M36" s="129">
+        <v>0.1</v>
+      </c>
+      <c r="N36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="O36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="P36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="Q36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="R36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="S36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="T36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="U36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="V36" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="W36" s="169">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="B37" s="233" t="s">
         <v>40</v>
       </c>
-      <c r="C35" s="240"/>
-[...189 lines deleted...]
-      <c r="W37" s="173">
+      <c r="C37" s="236"/>
+      <c r="D37" s="238">
+        <v>0</v>
+      </c>
+      <c r="E37" s="244">
+        <v>0</v>
+      </c>
+      <c r="F37" s="244">
+        <v>0</v>
+      </c>
+      <c r="G37" s="244">
+        <v>0</v>
+      </c>
+      <c r="H37" s="135">
+        <v>0</v>
+      </c>
+      <c r="I37" s="135">
+        <v>0</v>
+      </c>
+      <c r="J37" s="135">
+        <v>0</v>
+      </c>
+      <c r="K37" s="135">
+        <v>0</v>
+      </c>
+      <c r="L37" s="136">
+        <v>0</v>
+      </c>
+      <c r="M37" s="136">
+        <v>0</v>
+      </c>
+      <c r="N37" s="135">
+        <v>0</v>
+      </c>
+      <c r="O37" s="135">
+        <v>0</v>
+      </c>
+      <c r="P37" s="135">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="135">
+        <v>0</v>
+      </c>
+      <c r="R37" s="135">
+        <v>0</v>
+      </c>
+      <c r="S37" s="135">
+        <v>0</v>
+      </c>
+      <c r="T37" s="135">
+        <v>0</v>
+      </c>
+      <c r="U37" s="135">
+        <v>0</v>
+      </c>
+      <c r="V37" s="135">
+        <v>0</v>
+      </c>
+      <c r="W37" s="170">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="B38"/>
-      <c r="C38" s="247"/>
-[...2 lines deleted...]
-      <c r="F38" s="247"/>
+      <c r="C38" s="243"/>
+      <c r="D38" s="243"/>
+      <c r="E38" s="243"/>
+      <c r="F38" s="243"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="L38" s="8"/>
-      <c r="M38" s="215"/>
+      <c r="M38" s="211"/>
     </row>
     <row r="39" spans="1:23">
-      <c r="B39" s="250" t="s">
-[...5 lines deleted...]
-      <c r="F39" s="247"/>
+      <c r="B39" s="246" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="243"/>
+      <c r="D39" s="243"/>
+      <c r="E39" s="243"/>
+      <c r="F39" s="243"/>
       <c r="G39" s="7"/>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="L39" s="8"/>
-      <c r="M39" s="215"/>
+      <c r="M39" s="211"/>
     </row>
     <row r="40" spans="1:23">
-      <c r="B40" s="237" t="s">
-[...3 lines deleted...]
-      <c r="D40" s="243">
+      <c r="B40" s="233" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40" s="236"/>
+      <c r="D40" s="239">
         <v>0.01</v>
       </c>
-      <c r="E40" s="241">
+      <c r="E40" s="237">
         <v>0.01</v>
       </c>
-      <c r="F40" s="241">
+      <c r="F40" s="237">
         <v>0.01</v>
       </c>
-      <c r="G40" s="132">
+      <c r="G40" s="130">
         <v>0.01</v>
       </c>
-      <c r="H40" s="132">
+      <c r="H40" s="130">
         <v>0.01</v>
       </c>
-      <c r="I40" s="132">
+      <c r="I40" s="130">
         <v>0.01</v>
       </c>
-      <c r="J40" s="132">
+      <c r="J40" s="130">
         <v>0.01</v>
       </c>
-      <c r="K40" s="132">
+      <c r="K40" s="130">
         <v>0.01</v>
       </c>
-      <c r="L40" s="133">
+      <c r="L40" s="131">
         <v>0.01</v>
       </c>
-      <c r="M40" s="133">
+      <c r="M40" s="131">
         <v>0.01</v>
       </c>
-      <c r="N40" s="132">
+      <c r="N40" s="130">
         <v>0.01</v>
       </c>
-      <c r="O40" s="132">
+      <c r="O40" s="130">
         <v>0.01</v>
       </c>
-      <c r="P40" s="132">
+      <c r="P40" s="130">
         <v>0.01</v>
       </c>
-      <c r="Q40" s="132">
+      <c r="Q40" s="130">
         <v>0.01</v>
       </c>
-      <c r="R40" s="132">
+      <c r="R40" s="130">
         <v>0.01</v>
       </c>
-      <c r="S40" s="132">
+      <c r="S40" s="130">
         <v>0.01</v>
       </c>
-      <c r="T40" s="132">
+      <c r="T40" s="130">
         <v>0.01</v>
       </c>
-      <c r="U40" s="132">
+      <c r="U40" s="130">
         <v>0.01</v>
       </c>
-      <c r="V40" s="132">
+      <c r="V40" s="130">
         <v>0.01</v>
       </c>
-      <c r="W40" s="134">
+      <c r="W40" s="132">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:23">
-      <c r="B41" s="237" t="s">
-[...3 lines deleted...]
-      <c r="D41" s="242">
+      <c r="B41" s="233" t="s">
+        <v>43</v>
+      </c>
+      <c r="C41" s="236"/>
+      <c r="D41" s="238">
         <v>0.01</v>
       </c>
-      <c r="E41" s="248">
+      <c r="E41" s="244">
         <v>0.01</v>
       </c>
-      <c r="F41" s="248">
+      <c r="F41" s="244">
         <v>0.01</v>
       </c>
-      <c r="G41" s="248">
+      <c r="G41" s="244">
         <v>0.01</v>
       </c>
-      <c r="H41" s="137">
+      <c r="H41" s="135">
         <v>0.01</v>
       </c>
-      <c r="I41" s="137">
+      <c r="I41" s="135">
         <v>0.01</v>
       </c>
-      <c r="J41" s="137">
+      <c r="J41" s="135">
         <v>0.01</v>
       </c>
-      <c r="K41" s="137">
+      <c r="K41" s="135">
         <v>0.01</v>
       </c>
-      <c r="L41" s="138">
+      <c r="L41" s="136">
         <v>0.01</v>
       </c>
-      <c r="M41" s="138">
+      <c r="M41" s="136">
         <v>0.01</v>
       </c>
-      <c r="N41" s="137">
+      <c r="N41" s="135">
         <v>0.01</v>
       </c>
-      <c r="O41" s="137">
+      <c r="O41" s="135">
         <v>0.01</v>
       </c>
-      <c r="P41" s="137">
+      <c r="P41" s="135">
         <v>0.01</v>
       </c>
-      <c r="Q41" s="137">
+      <c r="Q41" s="135">
         <v>0.01</v>
       </c>
-      <c r="R41" s="137">
+      <c r="R41" s="135">
         <v>0.01</v>
       </c>
-      <c r="S41" s="137">
+      <c r="S41" s="135">
         <v>0.01</v>
       </c>
-      <c r="T41" s="137">
+      <c r="T41" s="135">
         <v>0.01</v>
       </c>
-      <c r="U41" s="137">
+      <c r="U41" s="135">
         <v>0.01</v>
       </c>
-      <c r="V41" s="137">
+      <c r="V41" s="135">
         <v>0.01</v>
       </c>
-      <c r="W41" s="173">
+      <c r="W41" s="170">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="B42"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="7"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="L42" s="8"/>
-      <c r="M42" s="215"/>
+      <c r="M42" s="211"/>
     </row>
     <row r="43" spans="1:23">
-      <c r="A43" s="121"/>
-[...25 lines deleted...]
-    <row r="44" spans="1:23" ht="9.9499999999999993" customHeight="1">
+      <c r="A43" s="119"/>
+      <c r="B43" s="120" t="s">
+        <v>44</v>
+      </c>
+      <c r="C43" s="121"/>
+      <c r="D43" s="121"/>
+      <c r="E43" s="121"/>
+      <c r="F43" s="121"/>
+      <c r="G43" s="121"/>
+      <c r="H43" s="121"/>
+      <c r="I43" s="121"/>
+      <c r="J43" s="121"/>
+      <c r="K43" s="119"/>
+      <c r="L43" s="122"/>
+      <c r="M43" s="123"/>
+      <c r="N43" s="119"/>
+      <c r="O43" s="124"/>
+      <c r="P43" s="124"/>
+      <c r="Q43" s="124"/>
+      <c r="R43" s="124"/>
+      <c r="S43" s="124"/>
+      <c r="T43" s="124"/>
+      <c r="U43" s="124"/>
+      <c r="V43" s="124"/>
+      <c r="W43" s="124"/>
+    </row>
+    <row r="44" spans="1:23" ht="9.9" customHeight="1">
       <c r="B44" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C44" s="7"/>
       <c r="D44" s="7"/>
       <c r="E44" s="7"/>
       <c r="F44" s="7"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="L44" s="8"/>
-      <c r="M44" s="215"/>
+      <c r="M44" s="211"/>
     </row>
     <row r="45" spans="1:23">
-      <c r="B45" s="250"/>
-[...1 lines deleted...]
-      <c r="D45" s="239" t="s">
+      <c r="B45" s="246"/>
+      <c r="C45" s="236"/>
+      <c r="D45" s="235" t="s">
+        <v>45</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45" s="259" t="s">
+        <v>46</v>
+      </c>
+      <c r="G45" s="258" t="s">
         <v>47</v>
-      </c>
-[...5 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
     </row>
     <row r="46" spans="1:23">
       <c r="B46" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="D46" s="254">
+        <v>48</v>
+      </c>
+      <c r="C46" s="243"/>
+      <c r="D46" s="250">
         <v>5</v>
       </c>
-      <c r="E46" s="247"/>
-      <c r="F46" s="257">
+      <c r="E46" s="243"/>
+      <c r="F46" s="253">
         <v>1</v>
       </c>
-      <c r="G46" s="261"/>
+      <c r="G46" s="257"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="L46" s="8"/>
-      <c r="M46" s="215"/>
+      <c r="M46" s="211"/>
     </row>
     <row r="47" spans="1:23">
       <c r="B47" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="D47" s="253">
+        <v>49</v>
+      </c>
+      <c r="C47" s="243"/>
+      <c r="D47" s="249">
         <v>40</v>
       </c>
-      <c r="E47" s="247"/>
-      <c r="F47" s="256">
+      <c r="E47" s="243"/>
+      <c r="F47" s="252">
         <v>1</v>
       </c>
-      <c r="G47" s="260">
+      <c r="G47" s="256">
         <v>30</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="L47" s="8"/>
-      <c r="M47" s="215"/>
+      <c r="M47" s="211"/>
     </row>
     <row r="48" spans="1:23">
       <c r="B48" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="D48" s="253">
+        <v>50</v>
+      </c>
+      <c r="C48" s="243"/>
+      <c r="D48" s="249">
         <v>100</v>
       </c>
-      <c r="E48" s="247"/>
-      <c r="F48" s="256">
+      <c r="E48" s="243"/>
+      <c r="F48" s="252">
         <v>1</v>
       </c>
-      <c r="G48" s="260">
+      <c r="G48" s="256">
         <v>15</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="L48" s="8"/>
-      <c r="M48" s="215"/>
+      <c r="M48" s="211"/>
     </row>
     <row r="49" spans="1:24">
       <c r="B49" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="D49" s="253">
+        <v>51</v>
+      </c>
+      <c r="C49" s="243"/>
+      <c r="D49" s="249">
         <v>5</v>
       </c>
-      <c r="E49" s="247"/>
-      <c r="F49" s="256">
+      <c r="E49" s="243"/>
+      <c r="F49" s="252">
         <v>1</v>
       </c>
-      <c r="G49" s="260">
+      <c r="G49" s="256">
         <v>5</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="L49" s="8"/>
-      <c r="M49" s="215"/>
+      <c r="M49" s="211"/>
     </row>
     <row r="50" spans="1:24">
       <c r="B50" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="D50" s="253">
+        <v>52</v>
+      </c>
+      <c r="C50" s="243"/>
+      <c r="D50" s="249">
         <v>5</v>
       </c>
-      <c r="E50" s="247"/>
-      <c r="F50" s="256">
+      <c r="E50" s="243"/>
+      <c r="F50" s="252">
         <v>1</v>
       </c>
-      <c r="G50" s="260">
+      <c r="G50" s="256">
         <v>5</v>
       </c>
       <c r="H50" s="7"/>
       <c r="I50" s="7"/>
       <c r="J50" s="7"/>
       <c r="L50" s="8"/>
-      <c r="M50" s="215"/>
+      <c r="M50" s="211"/>
     </row>
     <row r="51" spans="1:24">
       <c r="B51" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="D51" s="252">
+        <v>53</v>
+      </c>
+      <c r="C51" s="243"/>
+      <c r="D51" s="248">
         <v>50</v>
       </c>
-      <c r="E51" s="247"/>
-      <c r="F51" s="255">
+      <c r="E51" s="243"/>
+      <c r="F51" s="251">
         <v>1</v>
       </c>
-      <c r="G51" s="259">
+      <c r="G51" s="255">
         <v>5</v>
       </c>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="L51" s="8"/>
-      <c r="M51" s="215"/>
+      <c r="M51" s="211"/>
     </row>
     <row r="52" spans="1:24">
-      <c r="B52" s="258" t="s">
-[...3 lines deleted...]
-      <c r="D52" s="251">
+      <c r="B52" s="254" t="s">
+        <v>54</v>
+      </c>
+      <c r="C52" s="243"/>
+      <c r="D52" s="247">
         <f>SUM(D46:D51)</f>
         <v>205</v>
       </c>
-      <c r="E52" s="247"/>
-[...1 lines deleted...]
-      <c r="G52" s="247"/>
+      <c r="E52" s="243"/>
+      <c r="F52" s="243"/>
+      <c r="G52" s="243"/>
       <c r="H52" s="7"/>
       <c r="I52" s="7"/>
       <c r="J52" s="7"/>
       <c r="L52" s="8"/>
-      <c r="M52" s="215"/>
+      <c r="M52" s="211"/>
     </row>
     <row r="53" spans="1:24">
       <c r="B53"/>
-      <c r="C53" s="247"/>
-[...3 lines deleted...]
-      <c r="G53" s="247"/>
+      <c r="C53" s="243"/>
+      <c r="D53" s="243"/>
+      <c r="E53" s="243"/>
+      <c r="F53" s="243"/>
+      <c r="G53" s="243"/>
       <c r="H53" s="7"/>
       <c r="I53" s="7"/>
       <c r="J53" s="7"/>
       <c r="L53" s="8"/>
-      <c r="M53" s="215"/>
+      <c r="M53" s="211"/>
     </row>
     <row r="54" spans="1:24">
-      <c r="B54" s="250" t="s">
-[...3 lines deleted...]
-      <c r="D54" s="249">
+      <c r="B54" s="246" t="s">
+        <v>55</v>
+      </c>
+      <c r="C54" s="243"/>
+      <c r="D54" s="245">
         <v>1</v>
       </c>
-      <c r="E54" s="249">
+      <c r="E54" s="245">
         <f>D54+1</f>
         <v>2</v>
       </c>
-      <c r="F54" s="249">
+      <c r="F54" s="245">
         <f t="shared" ref="F54" si="56">E54+1</f>
         <v>3</v>
       </c>
-      <c r="G54" s="249">
+      <c r="G54" s="245">
         <f t="shared" ref="G54" si="57">F54+1</f>
         <v>4</v>
       </c>
-      <c r="H54" s="249">
+      <c r="H54" s="245">
         <f t="shared" ref="H54" si="58">G54+1</f>
         <v>5</v>
       </c>
-      <c r="I54" s="171">
+      <c r="I54" s="168">
         <f t="shared" ref="I54" si="59">H54+1</f>
         <v>6</v>
       </c>
-      <c r="J54" s="171">
+      <c r="J54" s="168">
         <f t="shared" ref="J54" si="60">I54+1</f>
         <v>7</v>
       </c>
-      <c r="K54" s="171">
+      <c r="K54" s="168">
         <f t="shared" ref="K54" si="61">J54+1</f>
         <v>8</v>
       </c>
-      <c r="L54" s="171">
+      <c r="L54" s="168">
         <f t="shared" ref="L54" si="62">K54+1</f>
         <v>9</v>
       </c>
-      <c r="M54" s="171">
+      <c r="M54" s="168">
         <f t="shared" ref="M54" si="63">L54+1</f>
         <v>10</v>
       </c>
-      <c r="N54" s="171">
+      <c r="N54" s="168">
         <f t="shared" ref="N54" si="64">M54+1</f>
         <v>11</v>
       </c>
-      <c r="O54" s="171">
+      <c r="O54" s="168">
         <f t="shared" ref="O54" si="65">N54+1</f>
         <v>12</v>
       </c>
-      <c r="P54" s="171">
+      <c r="P54" s="168">
         <f t="shared" ref="P54" si="66">O54+1</f>
         <v>13</v>
       </c>
-      <c r="Q54" s="171">
+      <c r="Q54" s="168">
         <f t="shared" ref="Q54" si="67">P54+1</f>
         <v>14</v>
       </c>
-      <c r="R54" s="171">
+      <c r="R54" s="168">
         <f t="shared" ref="R54" si="68">Q54+1</f>
         <v>15</v>
       </c>
-      <c r="S54" s="171">
+      <c r="S54" s="168">
         <f t="shared" ref="S54" si="69">R54+1</f>
         <v>16</v>
       </c>
-      <c r="T54" s="171">
+      <c r="T54" s="168">
         <f t="shared" ref="T54" si="70">S54+1</f>
         <v>17</v>
       </c>
-      <c r="U54" s="171">
+      <c r="U54" s="168">
         <f t="shared" ref="U54" si="71">T54+1</f>
         <v>18</v>
       </c>
-      <c r="V54" s="171">
+      <c r="V54" s="168">
         <f t="shared" ref="V54" si="72">U54+1</f>
         <v>19</v>
       </c>
-      <c r="W54" s="171">
+      <c r="W54" s="168">
         <f t="shared" ref="W54" si="73">V54+1</f>
         <v>20</v>
       </c>
-      <c r="X54" s="180" t="s">
-        <v>58</v>
+      <c r="X54" s="177" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="B55" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="D55" s="236">
+        <v>48</v>
+      </c>
+      <c r="C55" s="236"/>
+      <c r="D55" s="232">
         <v>1</v>
       </c>
-      <c r="E55" s="130">
-[...56 lines deleted...]
-      <c r="X55" s="179">
+      <c r="E55" s="128">
+        <v>0</v>
+      </c>
+      <c r="F55" s="128">
+        <v>0</v>
+      </c>
+      <c r="G55" s="234">
+        <v>0</v>
+      </c>
+      <c r="H55" s="128">
+        <v>0</v>
+      </c>
+      <c r="I55" s="128">
+        <v>0</v>
+      </c>
+      <c r="J55" s="128">
+        <v>0</v>
+      </c>
+      <c r="K55" s="128">
+        <v>0</v>
+      </c>
+      <c r="L55" s="129">
+        <v>0</v>
+      </c>
+      <c r="M55" s="129">
+        <v>0</v>
+      </c>
+      <c r="N55" s="128">
+        <v>0</v>
+      </c>
+      <c r="O55" s="128">
+        <v>0</v>
+      </c>
+      <c r="P55" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="128">
+        <v>0</v>
+      </c>
+      <c r="R55" s="128">
+        <v>0</v>
+      </c>
+      <c r="S55" s="128">
+        <v>0</v>
+      </c>
+      <c r="T55" s="128">
+        <v>0</v>
+      </c>
+      <c r="U55" s="128">
+        <v>0</v>
+      </c>
+      <c r="V55" s="128">
+        <v>0</v>
+      </c>
+      <c r="W55" s="169">
+        <v>0</v>
+      </c>
+      <c r="X55" s="176">
         <f>SUM(D55:W55)</f>
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="B56" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="D56" s="236">
+        <v>49</v>
+      </c>
+      <c r="C56" s="236"/>
+      <c r="D56" s="232">
         <v>0.2</v>
       </c>
-      <c r="E56" s="130">
+      <c r="E56" s="128">
         <v>0.2</v>
       </c>
-      <c r="F56" s="130">
+      <c r="F56" s="128">
         <v>0.2</v>
       </c>
-      <c r="G56" s="238">
+      <c r="G56" s="234">
         <v>0.2</v>
       </c>
-      <c r="H56" s="130">
+      <c r="H56" s="128">
         <v>0.2</v>
       </c>
-      <c r="I56" s="130">
-[...44 lines deleted...]
-      <c r="X56" s="179">
+      <c r="I56" s="128">
+        <v>0</v>
+      </c>
+      <c r="J56" s="128">
+        <v>0</v>
+      </c>
+      <c r="K56" s="128">
+        <v>0</v>
+      </c>
+      <c r="L56" s="129">
+        <v>0</v>
+      </c>
+      <c r="M56" s="129">
+        <v>0</v>
+      </c>
+      <c r="N56" s="128">
+        <v>0</v>
+      </c>
+      <c r="O56" s="128">
+        <v>0</v>
+      </c>
+      <c r="P56" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="128">
+        <v>0</v>
+      </c>
+      <c r="R56" s="128">
+        <v>0</v>
+      </c>
+      <c r="S56" s="128">
+        <v>0</v>
+      </c>
+      <c r="T56" s="128">
+        <v>0</v>
+      </c>
+      <c r="U56" s="128">
+        <v>0</v>
+      </c>
+      <c r="V56" s="128">
+        <v>0</v>
+      </c>
+      <c r="W56" s="169">
+        <v>0</v>
+      </c>
+      <c r="X56" s="176">
         <f t="shared" ref="X56:X60" si="74">SUM(D56:W56)</f>
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="B57" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-      <c r="F57" s="130">
+        <v>50</v>
+      </c>
+      <c r="C57" s="236"/>
+      <c r="D57" s="232">
+        <v>0</v>
+      </c>
+      <c r="E57" s="128">
+        <v>0</v>
+      </c>
+      <c r="F57" s="128">
         <v>0.25</v>
       </c>
-      <c r="G57" s="238">
+      <c r="G57" s="234">
         <v>0.25</v>
       </c>
-      <c r="H57" s="130">
+      <c r="H57" s="128">
         <v>0.25</v>
       </c>
-      <c r="I57" s="130">
+      <c r="I57" s="128">
         <v>0.25</v>
       </c>
-      <c r="J57" s="130">
-[...41 lines deleted...]
-      <c r="X57" s="179">
+      <c r="J57" s="128">
+        <v>0</v>
+      </c>
+      <c r="K57" s="128">
+        <v>0</v>
+      </c>
+      <c r="L57" s="129">
+        <v>0</v>
+      </c>
+      <c r="M57" s="129">
+        <v>0</v>
+      </c>
+      <c r="N57" s="128">
+        <v>0</v>
+      </c>
+      <c r="O57" s="128">
+        <v>0</v>
+      </c>
+      <c r="P57" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="128">
+        <v>0</v>
+      </c>
+      <c r="R57" s="128">
+        <v>0</v>
+      </c>
+      <c r="S57" s="128">
+        <v>0</v>
+      </c>
+      <c r="T57" s="128">
+        <v>0</v>
+      </c>
+      <c r="U57" s="128">
+        <v>0</v>
+      </c>
+      <c r="V57" s="128">
+        <v>0</v>
+      </c>
+      <c r="W57" s="169">
+        <v>0</v>
+      </c>
+      <c r="X57" s="176">
         <f t="shared" si="74"/>
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="B58" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="D58" s="236">
+        <v>51</v>
+      </c>
+      <c r="C58" s="236"/>
+      <c r="D58" s="232">
         <v>1</v>
       </c>
-      <c r="E58" s="130">
-[...56 lines deleted...]
-      <c r="X58" s="179">
+      <c r="E58" s="128">
+        <v>0</v>
+      </c>
+      <c r="F58" s="128">
+        <v>0</v>
+      </c>
+      <c r="G58" s="234">
+        <v>0</v>
+      </c>
+      <c r="H58" s="128">
+        <v>0</v>
+      </c>
+      <c r="I58" s="128">
+        <v>0</v>
+      </c>
+      <c r="J58" s="128">
+        <v>0</v>
+      </c>
+      <c r="K58" s="128">
+        <v>0</v>
+      </c>
+      <c r="L58" s="129">
+        <v>0</v>
+      </c>
+      <c r="M58" s="129">
+        <v>0</v>
+      </c>
+      <c r="N58" s="128">
+        <v>0</v>
+      </c>
+      <c r="O58" s="128">
+        <v>0</v>
+      </c>
+      <c r="P58" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="128">
+        <v>0</v>
+      </c>
+      <c r="R58" s="128">
+        <v>0</v>
+      </c>
+      <c r="S58" s="128">
+        <v>0</v>
+      </c>
+      <c r="T58" s="128">
+        <v>0</v>
+      </c>
+      <c r="U58" s="128">
+        <v>0</v>
+      </c>
+      <c r="V58" s="128">
+        <v>0</v>
+      </c>
+      <c r="W58" s="169">
+        <v>0</v>
+      </c>
+      <c r="X58" s="176">
         <f t="shared" si="74"/>
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="B59" t="s">
-        <v>54</v>
-[...32 lines deleted...]
-      <c r="N59" s="130">
+        <v>52</v>
+      </c>
+      <c r="C59" s="236"/>
+      <c r="D59" s="232">
+        <v>0</v>
+      </c>
+      <c r="E59" s="128">
+        <v>0</v>
+      </c>
+      <c r="F59" s="128">
+        <v>0</v>
+      </c>
+      <c r="G59" s="234">
+        <v>0</v>
+      </c>
+      <c r="H59" s="128">
+        <v>0</v>
+      </c>
+      <c r="I59" s="128">
+        <v>0</v>
+      </c>
+      <c r="J59" s="128">
+        <v>0</v>
+      </c>
+      <c r="K59" s="128">
+        <v>0</v>
+      </c>
+      <c r="L59" s="129">
+        <v>0</v>
+      </c>
+      <c r="M59" s="129">
+        <v>0</v>
+      </c>
+      <c r="N59" s="128">
         <v>0.1</v>
       </c>
-      <c r="O59" s="130">
+      <c r="O59" s="128">
         <v>0.1</v>
       </c>
-      <c r="P59" s="130">
+      <c r="P59" s="128">
         <v>0.1</v>
       </c>
-      <c r="Q59" s="130">
+      <c r="Q59" s="128">
         <v>0.1</v>
       </c>
-      <c r="R59" s="130">
+      <c r="R59" s="128">
         <v>0.1</v>
       </c>
-      <c r="S59" s="130">
+      <c r="S59" s="128">
         <v>0.1</v>
       </c>
-      <c r="T59" s="130">
+      <c r="T59" s="128">
         <v>0.1</v>
       </c>
-      <c r="U59" s="130">
+      <c r="U59" s="128">
         <v>0.1</v>
       </c>
-      <c r="V59" s="130">
+      <c r="V59" s="128">
         <v>0.1</v>
       </c>
-      <c r="W59" s="172">
+      <c r="W59" s="169">
         <v>0.1</v>
       </c>
-      <c r="X59" s="179">
+      <c r="X59" s="176">
         <f t="shared" si="74"/>
         <v>0.99999999999999989</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="B60" t="s">
-        <v>55</v>
-[...32 lines deleted...]
-      <c r="N60" s="137">
+        <v>53</v>
+      </c>
+      <c r="C60" s="236"/>
+      <c r="D60" s="238">
+        <v>0</v>
+      </c>
+      <c r="E60" s="244">
+        <v>0</v>
+      </c>
+      <c r="F60" s="244">
+        <v>0</v>
+      </c>
+      <c r="G60" s="244">
+        <v>0</v>
+      </c>
+      <c r="H60" s="244">
+        <v>0</v>
+      </c>
+      <c r="I60" s="135">
+        <v>0</v>
+      </c>
+      <c r="J60" s="135">
+        <v>0</v>
+      </c>
+      <c r="K60" s="135">
+        <v>0</v>
+      </c>
+      <c r="L60" s="136">
+        <v>0</v>
+      </c>
+      <c r="M60" s="136">
+        <v>0</v>
+      </c>
+      <c r="N60" s="135">
         <v>0.1</v>
       </c>
-      <c r="O60" s="137">
+      <c r="O60" s="135">
         <v>0.1</v>
       </c>
-      <c r="P60" s="137">
+      <c r="P60" s="135">
         <v>0.1</v>
       </c>
-      <c r="Q60" s="137">
+      <c r="Q60" s="135">
         <v>0.1</v>
       </c>
-      <c r="R60" s="137">
+      <c r="R60" s="135">
         <v>0.1</v>
       </c>
-      <c r="S60" s="137">
+      <c r="S60" s="135">
         <v>0.1</v>
       </c>
-      <c r="T60" s="137">
+      <c r="T60" s="135">
         <v>0.1</v>
       </c>
-      <c r="U60" s="137">
+      <c r="U60" s="135">
         <v>0.1</v>
       </c>
-      <c r="V60" s="137">
+      <c r="V60" s="135">
         <v>0.1</v>
       </c>
-      <c r="W60" s="173">
+      <c r="W60" s="170">
         <v>0.1</v>
       </c>
-      <c r="X60" s="179">
+      <c r="X60" s="176">
         <f t="shared" si="74"/>
         <v>0.99999999999999989</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="B61"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="7"/>
       <c r="L61" s="8"/>
-      <c r="M61" s="215"/>
+      <c r="M61" s="211"/>
     </row>
     <row r="62" spans="1:24">
-      <c r="A62" s="121"/>
-[...36 lines deleted...]
-      <c r="M63" s="218"/>
+      <c r="A62" s="119"/>
+      <c r="B62" s="120" t="s">
+        <v>57</v>
+      </c>
+      <c r="C62" s="121"/>
+      <c r="D62" s="121"/>
+      <c r="E62" s="121"/>
+      <c r="F62" s="121"/>
+      <c r="G62" s="121"/>
+      <c r="H62" s="121"/>
+      <c r="I62" s="121"/>
+      <c r="J62" s="121"/>
+      <c r="K62" s="119"/>
+      <c r="L62" s="122"/>
+      <c r="M62" s="123"/>
+      <c r="N62" s="119"/>
+      <c r="O62" s="124"/>
+      <c r="P62" s="124"/>
+      <c r="Q62" s="124"/>
+      <c r="R62" s="124"/>
+      <c r="S62" s="124"/>
+      <c r="T62" s="124"/>
+      <c r="U62" s="124"/>
+      <c r="V62" s="124"/>
+      <c r="W62" s="124"/>
+    </row>
+    <row r="63" spans="1:24" s="110" customFormat="1">
+      <c r="B63" s="144"/>
+      <c r="C63" s="145"/>
+      <c r="D63" s="140"/>
+      <c r="E63" s="145"/>
+      <c r="F63" s="145"/>
+      <c r="G63" s="145"/>
+      <c r="H63" s="145"/>
+      <c r="I63" s="145"/>
+      <c r="J63" s="145"/>
+      <c r="L63" s="146"/>
+      <c r="M63" s="214"/>
     </row>
     <row r="64" spans="1:24">
-      <c r="B64" s="287" t="s">
-[...3 lines deleted...]
-      <c r="D64" s="249">
+      <c r="B64" s="284" t="s">
+        <v>58</v>
+      </c>
+      <c r="C64" s="285"/>
+      <c r="D64" s="245">
         <v>1</v>
       </c>
-      <c r="E64" s="249">
+      <c r="E64" s="245">
         <f>D64+1</f>
         <v>2</v>
       </c>
-      <c r="F64" s="249">
+      <c r="F64" s="245">
         <f t="shared" ref="F64" si="75">E64+1</f>
         <v>3</v>
       </c>
-      <c r="G64" s="249">
+      <c r="G64" s="245">
         <f t="shared" ref="G64" si="76">F64+1</f>
         <v>4</v>
       </c>
-      <c r="H64" s="171">
+      <c r="H64" s="168">
         <f t="shared" ref="H64" si="77">G64+1</f>
         <v>5</v>
       </c>
-      <c r="I64" s="171">
+      <c r="I64" s="168">
         <f t="shared" ref="I64" si="78">H64+1</f>
         <v>6</v>
       </c>
-      <c r="J64" s="171">
+      <c r="J64" s="168">
         <f t="shared" ref="J64" si="79">I64+1</f>
         <v>7</v>
       </c>
-      <c r="K64" s="171">
+      <c r="K64" s="168">
         <f t="shared" ref="K64" si="80">J64+1</f>
         <v>8</v>
       </c>
-      <c r="L64" s="171">
+      <c r="L64" s="168">
         <f t="shared" ref="L64" si="81">K64+1</f>
         <v>9</v>
       </c>
-      <c r="M64" s="171">
+      <c r="M64" s="168">
         <f t="shared" ref="M64" si="82">L64+1</f>
         <v>10</v>
       </c>
-      <c r="N64" s="171">
+      <c r="N64" s="168">
         <f t="shared" ref="N64" si="83">M64+1</f>
         <v>11</v>
       </c>
-      <c r="O64" s="171">
+      <c r="O64" s="168">
         <f t="shared" ref="O64" si="84">N64+1</f>
         <v>12</v>
       </c>
-      <c r="P64" s="171">
+      <c r="P64" s="168">
         <f t="shared" ref="P64" si="85">O64+1</f>
         <v>13</v>
       </c>
-      <c r="Q64" s="171">
+      <c r="Q64" s="168">
         <f t="shared" ref="Q64" si="86">P64+1</f>
         <v>14</v>
       </c>
-      <c r="R64" s="171">
+      <c r="R64" s="168">
         <f t="shared" ref="R64" si="87">Q64+1</f>
         <v>15</v>
       </c>
-      <c r="S64" s="171">
+      <c r="S64" s="168">
         <f t="shared" ref="S64" si="88">R64+1</f>
         <v>16</v>
       </c>
-      <c r="T64" s="171">
+      <c r="T64" s="168">
         <f t="shared" ref="T64" si="89">S64+1</f>
         <v>17</v>
       </c>
-      <c r="U64" s="171">
+      <c r="U64" s="168">
         <f t="shared" ref="U64" si="90">T64+1</f>
         <v>18</v>
       </c>
-      <c r="V64" s="171">
+      <c r="V64" s="168">
         <f t="shared" ref="V64" si="91">U64+1</f>
         <v>19</v>
       </c>
-      <c r="W64" s="171">
+      <c r="W64" s="168">
         <f t="shared" ref="W64" si="92">V64+1</f>
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="2:24">
-      <c r="B65" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D65" s="232">
+      <c r="B65" s="144" t="s">
+        <v>59</v>
+      </c>
+      <c r="C65" s="285"/>
+      <c r="D65" s="228">
         <v>5.6005199999999995</v>
       </c>
-      <c r="E65" s="233">
+      <c r="E65" s="229">
         <v>5.5434587499999948</v>
       </c>
-      <c r="F65" s="269">
-[...61 lines deleted...]
-      <c r="F66" s="247"/>
+      <c r="F65" s="265">
+        <v>0</v>
+      </c>
+      <c r="G65" s="229">
+        <v>0</v>
+      </c>
+      <c r="H65" s="229">
+        <v>0</v>
+      </c>
+      <c r="I65" s="229">
+        <v>0</v>
+      </c>
+      <c r="J65" s="229">
+        <v>0</v>
+      </c>
+      <c r="K65" s="229">
+        <v>0</v>
+      </c>
+      <c r="L65" s="230">
+        <v>0</v>
+      </c>
+      <c r="M65" s="230">
+        <v>0</v>
+      </c>
+      <c r="N65" s="229">
+        <v>0</v>
+      </c>
+      <c r="O65" s="229">
+        <v>0</v>
+      </c>
+      <c r="P65" s="229">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="229">
+        <v>0</v>
+      </c>
+      <c r="R65" s="229">
+        <v>0</v>
+      </c>
+      <c r="S65" s="229">
+        <v>0</v>
+      </c>
+      <c r="T65" s="229">
+        <v>0</v>
+      </c>
+      <c r="U65" s="229">
+        <v>0</v>
+      </c>
+      <c r="V65" s="229">
+        <v>0</v>
+      </c>
+      <c r="W65" s="231">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:24" ht="9.9" customHeight="1">
+      <c r="B66" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="C66" s="283"/>
+      <c r="D66" s="243"/>
+      <c r="E66" s="243"/>
+      <c r="F66" s="243"/>
       <c r="G66" s="7"/>
       <c r="H66" s="7"/>
       <c r="I66" s="7"/>
       <c r="J66" s="7"/>
       <c r="L66" s="8"/>
-      <c r="M66" s="215"/>
+      <c r="M66" s="211"/>
     </row>
     <row r="67" spans="2:24">
-      <c r="B67" s="287" t="s">
+      <c r="B67" s="284" t="s">
+        <v>60</v>
+      </c>
+      <c r="C67" s="285"/>
+      <c r="D67" s="127" t="s">
+        <v>61</v>
+      </c>
+      <c r="E67" s="127" t="s">
         <v>62</v>
-      </c>
-[...5 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67"/>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67"/>
       <c r="V67"/>
       <c r="W67"/>
     </row>
     <row r="68" spans="2:24">
-      <c r="B68" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D68" s="149">
+      <c r="B68" s="144" t="s">
+        <v>63</v>
+      </c>
+      <c r="C68" s="283"/>
+      <c r="D68" s="147">
         <v>0.05</v>
       </c>
-      <c r="E68" s="226">
+      <c r="E68" s="222">
         <f>+D68*SUM(D$46:D$50)</f>
         <v>7.75</v>
       </c>
-      <c r="F68" s="239" t="s">
-        <v>66</v>
+      <c r="F68" s="235" t="s">
+        <v>64</v>
       </c>
       <c r="G68" s="7"/>
       <c r="H68" s="7"/>
       <c r="I68" s="7"/>
       <c r="J68" s="7"/>
       <c r="L68" s="8"/>
-      <c r="M68" s="215"/>
+      <c r="M68" s="211"/>
     </row>
     <row r="69" spans="2:24">
-      <c r="B69" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D69" s="160">
+      <c r="B69" s="144" t="s">
+        <v>198</v>
+      </c>
+      <c r="C69" s="283"/>
+      <c r="D69" s="158">
         <v>0.1</v>
       </c>
-      <c r="E69" s="227">
+      <c r="E69" s="223">
         <f>+D69*SUM(D$46:D$50)</f>
         <v>15.5</v>
       </c>
-      <c r="F69" s="268">
+      <c r="F69" s="264">
         <v>0.06</v>
       </c>
       <c r="G69" s="7"/>
       <c r="H69" s="7"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="L69" s="8"/>
-      <c r="M69" s="215"/>
+      <c r="M69" s="211"/>
     </row>
     <row r="70" spans="2:24">
-      <c r="B70" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D70" s="150">
+      <c r="B70" s="144" t="s">
+        <v>66</v>
+      </c>
+      <c r="C70" s="283"/>
+      <c r="D70" s="148">
         <f>+E70/D52</f>
         <v>2.4390243902439025E-2</v>
       </c>
-      <c r="E70" s="145">
+      <c r="E70" s="143">
         <v>5</v>
       </c>
-      <c r="F70" s="247"/>
+      <c r="F70" s="243"/>
       <c r="G70" s="7"/>
       <c r="H70" s="7"/>
       <c r="I70" s="7"/>
       <c r="J70" s="7"/>
       <c r="L70" s="8"/>
-      <c r="M70" s="215"/>
+      <c r="M70" s="211"/>
     </row>
     <row r="71" spans="2:24">
-      <c r="B71" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D71" s="136">
+      <c r="B71" s="144" t="s">
+        <v>67</v>
+      </c>
+      <c r="C71" s="283"/>
+      <c r="D71" s="134">
         <v>0.35</v>
       </c>
-      <c r="E71" s="266"/>
-      <c r="F71" s="247"/>
+      <c r="E71" s="262"/>
+      <c r="F71" s="243"/>
       <c r="G71" s="7"/>
       <c r="H71" s="7"/>
       <c r="I71" s="7"/>
       <c r="J71" s="7"/>
       <c r="L71" s="8"/>
-      <c r="M71" s="215"/>
-[...12 lines deleted...]
-      <c r="M72" s="218"/>
+      <c r="M71" s="211"/>
+    </row>
+    <row r="72" spans="2:24" s="110" customFormat="1">
+      <c r="B72" s="144"/>
+      <c r="C72" s="283"/>
+      <c r="D72" s="261"/>
+      <c r="E72" s="243"/>
+      <c r="F72" s="243"/>
+      <c r="G72" s="145"/>
+      <c r="H72" s="145"/>
+      <c r="I72" s="145"/>
+      <c r="J72" s="145"/>
+      <c r="L72" s="146"/>
+      <c r="M72" s="214"/>
     </row>
     <row r="73" spans="2:24">
-      <c r="B73" s="287" t="s">
-[...3 lines deleted...]
-      <c r="D73" s="171">
+      <c r="B73" s="284" t="s">
+        <v>68</v>
+      </c>
+      <c r="C73" s="285"/>
+      <c r="D73" s="168">
         <v>1</v>
       </c>
-      <c r="E73" s="171">
+      <c r="E73" s="168">
         <f>D73+1</f>
         <v>2</v>
       </c>
-      <c r="F73" s="249">
+      <c r="F73" s="245">
         <f t="shared" ref="F73" si="93">E73+1</f>
         <v>3</v>
       </c>
-      <c r="G73" s="249">
+      <c r="G73" s="245">
         <f t="shared" ref="G73" si="94">F73+1</f>
         <v>4</v>
       </c>
-      <c r="H73" s="171">
+      <c r="H73" s="168">
         <f t="shared" ref="H73" si="95">G73+1</f>
         <v>5</v>
       </c>
-      <c r="I73" s="171">
+      <c r="I73" s="168">
         <f t="shared" ref="I73" si="96">H73+1</f>
         <v>6</v>
       </c>
-      <c r="J73" s="171">
+      <c r="J73" s="168">
         <f t="shared" ref="J73" si="97">I73+1</f>
         <v>7</v>
       </c>
-      <c r="K73" s="171">
+      <c r="K73" s="168">
         <f t="shared" ref="K73" si="98">J73+1</f>
         <v>8</v>
       </c>
-      <c r="L73" s="171">
+      <c r="L73" s="168">
         <f t="shared" ref="L73" si="99">K73+1</f>
         <v>9</v>
       </c>
-      <c r="M73" s="171">
+      <c r="M73" s="168">
         <f t="shared" ref="M73" si="100">L73+1</f>
         <v>10</v>
       </c>
-      <c r="N73" s="171">
+      <c r="N73" s="168">
         <f t="shared" ref="N73" si="101">M73+1</f>
         <v>11</v>
       </c>
-      <c r="O73" s="171">
+      <c r="O73" s="168">
         <f t="shared" ref="O73" si="102">N73+1</f>
         <v>12</v>
       </c>
-      <c r="P73" s="171">
+      <c r="P73" s="168">
         <f t="shared" ref="P73" si="103">O73+1</f>
         <v>13</v>
       </c>
-      <c r="Q73" s="171">
+      <c r="Q73" s="168">
         <f t="shared" ref="Q73" si="104">P73+1</f>
         <v>14</v>
       </c>
-      <c r="R73" s="171">
+      <c r="R73" s="168">
         <f t="shared" ref="R73" si="105">Q73+1</f>
         <v>15</v>
       </c>
-      <c r="S73" s="171">
+      <c r="S73" s="168">
         <f t="shared" ref="S73" si="106">R73+1</f>
         <v>16</v>
       </c>
-      <c r="T73" s="171">
+      <c r="T73" s="168">
         <f t="shared" ref="T73" si="107">S73+1</f>
         <v>17</v>
       </c>
-      <c r="U73" s="171">
+      <c r="U73" s="168">
         <f t="shared" ref="U73" si="108">T73+1</f>
         <v>18</v>
       </c>
-      <c r="V73" s="171">
+      <c r="V73" s="168">
         <f t="shared" ref="V73" si="109">U73+1</f>
         <v>19</v>
       </c>
-      <c r="W73" s="171">
+      <c r="W73" s="168">
         <f t="shared" ref="W73" si="110">V73+1</f>
         <v>20</v>
       </c>
-      <c r="X73" s="180" t="s">
-        <v>58</v>
+      <c r="X73" s="177" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="74" spans="2:24">
-      <c r="B74" s="146" t="s">
-[...6 lines deleted...]
-      <c r="E74" s="130">
+      <c r="B74" s="144" t="s">
+        <v>63</v>
+      </c>
+      <c r="C74" s="285"/>
+      <c r="D74" s="133">
+        <v>0</v>
+      </c>
+      <c r="E74" s="128">
         <v>0.05</v>
       </c>
-      <c r="F74" s="238">
+      <c r="F74" s="234">
         <v>0.2</v>
       </c>
-      <c r="G74" s="130">
+      <c r="G74" s="128">
         <v>0.2</v>
       </c>
-      <c r="H74" s="130">
+      <c r="H74" s="128">
         <v>0.2</v>
       </c>
-      <c r="I74" s="130">
+      <c r="I74" s="128">
         <v>0.35</v>
       </c>
-      <c r="J74" s="130">
-[...41 lines deleted...]
-      <c r="X74" s="179">
+      <c r="J74" s="128">
+        <v>0</v>
+      </c>
+      <c r="K74" s="128">
+        <v>0</v>
+      </c>
+      <c r="L74" s="129">
+        <v>0</v>
+      </c>
+      <c r="M74" s="129">
+        <v>0</v>
+      </c>
+      <c r="N74" s="128">
+        <v>0</v>
+      </c>
+      <c r="O74" s="128">
+        <v>0</v>
+      </c>
+      <c r="P74" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="128">
+        <v>0</v>
+      </c>
+      <c r="R74" s="128">
+        <v>0</v>
+      </c>
+      <c r="S74" s="128">
+        <v>0</v>
+      </c>
+      <c r="T74" s="128">
+        <v>0</v>
+      </c>
+      <c r="U74" s="128">
+        <v>0</v>
+      </c>
+      <c r="V74" s="128">
+        <v>0</v>
+      </c>
+      <c r="W74" s="169">
+        <v>0</v>
+      </c>
+      <c r="X74" s="176">
         <f>SUM(D74:W74)</f>
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="2:24">
-      <c r="B75" s="146" t="s">
-[...6 lines deleted...]
-      <c r="E75" s="130">
+      <c r="B75" s="144" t="s">
+        <v>69</v>
+      </c>
+      <c r="C75" s="285"/>
+      <c r="D75" s="133">
+        <v>0</v>
+      </c>
+      <c r="E75" s="128">
         <v>0.05</v>
       </c>
-      <c r="F75" s="238">
+      <c r="F75" s="234">
         <v>0.2</v>
       </c>
-      <c r="G75" s="130">
+      <c r="G75" s="128">
         <v>0.2</v>
       </c>
-      <c r="H75" s="130">
+      <c r="H75" s="128">
         <v>0.2</v>
       </c>
-      <c r="I75" s="130">
+      <c r="I75" s="128">
         <v>0.35</v>
       </c>
-      <c r="J75" s="130">
-[...41 lines deleted...]
-      <c r="X75" s="179">
+      <c r="J75" s="128">
+        <v>0</v>
+      </c>
+      <c r="K75" s="128">
+        <v>0</v>
+      </c>
+      <c r="L75" s="129">
+        <v>0</v>
+      </c>
+      <c r="M75" s="129">
+        <v>0</v>
+      </c>
+      <c r="N75" s="128">
+        <v>0</v>
+      </c>
+      <c r="O75" s="128">
+        <v>0</v>
+      </c>
+      <c r="P75" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="128">
+        <v>0</v>
+      </c>
+      <c r="R75" s="128">
+        <v>0</v>
+      </c>
+      <c r="S75" s="128">
+        <v>0</v>
+      </c>
+      <c r="T75" s="128">
+        <v>0</v>
+      </c>
+      <c r="U75" s="128">
+        <v>0</v>
+      </c>
+      <c r="V75" s="128">
+        <v>0</v>
+      </c>
+      <c r="W75" s="169">
+        <v>0</v>
+      </c>
+      <c r="X75" s="176">
         <f>SUM(D75:W75)</f>
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="2:24">
-      <c r="B76" s="146" t="s">
-[...21 lines deleted...]
-      <c r="J76" s="130">
+      <c r="B76" s="144" t="s">
+        <v>70</v>
+      </c>
+      <c r="C76" s="285"/>
+      <c r="D76" s="133">
+        <v>0</v>
+      </c>
+      <c r="E76" s="128">
+        <v>0</v>
+      </c>
+      <c r="F76" s="234">
+        <v>0</v>
+      </c>
+      <c r="G76" s="128">
+        <v>0</v>
+      </c>
+      <c r="H76" s="128">
+        <v>0</v>
+      </c>
+      <c r="I76" s="128">
+        <v>0</v>
+      </c>
+      <c r="J76" s="128">
         <v>0.25</v>
       </c>
-      <c r="K76" s="130">
+      <c r="K76" s="128">
         <v>0.25</v>
       </c>
-      <c r="L76" s="130">
+      <c r="L76" s="128">
         <v>0.25</v>
       </c>
-      <c r="M76" s="130">
+      <c r="M76" s="128">
         <v>0.25</v>
       </c>
-      <c r="N76" s="130">
-[...29 lines deleted...]
-      <c r="X76" s="179">
+      <c r="N76" s="128">
+        <v>0</v>
+      </c>
+      <c r="O76" s="128">
+        <v>0</v>
+      </c>
+      <c r="P76" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="128">
+        <v>0</v>
+      </c>
+      <c r="R76" s="128">
+        <v>0</v>
+      </c>
+      <c r="S76" s="128">
+        <v>0</v>
+      </c>
+      <c r="T76" s="128">
+        <v>0</v>
+      </c>
+      <c r="U76" s="128">
+        <v>0</v>
+      </c>
+      <c r="V76" s="128">
+        <v>0</v>
+      </c>
+      <c r="W76" s="169">
+        <v>0</v>
+      </c>
+      <c r="X76" s="176">
         <f>SUM(D76:W76)</f>
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="2:24">
-      <c r="B77" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D77" s="242">
+      <c r="B77" s="144" t="s">
+        <v>66</v>
+      </c>
+      <c r="C77" s="285"/>
+      <c r="D77" s="238">
         <v>1</v>
       </c>
-      <c r="E77" s="248">
-[...56 lines deleted...]
-      <c r="X77" s="179">
+      <c r="E77" s="244">
+        <v>0</v>
+      </c>
+      <c r="F77" s="244">
+        <v>0</v>
+      </c>
+      <c r="G77" s="244">
+        <v>0</v>
+      </c>
+      <c r="H77" s="135">
+        <v>0</v>
+      </c>
+      <c r="I77" s="135">
+        <v>0</v>
+      </c>
+      <c r="J77" s="135">
+        <v>0</v>
+      </c>
+      <c r="K77" s="135">
+        <v>0</v>
+      </c>
+      <c r="L77" s="136">
+        <v>0</v>
+      </c>
+      <c r="M77" s="136">
+        <v>0</v>
+      </c>
+      <c r="N77" s="135">
+        <v>0</v>
+      </c>
+      <c r="O77" s="135">
+        <v>0</v>
+      </c>
+      <c r="P77" s="135">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="135">
+        <v>0</v>
+      </c>
+      <c r="R77" s="135">
+        <v>0</v>
+      </c>
+      <c r="S77" s="135">
+        <v>0</v>
+      </c>
+      <c r="T77" s="135">
+        <v>0</v>
+      </c>
+      <c r="U77" s="135">
+        <v>0</v>
+      </c>
+      <c r="V77" s="135">
+        <v>0</v>
+      </c>
+      <c r="W77" s="170">
+        <v>0</v>
+      </c>
+      <c r="X77" s="176">
         <f t="shared" ref="X77" si="111">SUM(D77:W77)</f>
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="2:24">
-      <c r="B78" s="288"/>
-[...3 lines deleted...]
-      <c r="F78" s="247"/>
+      <c r="B78" s="285"/>
+      <c r="C78" s="283"/>
+      <c r="D78" s="243"/>
+      <c r="E78" s="243"/>
+      <c r="F78" s="243"/>
       <c r="G78" s="7"/>
       <c r="H78" s="7"/>
       <c r="I78" s="7"/>
       <c r="J78" s="7"/>
       <c r="L78" s="8"/>
-      <c r="M78" s="215"/>
+      <c r="M78" s="211"/>
     </row>
     <row r="79" spans="2:24">
-      <c r="B79" s="289" t="s">
-[...5 lines deleted...]
-      <c r="F79" s="247"/>
+      <c r="B79" s="286" t="s">
+        <v>71</v>
+      </c>
+      <c r="C79" s="285"/>
+      <c r="D79" s="260"/>
+      <c r="E79" s="243"/>
+      <c r="F79" s="243"/>
       <c r="G79" s="7"/>
       <c r="H79" s="7"/>
       <c r="I79" s="7"/>
       <c r="J79" s="7"/>
       <c r="L79" s="8"/>
-      <c r="M79" s="215"/>
-[...6 lines deleted...]
-      <c r="D80" s="294">
+      <c r="M79" s="211"/>
+    </row>
+    <row r="80" spans="2:24" ht="14.4" customHeight="1">
+      <c r="B80" s="285" t="s">
+        <v>72</v>
+      </c>
+      <c r="C80" s="285"/>
+      <c r="D80" s="290">
         <v>15</v>
       </c>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80"/>
     </row>
     <row r="81" spans="2:24">
-      <c r="B81" s="290" t="s">
-[...3 lines deleted...]
-      <c r="D81" s="210">
+      <c r="B81" s="287" t="s">
+        <v>64</v>
+      </c>
+      <c r="C81" s="285"/>
+      <c r="D81" s="207">
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="E81" s="247"/>
-      <c r="F81" s="247"/>
+      <c r="E81" s="243"/>
+      <c r="F81" s="243"/>
       <c r="G81" s="7"/>
       <c r="H81" s="7"/>
       <c r="I81" s="7"/>
       <c r="J81" s="7"/>
       <c r="L81" s="8"/>
-      <c r="M81" s="215"/>
-[...12 lines deleted...]
-      <c r="M82" s="218"/>
+      <c r="M81" s="211"/>
+    </row>
+    <row r="82" spans="2:24" s="110" customFormat="1">
+      <c r="B82" s="144"/>
+      <c r="C82" s="283"/>
+      <c r="D82" s="282"/>
+      <c r="E82" s="283"/>
+      <c r="F82" s="283"/>
+      <c r="G82" s="145"/>
+      <c r="H82" s="145"/>
+      <c r="I82" s="145"/>
+      <c r="J82" s="145"/>
+      <c r="L82" s="146"/>
+      <c r="M82" s="214"/>
     </row>
     <row r="83" spans="2:24">
-      <c r="B83" s="287" t="s">
-[...3 lines deleted...]
-      <c r="D83" s="171">
+      <c r="B83" s="284" t="s">
+        <v>73</v>
+      </c>
+      <c r="C83" s="285"/>
+      <c r="D83" s="168">
         <v>1</v>
       </c>
-      <c r="E83" s="171">
+      <c r="E83" s="168">
         <f>D83+1</f>
         <v>2</v>
       </c>
-      <c r="F83" s="249">
+      <c r="F83" s="245">
         <f t="shared" ref="F83" si="112">E83+1</f>
         <v>3</v>
       </c>
-      <c r="G83" s="249">
+      <c r="G83" s="245">
         <f t="shared" ref="G83" si="113">F83+1</f>
         <v>4</v>
       </c>
-      <c r="H83" s="171">
+      <c r="H83" s="168">
         <f t="shared" ref="H83" si="114">G83+1</f>
         <v>5</v>
       </c>
-      <c r="I83" s="171">
+      <c r="I83" s="168">
         <f t="shared" ref="I83" si="115">H83+1</f>
         <v>6</v>
       </c>
-      <c r="J83" s="171">
+      <c r="J83" s="168">
         <f t="shared" ref="J83" si="116">I83+1</f>
         <v>7</v>
       </c>
-      <c r="K83" s="171">
+      <c r="K83" s="168">
         <f t="shared" ref="K83" si="117">J83+1</f>
         <v>8</v>
       </c>
-      <c r="L83" s="171">
+      <c r="L83" s="168">
         <f t="shared" ref="L83" si="118">K83+1</f>
         <v>9</v>
       </c>
-      <c r="M83" s="171">
+      <c r="M83" s="168">
         <f t="shared" ref="M83" si="119">L83+1</f>
         <v>10</v>
       </c>
-      <c r="N83" s="171">
+      <c r="N83" s="168">
         <f t="shared" ref="N83" si="120">M83+1</f>
         <v>11</v>
       </c>
-      <c r="O83" s="171">
+      <c r="O83" s="168">
         <f t="shared" ref="O83" si="121">N83+1</f>
         <v>12</v>
       </c>
-      <c r="P83" s="171">
+      <c r="P83" s="168">
         <f t="shared" ref="P83" si="122">O83+1</f>
         <v>13</v>
       </c>
-      <c r="Q83" s="171">
+      <c r="Q83" s="168">
         <f t="shared" ref="Q83" si="123">P83+1</f>
         <v>14</v>
       </c>
-      <c r="R83" s="171">
+      <c r="R83" s="168">
         <f t="shared" ref="R83" si="124">Q83+1</f>
         <v>15</v>
       </c>
-      <c r="S83" s="171">
+      <c r="S83" s="168">
         <f t="shared" ref="S83" si="125">R83+1</f>
         <v>16</v>
       </c>
-      <c r="T83" s="171">
+      <c r="T83" s="168">
         <f t="shared" ref="T83" si="126">S83+1</f>
         <v>17</v>
       </c>
-      <c r="U83" s="171">
+      <c r="U83" s="168">
         <f t="shared" ref="U83" si="127">T83+1</f>
         <v>18</v>
       </c>
-      <c r="V83" s="171">
+      <c r="V83" s="168">
         <f t="shared" ref="V83" si="128">U83+1</f>
         <v>19</v>
       </c>
-      <c r="W83" s="171">
+      <c r="W83" s="168">
         <f t="shared" ref="W83" si="129">V83+1</f>
         <v>20</v>
       </c>
-      <c r="X83" s="180" t="s">
-        <v>58</v>
+      <c r="X83" s="177" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="84" spans="2:24" ht="15" customHeight="1">
-      <c r="B84" s="146" t="s">
-[...3 lines deleted...]
-      <c r="D84" s="135">
+      <c r="B84" s="144" t="s">
+        <v>74</v>
+      </c>
+      <c r="C84" s="285"/>
+      <c r="D84" s="133">
         <v>1</v>
       </c>
-      <c r="E84" s="130">
-[...56 lines deleted...]
-      <c r="X84" s="179">
+      <c r="E84" s="128">
+        <v>0</v>
+      </c>
+      <c r="F84" s="234">
+        <v>0</v>
+      </c>
+      <c r="G84" s="128">
+        <v>0</v>
+      </c>
+      <c r="H84" s="128">
+        <v>0</v>
+      </c>
+      <c r="I84" s="128">
+        <v>0</v>
+      </c>
+      <c r="J84" s="128">
+        <v>0</v>
+      </c>
+      <c r="K84" s="128">
+        <v>0</v>
+      </c>
+      <c r="L84" s="129">
+        <v>0</v>
+      </c>
+      <c r="M84" s="129">
+        <v>0</v>
+      </c>
+      <c r="N84" s="128">
+        <v>0</v>
+      </c>
+      <c r="O84" s="128">
+        <v>0</v>
+      </c>
+      <c r="P84" s="128">
+        <v>0</v>
+      </c>
+      <c r="Q84" s="128">
+        <v>0</v>
+      </c>
+      <c r="R84" s="128">
+        <v>0</v>
+      </c>
+      <c r="S84" s="128">
+        <v>0</v>
+      </c>
+      <c r="T84" s="128">
+        <v>0</v>
+      </c>
+      <c r="U84" s="128">
+        <v>0</v>
+      </c>
+      <c r="V84" s="128">
+        <v>0</v>
+      </c>
+      <c r="W84" s="169">
+        <v>0</v>
+      </c>
+      <c r="X84" s="176">
         <f>SUM(D84:W84)</f>
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="2:24" ht="15" customHeight="1">
-      <c r="B85" s="146" t="s">
-[...21 lines deleted...]
-      <c r="J85" s="138">
+      <c r="B85" s="144" t="s">
+        <v>75</v>
+      </c>
+      <c r="C85" s="285"/>
+      <c r="D85" s="134">
+        <v>0</v>
+      </c>
+      <c r="E85" s="244">
+        <v>0</v>
+      </c>
+      <c r="F85" s="244">
+        <v>0</v>
+      </c>
+      <c r="G85" s="244">
+        <v>0</v>
+      </c>
+      <c r="H85" s="135">
+        <v>0</v>
+      </c>
+      <c r="I85" s="135">
+        <v>0</v>
+      </c>
+      <c r="J85" s="136">
         <v>0.25</v>
       </c>
-      <c r="K85" s="137">
+      <c r="K85" s="135">
         <v>0.25</v>
       </c>
-      <c r="L85" s="137">
+      <c r="L85" s="135">
         <v>0.25</v>
       </c>
-      <c r="M85" s="137">
+      <c r="M85" s="135">
         <v>0.25</v>
       </c>
-      <c r="N85" s="137">
-[...29 lines deleted...]
-      <c r="X85" s="179">
+      <c r="N85" s="135">
+        <v>0</v>
+      </c>
+      <c r="O85" s="135">
+        <v>0</v>
+      </c>
+      <c r="P85" s="135">
+        <v>0</v>
+      </c>
+      <c r="Q85" s="135">
+        <v>0</v>
+      </c>
+      <c r="R85" s="135">
+        <v>0</v>
+      </c>
+      <c r="S85" s="135">
+        <v>0</v>
+      </c>
+      <c r="T85" s="135">
+        <v>0</v>
+      </c>
+      <c r="U85" s="135">
+        <v>0</v>
+      </c>
+      <c r="V85" s="135">
+        <v>0</v>
+      </c>
+      <c r="W85" s="170">
+        <v>0</v>
+      </c>
+      <c r="X85" s="176">
         <f t="shared" ref="X85" si="130">SUM(D85:W85)</f>
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="2:24">
-      <c r="B86" s="288"/>
-[...3 lines deleted...]
-      <c r="F86" s="286"/>
+      <c r="B86" s="285"/>
+      <c r="C86" s="283"/>
+      <c r="D86" s="283"/>
+      <c r="E86" s="283"/>
+      <c r="F86" s="283"/>
       <c r="G86" s="7"/>
       <c r="H86" s="7"/>
       <c r="I86" s="7"/>
       <c r="J86" s="7"/>
       <c r="L86" s="8"/>
-      <c r="M86" s="215"/>
+      <c r="M86" s="211"/>
     </row>
     <row r="87" spans="2:24">
-      <c r="B87" s="290" t="s">
-[...7 lines deleted...]
-      <c r="F87" s="286"/>
+      <c r="B87" s="287" t="s">
+        <v>76</v>
+      </c>
+      <c r="C87" s="285"/>
+      <c r="D87" s="207" t="s">
+        <v>77</v>
+      </c>
+      <c r="E87" s="283"/>
+      <c r="F87" s="283"/>
       <c r="G87" s="7"/>
       <c r="H87" s="7"/>
       <c r="I87" s="7"/>
       <c r="J87" s="7"/>
       <c r="L87" s="8"/>
-      <c r="M87" s="215"/>
+      <c r="M87" s="211"/>
     </row>
     <row r="88" spans="2:24">
-      <c r="B88" s="288"/>
-[...3 lines deleted...]
-      <c r="F88" s="146"/>
+      <c r="B88" s="285"/>
+      <c r="C88" s="288"/>
+      <c r="D88" s="144"/>
+      <c r="E88" s="144"/>
+      <c r="F88" s="144"/>
       <c r="G88"/>
       <c r="H88"/>
       <c r="I88"/>
       <c r="J88"/>
       <c r="L88"/>
       <c r="M88"/>
     </row>
-    <row r="89" spans="2:24" ht="14.45" customHeight="1">
-[...6 lines deleted...]
-      <c r="F89" s="146"/>
+    <row r="89" spans="2:24" ht="14.4" customHeight="1">
+      <c r="B89" s="286" t="s">
+        <v>78</v>
+      </c>
+      <c r="C89" s="288"/>
+      <c r="D89" s="144"/>
+      <c r="E89" s="144"/>
+      <c r="F89" s="144"/>
       <c r="G89"/>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89"/>
       <c r="L89"/>
       <c r="M89"/>
     </row>
-    <row r="90" spans="2:24" ht="14.45" customHeight="1">
-[...4 lines deleted...]
-      <c r="D90" s="267">
+    <row r="90" spans="2:24" ht="14.4" customHeight="1">
+      <c r="B90" s="287" t="s">
+        <v>79</v>
+      </c>
+      <c r="C90" s="285"/>
+      <c r="D90" s="263">
         <v>5</v>
       </c>
-      <c r="E90" s="146"/>
-      <c r="F90" s="146"/>
+      <c r="E90" s="144"/>
+      <c r="F90" s="144"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90"/>
     </row>
     <row r="91" spans="2:24">
       <c r="B91"/>
       <c r="C91" s="7"/>
       <c r="D91" s="7"/>
       <c r="E91" s="7"/>
       <c r="F91" s="7"/>
       <c r="G91" s="7"/>
       <c r="H91" s="7"/>
       <c r="I91" s="7"/>
       <c r="J91" s="7"/>
       <c r="L91" s="8"/>
-      <c r="M91" s="215"/>
+      <c r="M91" s="211"/>
     </row>
     <row r="92" spans="2:24">
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000 CUI//PROPIN&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 This document contains moderate sensitivity CHIPS Applicant Data and Information.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5FEBA14C-DCA0-46DF-96E5-EC4D1087ADDB}">
   <sheetPr>
     <tabColor theme="0" tint="-0.34998626667073579"/>
   </sheetPr>
   <dimension ref="A1:Z157"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
-      <selection pane="bottomRight" activeCell="G5" sqref="G5"/>
+      <selection pane="topRight" activeCell="K39" sqref="K39"/>
       <selection pane="bottomLeft" activeCell="K39" sqref="K39"/>
-      <selection pane="topRight" activeCell="K39" sqref="K39"/>
+      <selection pane="bottomRight" activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="3.25" style="112" customWidth="1"/>
+    <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="47.5546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="3.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="12.44140625" style="110" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="3.33203125" style="110" customWidth="1"/>
     <col min="7" max="7" width="15" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14" style="1" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="12.875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="27" max="16384" width="9.125" style="1"/>
+    <col min="9" max="9" width="12.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="11.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="26" width="11.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="27" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" hidden="1">
-      <c r="B1" s="93"/>
-[...9 lines deleted...]
-      <c r="H2" s="94"/>
+      <c r="B1" s="91"/>
+    </row>
+    <row r="2" spans="1:26" ht="18.600000000000001" thickBot="1">
+      <c r="C2" s="92" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" s="92"/>
+      <c r="E2" s="117"/>
+      <c r="F2" s="117"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="10"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
       <c r="S2" s="10"/>
       <c r="T2" s="10"/>
       <c r="U2" s="10"/>
       <c r="V2" s="10"/>
       <c r="W2" s="10"/>
       <c r="X2" s="10"/>
       <c r="Y2" s="10"/>
       <c r="Z2" s="10"/>
     </row>
     <row r="3" spans="1:26" ht="5.0999999999999996" customHeight="1"/>
     <row r="4" spans="1:26" s="9" customFormat="1">
       <c r="A4" s="11"/>
       <c r="B4" s="11"/>
-      <c r="C4" s="300" t="s">
-[...4 lines deleted...]
-      <c r="F4" s="293"/>
+      <c r="C4" s="298" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" s="266"/>
+      <c r="E4" s="266"/>
+      <c r="F4" s="266"/>
       <c r="G4" s="13">
         <v>1</v>
       </c>
       <c r="H4" s="13">
         <f>G4+1</f>
         <v>2</v>
       </c>
       <c r="I4" s="13">
         <f t="shared" ref="I4:Z4" si="0">H4+1</f>
         <v>3</v>
       </c>
       <c r="J4" s="13">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="K4" s="13">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="L4" s="13">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="M4" s="13">
         <f t="shared" si="0"/>
@@ -11994,54 +11996,54 @@
       </c>
       <c r="V4" s="13">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="W4" s="13">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="X4" s="13">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="Y4" s="13">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="Z4" s="13">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:26" s="9" customFormat="1">
       <c r="A5" s="14"/>
       <c r="B5" s="14"/>
-      <c r="C5" s="301"/>
-[...2 lines deleted...]
-      <c r="F5" s="293"/>
+      <c r="C5" s="299"/>
+      <c r="D5" s="266"/>
+      <c r="E5" s="266"/>
+      <c r="F5" s="266"/>
       <c r="G5" s="15">
         <f>+Control!B6</f>
         <v>45657</v>
       </c>
       <c r="H5" s="15">
         <f t="shared" ref="H5:Z5" si="1">EOMONTH(G5,12)</f>
         <v>46022</v>
       </c>
       <c r="I5" s="16">
         <f t="shared" si="1"/>
         <v>46387</v>
       </c>
       <c r="J5" s="16">
         <f t="shared" si="1"/>
         <v>46752</v>
       </c>
       <c r="K5" s="16">
         <f t="shared" si="1"/>
         <v>47118</v>
       </c>
       <c r="L5" s="16">
         <f t="shared" si="1"/>
         <v>47483</v>
       </c>
       <c r="M5" s="16">
@@ -12082,622 +12084,622 @@
       </c>
       <c r="V5" s="16">
         <f t="shared" si="1"/>
         <v>51135</v>
       </c>
       <c r="W5" s="16">
         <f t="shared" si="1"/>
         <v>51501</v>
       </c>
       <c r="X5" s="16">
         <f t="shared" si="1"/>
         <v>51866</v>
       </c>
       <c r="Y5" s="16">
         <f t="shared" si="1"/>
         <v>52231</v>
       </c>
       <c r="Z5" s="16">
         <f t="shared" si="1"/>
         <v>52596</v>
       </c>
     </row>
     <row r="6" spans="1:26" ht="5.0999999999999996" customHeight="1"/>
     <row r="7" spans="1:26">
       <c r="A7" s="1" t="s">
-        <v>84</v>
-[...10 lines deleted...]
-      <c r="J7" s="97"/>
+        <v>82</v>
+      </c>
+      <c r="C7" s="93" t="s">
+        <v>83</v>
+      </c>
+      <c r="D7" s="93"/>
+      <c r="E7" s="154" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" s="149"/>
+      <c r="G7" s="94"/>
+      <c r="J7" s="95"/>
       <c r="K7" s="51"/>
     </row>
     <row r="8" spans="1:26">
       <c r="C8" s="30" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D8" s="30"/>
-      <c r="E8" s="157">
+      <c r="E8" s="155">
         <f>SUM(G8:Z8)</f>
         <v>5</v>
       </c>
-      <c r="F8" s="152"/>
-      <c r="G8" s="98">
+      <c r="F8" s="150"/>
+      <c r="G8" s="96">
         <f>+Control!$D46*Control!D55</f>
         <v>5</v>
       </c>
-      <c r="H8" s="98">
+      <c r="H8" s="96">
         <f>+Control!$D46*Control!E55</f>
         <v>0</v>
       </c>
-      <c r="I8" s="98">
+      <c r="I8" s="96">
         <f>+Control!$D46*Control!F55</f>
         <v>0</v>
       </c>
-      <c r="J8" s="98">
+      <c r="J8" s="96">
         <f>+Control!$D46*Control!G55</f>
         <v>0</v>
       </c>
-      <c r="K8" s="98">
+      <c r="K8" s="96">
         <f>+Control!$D46*Control!H55</f>
         <v>0</v>
       </c>
-      <c r="L8" s="98">
+      <c r="L8" s="96">
         <f>+Control!$D46*Control!I55</f>
         <v>0</v>
       </c>
-      <c r="M8" s="98">
+      <c r="M8" s="96">
         <f>+Control!$D46*Control!J55</f>
         <v>0</v>
       </c>
-      <c r="N8" s="98">
+      <c r="N8" s="96">
         <f>+Control!$D46*Control!K55</f>
         <v>0</v>
       </c>
-      <c r="O8" s="98">
+      <c r="O8" s="96">
         <f>+Control!$D46*Control!L55</f>
         <v>0</v>
       </c>
-      <c r="P8" s="98">
+      <c r="P8" s="96">
         <f>+Control!$D46*Control!M55</f>
         <v>0</v>
       </c>
-      <c r="Q8" s="98">
+      <c r="Q8" s="96">
         <f>+Control!$D46*Control!N55</f>
         <v>0</v>
       </c>
-      <c r="R8" s="98">
+      <c r="R8" s="96">
         <f>+Control!$D46*Control!O55</f>
         <v>0</v>
       </c>
-      <c r="S8" s="98">
+      <c r="S8" s="96">
         <f>+Control!$D46*Control!P55</f>
         <v>0</v>
       </c>
-      <c r="T8" s="98">
+      <c r="T8" s="96">
         <f>+Control!$D46*Control!Q55</f>
         <v>0</v>
       </c>
-      <c r="U8" s="98">
+      <c r="U8" s="96">
         <f>+Control!$D46*Control!R55</f>
         <v>0</v>
       </c>
-      <c r="V8" s="98">
+      <c r="V8" s="96">
         <f>+Control!$D46*Control!S55</f>
         <v>0</v>
       </c>
-      <c r="W8" s="98">
+      <c r="W8" s="96">
         <f>+Control!$D46*Control!T55</f>
         <v>0</v>
       </c>
-      <c r="X8" s="98">
+      <c r="X8" s="96">
         <f>+Control!$D46*Control!U55</f>
         <v>0</v>
       </c>
-      <c r="Y8" s="98">
+      <c r="Y8" s="96">
         <f>+Control!$D46*Control!V55</f>
         <v>0</v>
       </c>
-      <c r="Z8" s="98">
+      <c r="Z8" s="96">
         <f>+Control!$D46*Control!W55</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="C9" s="30" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D9" s="30"/>
-      <c r="E9" s="157">
+      <c r="E9" s="155">
         <f>SUM(G9:Z9)</f>
         <v>40</v>
       </c>
-      <c r="F9" s="152"/>
-      <c r="G9" s="99">
+      <c r="F9" s="150"/>
+      <c r="G9" s="97">
         <f>+Control!$D47*Control!D56</f>
         <v>8</v>
       </c>
-      <c r="H9" s="99">
+      <c r="H9" s="97">
         <f>+Control!$D47*Control!E56</f>
         <v>8</v>
       </c>
-      <c r="I9" s="99">
+      <c r="I9" s="97">
         <f>+Control!$D47*Control!F56</f>
         <v>8</v>
       </c>
-      <c r="J9" s="99">
+      <c r="J9" s="97">
         <f>+Control!$D47*Control!G56</f>
         <v>8</v>
       </c>
-      <c r="K9" s="99">
+      <c r="K9" s="97">
         <f>+Control!$D47*Control!H56</f>
         <v>8</v>
       </c>
-      <c r="L9" s="99">
+      <c r="L9" s="97">
         <f>+Control!$D47*Control!I56</f>
         <v>0</v>
       </c>
-      <c r="M9" s="99">
+      <c r="M9" s="97">
         <f>+Control!$D47*Control!J56</f>
         <v>0</v>
       </c>
-      <c r="N9" s="99">
+      <c r="N9" s="97">
         <f>+Control!$D47*Control!K56</f>
         <v>0</v>
       </c>
-      <c r="O9" s="99">
+      <c r="O9" s="97">
         <f>+Control!$D47*Control!L56</f>
         <v>0</v>
       </c>
-      <c r="P9" s="99">
+      <c r="P9" s="97">
         <f>+Control!$D47*Control!M56</f>
         <v>0</v>
       </c>
-      <c r="Q9" s="99">
+      <c r="Q9" s="97">
         <f>+Control!$D47*Control!N56</f>
         <v>0</v>
       </c>
-      <c r="R9" s="99">
+      <c r="R9" s="97">
         <f>+Control!$D47*Control!O56</f>
         <v>0</v>
       </c>
-      <c r="S9" s="99">
+      <c r="S9" s="97">
         <f>+Control!$D47*Control!P56</f>
         <v>0</v>
       </c>
-      <c r="T9" s="99">
+      <c r="T9" s="97">
         <f>+Control!$D47*Control!Q56</f>
         <v>0</v>
       </c>
-      <c r="U9" s="99">
+      <c r="U9" s="97">
         <f>+Control!$D47*Control!R56</f>
         <v>0</v>
       </c>
-      <c r="V9" s="99">
+      <c r="V9" s="97">
         <f>+Control!$D47*Control!S56</f>
         <v>0</v>
       </c>
-      <c r="W9" s="99">
+      <c r="W9" s="97">
         <f>+Control!$D47*Control!T56</f>
         <v>0</v>
       </c>
-      <c r="X9" s="99">
+      <c r="X9" s="97">
         <f>+Control!$D47*Control!U56</f>
         <v>0</v>
       </c>
-      <c r="Y9" s="99">
+      <c r="Y9" s="97">
         <f>+Control!$D47*Control!V56</f>
         <v>0</v>
       </c>
-      <c r="Z9" s="99">
+      <c r="Z9" s="97">
         <f>+Control!$D47*Control!W56</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="C10" s="30" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D10" s="30"/>
-      <c r="E10" s="157">
+      <c r="E10" s="155">
         <f t="shared" ref="E10:E11" si="2">SUM(G10:Z10)</f>
         <v>100</v>
       </c>
-      <c r="F10" s="152"/>
-      <c r="G10" s="99">
+      <c r="F10" s="150"/>
+      <c r="G10" s="97">
         <f>+Control!$D48*Control!D57</f>
         <v>0</v>
       </c>
-      <c r="H10" s="99">
+      <c r="H10" s="97">
         <f>+Control!$D48*Control!E57</f>
         <v>0</v>
       </c>
-      <c r="I10" s="99">
+      <c r="I10" s="97">
         <f>+Control!$D48*Control!F57</f>
         <v>25</v>
       </c>
-      <c r="J10" s="99">
+      <c r="J10" s="97">
         <f>+Control!$D48*Control!G57</f>
         <v>25</v>
       </c>
-      <c r="K10" s="99">
+      <c r="K10" s="97">
         <f>+Control!$D48*Control!H57</f>
         <v>25</v>
       </c>
-      <c r="L10" s="99">
+      <c r="L10" s="97">
         <f>+Control!$D48*Control!I57</f>
         <v>25</v>
       </c>
-      <c r="M10" s="99">
+      <c r="M10" s="97">
         <f>+Control!$D48*Control!J57</f>
         <v>0</v>
       </c>
-      <c r="N10" s="99">
+      <c r="N10" s="97">
         <f>+Control!$D48*Control!K57</f>
         <v>0</v>
       </c>
-      <c r="O10" s="99">
+      <c r="O10" s="97">
         <f>+Control!$D48*Control!L57</f>
         <v>0</v>
       </c>
-      <c r="P10" s="99">
+      <c r="P10" s="97">
         <f>+Control!$D48*Control!M57</f>
         <v>0</v>
       </c>
-      <c r="Q10" s="99">
+      <c r="Q10" s="97">
         <f>+Control!$D48*Control!N57</f>
         <v>0</v>
       </c>
-      <c r="R10" s="99">
+      <c r="R10" s="97">
         <f>+Control!$D48*Control!O57</f>
         <v>0</v>
       </c>
-      <c r="S10" s="99">
+      <c r="S10" s="97">
         <f>+Control!$D48*Control!P57</f>
         <v>0</v>
       </c>
-      <c r="T10" s="99">
+      <c r="T10" s="97">
         <f>+Control!$D48*Control!Q57</f>
         <v>0</v>
       </c>
-      <c r="U10" s="99">
+      <c r="U10" s="97">
         <f>+Control!$D48*Control!R57</f>
         <v>0</v>
       </c>
-      <c r="V10" s="99">
+      <c r="V10" s="97">
         <f>+Control!$D48*Control!S57</f>
         <v>0</v>
       </c>
-      <c r="W10" s="99">
+      <c r="W10" s="97">
         <f>+Control!$D48*Control!T57</f>
         <v>0</v>
       </c>
-      <c r="X10" s="99">
+      <c r="X10" s="97">
         <f>+Control!$D48*Control!U57</f>
         <v>0</v>
       </c>
-      <c r="Y10" s="99">
+      <c r="Y10" s="97">
         <f>+Control!$D48*Control!V57</f>
         <v>0</v>
       </c>
-      <c r="Z10" s="99">
+      <c r="Z10" s="97">
         <f>+Control!$D48*Control!W57</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="C11" s="30" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D11" s="30"/>
-      <c r="E11" s="157">
+      <c r="E11" s="155">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
-      <c r="F11" s="152"/>
-      <c r="G11" s="99">
+      <c r="F11" s="150"/>
+      <c r="G11" s="97">
         <f>+Control!$D49*Control!D58</f>
         <v>5</v>
       </c>
-      <c r="H11" s="99">
+      <c r="H11" s="97">
         <f>+Control!$D49*Control!E58</f>
         <v>0</v>
       </c>
-      <c r="I11" s="99">
+      <c r="I11" s="97">
         <f>+Control!$D49*Control!F58</f>
         <v>0</v>
       </c>
-      <c r="J11" s="99">
+      <c r="J11" s="97">
         <f>+Control!$D49*Control!G58</f>
         <v>0</v>
       </c>
-      <c r="K11" s="99">
+      <c r="K11" s="97">
         <f>+Control!$D49*Control!H58</f>
         <v>0</v>
       </c>
-      <c r="L11" s="99">
+      <c r="L11" s="97">
         <f>+Control!$D49*Control!I58</f>
         <v>0</v>
       </c>
-      <c r="M11" s="99">
+      <c r="M11" s="97">
         <f>+Control!$D49*Control!J58</f>
         <v>0</v>
       </c>
-      <c r="N11" s="99">
+      <c r="N11" s="97">
         <f>+Control!$D49*Control!K58</f>
         <v>0</v>
       </c>
-      <c r="O11" s="99">
+      <c r="O11" s="97">
         <f>+Control!$D49*Control!L58</f>
         <v>0</v>
       </c>
-      <c r="P11" s="99">
+      <c r="P11" s="97">
         <f>+Control!$D49*Control!M58</f>
         <v>0</v>
       </c>
-      <c r="Q11" s="99">
+      <c r="Q11" s="97">
         <f>+Control!$D49*Control!N58</f>
         <v>0</v>
       </c>
-      <c r="R11" s="99">
+      <c r="R11" s="97">
         <f>+Control!$D49*Control!O58</f>
         <v>0</v>
       </c>
-      <c r="S11" s="99">
+      <c r="S11" s="97">
         <f>+Control!$D49*Control!P58</f>
         <v>0</v>
       </c>
-      <c r="T11" s="99">
+      <c r="T11" s="97">
         <f>+Control!$D49*Control!Q58</f>
         <v>0</v>
       </c>
-      <c r="U11" s="99">
+      <c r="U11" s="97">
         <f>+Control!$D49*Control!R58</f>
         <v>0</v>
       </c>
-      <c r="V11" s="99">
+      <c r="V11" s="97">
         <f>+Control!$D49*Control!S58</f>
         <v>0</v>
       </c>
-      <c r="W11" s="99">
+      <c r="W11" s="97">
         <f>+Control!$D49*Control!T58</f>
         <v>0</v>
       </c>
-      <c r="X11" s="99">
+      <c r="X11" s="97">
         <f>+Control!$D49*Control!U58</f>
         <v>0</v>
       </c>
-      <c r="Y11" s="99">
+      <c r="Y11" s="97">
         <f>+Control!$D49*Control!V58</f>
         <v>0</v>
       </c>
-      <c r="Z11" s="99">
+      <c r="Z11" s="97">
         <f>+Control!$D49*Control!W58</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="B12"/>
       <c r="C12" s="30" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D12" s="30"/>
-      <c r="E12" s="157">
+      <c r="E12" s="155">
         <f>SUM(G12:Z12)</f>
         <v>5</v>
       </c>
-      <c r="F12" s="152"/>
-      <c r="G12" s="99">
+      <c r="F12" s="150"/>
+      <c r="G12" s="97">
         <f>+Control!$D50*Control!D59</f>
         <v>0</v>
       </c>
-      <c r="H12" s="99">
+      <c r="H12" s="97">
         <f>+Control!$D50*Control!E59</f>
         <v>0</v>
       </c>
-      <c r="I12" s="99">
+      <c r="I12" s="97">
         <f>+Control!$D50*Control!F59</f>
         <v>0</v>
       </c>
-      <c r="J12" s="99">
+      <c r="J12" s="97">
         <f>+Control!$D50*Control!G59</f>
         <v>0</v>
       </c>
-      <c r="K12" s="99">
+      <c r="K12" s="97">
         <f>+Control!$D50*Control!H59</f>
         <v>0</v>
       </c>
-      <c r="L12" s="99">
+      <c r="L12" s="97">
         <f>+Control!$D50*Control!I59</f>
         <v>0</v>
       </c>
-      <c r="M12" s="99">
+      <c r="M12" s="97">
         <f>+Control!$D50*Control!J59</f>
         <v>0</v>
       </c>
-      <c r="N12" s="99">
+      <c r="N12" s="97">
         <f>+Control!$D50*Control!K59</f>
         <v>0</v>
       </c>
-      <c r="O12" s="99">
+      <c r="O12" s="97">
         <f>+Control!$D50*Control!L59</f>
         <v>0</v>
       </c>
-      <c r="P12" s="99">
+      <c r="P12" s="97">
         <f>+Control!$D50*Control!M59</f>
         <v>0</v>
       </c>
-      <c r="Q12" s="99">
+      <c r="Q12" s="97">
         <f>+Control!$D50*Control!N59</f>
         <v>0.5</v>
       </c>
-      <c r="R12" s="99">
+      <c r="R12" s="97">
         <f>+Control!$D50*Control!O59</f>
         <v>0.5</v>
       </c>
-      <c r="S12" s="99">
+      <c r="S12" s="97">
         <f>+Control!$D50*Control!P59</f>
         <v>0.5</v>
       </c>
-      <c r="T12" s="99">
+      <c r="T12" s="97">
         <f>+Control!$D50*Control!Q59</f>
         <v>0.5</v>
       </c>
-      <c r="U12" s="99">
+      <c r="U12" s="97">
         <f>+Control!$D50*Control!R59</f>
         <v>0.5</v>
       </c>
-      <c r="V12" s="99">
+      <c r="V12" s="97">
         <f>+Control!$D50*Control!S59</f>
         <v>0.5</v>
       </c>
-      <c r="W12" s="99">
+      <c r="W12" s="97">
         <f>+Control!$D50*Control!T59</f>
         <v>0.5</v>
       </c>
-      <c r="X12" s="99">
+      <c r="X12" s="97">
         <f>+Control!$D50*Control!U59</f>
         <v>0.5</v>
       </c>
-      <c r="Y12" s="99">
+      <c r="Y12" s="97">
         <f>+Control!$D50*Control!V59</f>
         <v>0.5</v>
       </c>
-      <c r="Z12" s="99">
+      <c r="Z12" s="97">
         <f>+Control!$D50*Control!W59</f>
         <v>0.5</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="B13"/>
       <c r="C13" s="30" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D13" s="30"/>
-      <c r="E13" s="157">
+      <c r="E13" s="155">
         <f>SUM(G13:Z13)</f>
         <v>50</v>
       </c>
-      <c r="F13" s="152"/>
-      <c r="G13" s="99">
+      <c r="F13" s="150"/>
+      <c r="G13" s="97">
         <f>+Control!$D51*Control!D60</f>
         <v>0</v>
       </c>
-      <c r="H13" s="99">
+      <c r="H13" s="97">
         <f>+Control!$D51*Control!E60</f>
         <v>0</v>
       </c>
-      <c r="I13" s="99">
+      <c r="I13" s="97">
         <f>+Control!$D51*Control!F60</f>
         <v>0</v>
       </c>
-      <c r="J13" s="99">
+      <c r="J13" s="97">
         <f>+Control!$D51*Control!G60</f>
         <v>0</v>
       </c>
-      <c r="K13" s="99">
+      <c r="K13" s="97">
         <f>+Control!$D51*Control!H60</f>
         <v>0</v>
       </c>
-      <c r="L13" s="99">
+      <c r="L13" s="97">
         <f>+Control!$D51*Control!I60</f>
         <v>0</v>
       </c>
-      <c r="M13" s="99">
+      <c r="M13" s="97">
         <f>+Control!$D51*Control!J60</f>
         <v>0</v>
       </c>
-      <c r="N13" s="99">
+      <c r="N13" s="97">
         <f>+Control!$D51*Control!K60</f>
         <v>0</v>
       </c>
-      <c r="O13" s="99">
+      <c r="O13" s="97">
         <f>+Control!$D51*Control!L60</f>
         <v>0</v>
       </c>
-      <c r="P13" s="99">
+      <c r="P13" s="97">
         <f>+Control!$D51*Control!M60</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="99">
+      <c r="Q13" s="97">
         <f>+Control!$D51*Control!N60</f>
         <v>5</v>
       </c>
-      <c r="R13" s="99">
+      <c r="R13" s="97">
         <f>+Control!$D51*Control!O60</f>
         <v>5</v>
       </c>
-      <c r="S13" s="99">
+      <c r="S13" s="97">
         <f>+Control!$D51*Control!P60</f>
         <v>5</v>
       </c>
-      <c r="T13" s="99">
+      <c r="T13" s="97">
         <f>+Control!$D51*Control!Q60</f>
         <v>5</v>
       </c>
-      <c r="U13" s="99">
+      <c r="U13" s="97">
         <f>+Control!$D51*Control!R60</f>
         <v>5</v>
       </c>
-      <c r="V13" s="99">
+      <c r="V13" s="97">
         <f>+Control!$D51*Control!S60</f>
         <v>5</v>
       </c>
-      <c r="W13" s="99">
+      <c r="W13" s="97">
         <f>+Control!$D51*Control!T60</f>
         <v>5</v>
       </c>
-      <c r="X13" s="99">
+      <c r="X13" s="97">
         <f>+Control!$D51*Control!U60</f>
         <v>5</v>
       </c>
-      <c r="Y13" s="99">
+      <c r="Y13" s="97">
         <f>+Control!$D51*Control!V60</f>
         <v>5</v>
       </c>
-      <c r="Z13" s="99">
+      <c r="Z13" s="97">
         <f>+Control!$D51*Control!W60</f>
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="C14" s="45" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D14" s="45"/>
-      <c r="E14" s="211">
+      <c r="E14" s="208">
         <f>SUM(E8:E13)</f>
         <v>205</v>
       </c>
-      <c r="F14" s="153"/>
+      <c r="F14" s="151"/>
       <c r="G14" s="82">
         <f t="shared" ref="G14:Z14" si="3">SUM(G8:G13)</f>
         <v>18</v>
       </c>
       <c r="H14" s="82">
         <f t="shared" si="3"/>
         <v>8</v>
       </c>
       <c r="I14" s="82">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="J14" s="82">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="K14" s="82">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="L14" s="82">
         <f t="shared" si="3"/>
         <v>25</v>
       </c>
       <c r="M14" s="82">
@@ -12736,268 +12738,268 @@
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
       <c r="V14" s="82">
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
       <c r="W14" s="82">
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
       <c r="X14" s="82">
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
       <c r="Y14" s="82">
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
       <c r="Z14" s="82">
         <f t="shared" si="3"/>
         <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:26">
-      <c r="C16" s="95" t="s">
-[...4 lines deleted...]
-      <c r="F16" s="113"/>
+      <c r="C16" s="93" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="93"/>
+      <c r="E16" s="111"/>
+      <c r="F16" s="111"/>
     </row>
     <row r="17" spans="2:26">
-      <c r="C17" s="158">
+      <c r="C17" s="156">
         <f>Control!$D$71</f>
         <v>0.35</v>
       </c>
-      <c r="D17" s="100"/>
-[...4 lines deleted...]
-      <c r="I17" s="92"/>
+      <c r="D17" s="98"/>
+      <c r="E17" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="F17" s="112"/>
+      <c r="I17" s="90"/>
     </row>
     <row r="18" spans="2:26" ht="5.0999999999999996" customHeight="1">
-      <c r="C18" s="101"/>
-[...3 lines deleted...]
-      <c r="I18" s="92"/>
+      <c r="C18" s="99"/>
+      <c r="D18" s="99"/>
+      <c r="E18" s="113"/>
+      <c r="F18" s="113"/>
+      <c r="I18" s="90"/>
     </row>
     <row r="19" spans="2:26">
       <c r="C19" s="30" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D19" s="30"/>
-      <c r="E19" s="161">
+      <c r="E19" s="159">
         <f>Control!F46</f>
         <v>1</v>
       </c>
-      <c r="F19" s="116"/>
-      <c r="G19" s="102">
+      <c r="F19" s="114"/>
+      <c r="G19" s="100">
         <f>IF(AND(G8&gt;0,H8=0),SUM($G$8:G8)*$C$17,0)*$E19</f>
         <v>1.75</v>
       </c>
-      <c r="H19" s="102">
+      <c r="H19" s="100">
         <f>IF(AND(H8&gt;0,I8=0),SUM($G$8:H8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="I19" s="102">
+      <c r="I19" s="100">
         <f>IF(AND(I8&gt;0,J8=0),SUM($G$8:I8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="J19" s="102">
+      <c r="J19" s="100">
         <f>IF(AND(J8&gt;0,K8=0),SUM($G$8:J8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="K19" s="102">
+      <c r="K19" s="100">
         <f>IF(AND(K8&gt;0,L8=0),SUM($G$8:K8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="L19" s="102">
+      <c r="L19" s="100">
         <f>IF(AND(L8&gt;0,M8=0),SUM($G$8:L8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="M19" s="102">
+      <c r="M19" s="100">
         <f>IF(AND(M8&gt;0,N8=0),SUM($G$8:M8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="N19" s="102">
+      <c r="N19" s="100">
         <f>IF(AND(N8&gt;0,O8=0),SUM($G$8:N8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="O19" s="102">
+      <c r="O19" s="100">
         <f>IF(AND(O8&gt;0,P8=0),SUM($G$8:O8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="P19" s="102">
+      <c r="P19" s="100">
         <f>IF(AND(P8&gt;0,Q8=0),SUM($G$8:P8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="102">
+      <c r="Q19" s="100">
         <f>IF(AND(Q8&gt;0,R8=0),SUM($G$8:Q8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="R19" s="102">
+      <c r="R19" s="100">
         <f>IF(AND(R8&gt;0,S8=0),SUM($G$8:R8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="S19" s="102">
+      <c r="S19" s="100">
         <f>IF(AND(S8&gt;0,T8=0),SUM($G$8:S8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="T19" s="102">
+      <c r="T19" s="100">
         <f>IF(AND(T8&gt;0,U8=0),SUM($G$8:T8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="U19" s="102">
+      <c r="U19" s="100">
         <f>IF(AND(U8&gt;0,V8=0),SUM($G$8:U8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="V19" s="102">
+      <c r="V19" s="100">
         <f>IF(AND(V8&gt;0,W8=0),SUM($G$8:V8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="W19" s="102">
+      <c r="W19" s="100">
         <f>IF(AND(W8&gt;0,X8=0),SUM($G$8:W8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="X19" s="102">
+      <c r="X19" s="100">
         <f>IF(AND(X8&gt;0,Y8=0),SUM($G$8:X8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="Y19" s="102">
+      <c r="Y19" s="100">
         <f>IF(AND(Y8&gt;0,Z8=0),SUM($G$8:Y8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
-      <c r="Z19" s="102">
+      <c r="Z19" s="100">
         <f>IF(AND(Z8&gt;0,AA8=0),SUM($G$8:Z8)*$C$17,0)*$E19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:26">
       <c r="C20" s="30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D20" s="30"/>
-      <c r="E20" s="161">
+      <c r="E20" s="159">
         <f>Control!F47</f>
         <v>1</v>
       </c>
-      <c r="F20" s="116"/>
-      <c r="G20" s="102">
+      <c r="F20" s="114"/>
+      <c r="G20" s="100">
         <f>IF(AND(G9&gt;0,H9=0),SUM($G$9:G9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="H20" s="102">
+      <c r="H20" s="100">
         <f>IF(AND(H9&gt;0,I9=0),SUM($G$9:H9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="I20" s="102">
+      <c r="I20" s="100">
         <f>IF(AND(I9&gt;0,J9=0),SUM($G$9:I9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="J20" s="102">
+      <c r="J20" s="100">
         <f>IF(AND(J9&gt;0,K9=0),SUM($G$9:J9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="K20" s="102">
+      <c r="K20" s="100">
         <f>IF(AND(K9&gt;0,L9=0),SUM($G$9:K9)*$C$17,0)*$E20</f>
         <v>14</v>
       </c>
-      <c r="L20" s="102">
+      <c r="L20" s="100">
         <f>IF(AND(L9&gt;0,M9=0),SUM($G$9:L9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="M20" s="102">
+      <c r="M20" s="100">
         <f>IF(AND(M9&gt;0,N9=0),SUM($G$9:M9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="N20" s="102">
+      <c r="N20" s="100">
         <f>IF(AND(N9&gt;0,O9=0),SUM($G$9:N9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="O20" s="102">
+      <c r="O20" s="100">
         <f>IF(AND(O9&gt;0,P9=0),SUM($G$9:O9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="P20" s="102">
+      <c r="P20" s="100">
         <f>IF(AND(P9&gt;0,Q9=0),SUM($G$9:P9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="102">
+      <c r="Q20" s="100">
         <f>IF(AND(Q9&gt;0,R9=0),SUM($G$9:Q9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="R20" s="102">
+      <c r="R20" s="100">
         <f>IF(AND(R9&gt;0,S9=0),SUM($G$9:R9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="S20" s="102">
+      <c r="S20" s="100">
         <f>IF(AND(S9&gt;0,T9=0),SUM($G$9:S9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="T20" s="102">
+      <c r="T20" s="100">
         <f>IF(AND(T9&gt;0,U9=0),SUM($G$9:T9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="U20" s="102">
+      <c r="U20" s="100">
         <f>IF(AND(U9&gt;0,V9=0),SUM($G$9:U9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="V20" s="102">
+      <c r="V20" s="100">
         <f>IF(AND(V9&gt;0,W9=0),SUM($G$9:V9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="W20" s="102">
+      <c r="W20" s="100">
         <f>IF(AND(W9&gt;0,X9=0),SUM($G$9:W9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="X20" s="102">
+      <c r="X20" s="100">
         <f>IF(AND(X9&gt;0,Y9=0),SUM($G$9:X9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="Y20" s="102">
+      <c r="Y20" s="100">
         <f>IF(AND(Y9&gt;0,Z9=0),SUM($G$9:Y9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
-      <c r="Z20" s="102">
+      <c r="Z20" s="100">
         <f>IF(AND(Z9&gt;0,AA9=0),SUM($G$9:Z9)*$C$17,0)*$E20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:26">
       <c r="C21" s="30" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D21" s="30"/>
-      <c r="E21" s="161">
+      <c r="E21" s="159">
         <f>Control!F48</f>
         <v>1</v>
       </c>
-      <c r="F21" s="116"/>
+      <c r="F21" s="114"/>
       <c r="G21" s="51">
         <f t="shared" ref="G21:G24" si="4">G10*$C$17*$E21</f>
         <v>0</v>
       </c>
       <c r="H21" s="51">
         <f t="shared" ref="H21:Z21" si="5">H10*$C$17*$E21</f>
         <v>0</v>
       </c>
       <c r="I21" s="51">
         <f t="shared" si="5"/>
         <v>8.75</v>
       </c>
       <c r="J21" s="51">
         <f t="shared" si="5"/>
         <v>8.75</v>
       </c>
       <c r="K21" s="51">
         <f t="shared" si="5"/>
         <v>8.75</v>
       </c>
       <c r="L21" s="51">
         <f t="shared" si="5"/>
         <v>8.75</v>
       </c>
       <c r="M21" s="51">
@@ -13037,58 +13039,58 @@
         <v>0</v>
       </c>
       <c r="V21" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="W21" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X21" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Y21" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z21" s="51">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:26">
       <c r="C22" s="30" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D22" s="30"/>
-      <c r="E22" s="161">
+      <c r="E22" s="159">
         <f>Control!F49</f>
         <v>1</v>
       </c>
-      <c r="F22" s="116"/>
+      <c r="F22" s="114"/>
       <c r="G22" s="51">
         <f t="shared" si="4"/>
         <v>1.75</v>
       </c>
       <c r="H22" s="51">
         <f t="shared" ref="H22:Z22" si="6">H11*$C$17*$E22</f>
         <v>0</v>
       </c>
       <c r="I22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="M22" s="51">
@@ -13129,58 +13131,58 @@
       </c>
       <c r="V22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="W22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="X22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Z22" s="51">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:26" ht="15" customHeight="1">
       <c r="B23"/>
       <c r="C23" s="30" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D23" s="30"/>
-      <c r="E23" s="161">
+      <c r="E23" s="159">
         <f>Control!F50</f>
         <v>1</v>
       </c>
-      <c r="F23" s="116"/>
+      <c r="F23" s="114"/>
       <c r="G23" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H23" s="51">
         <f t="shared" ref="H23:Z23" si="7">H12*$C$17*$E23</f>
         <v>0</v>
       </c>
       <c r="I23" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J23" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K23" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L23" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M23" s="51">
@@ -13221,58 +13223,58 @@
       </c>
       <c r="V23" s="51">
         <f t="shared" si="7"/>
         <v>0.17499999999999999</v>
       </c>
       <c r="W23" s="51">
         <f t="shared" si="7"/>
         <v>0.17499999999999999</v>
       </c>
       <c r="X23" s="51">
         <f t="shared" si="7"/>
         <v>0.17499999999999999</v>
       </c>
       <c r="Y23" s="51">
         <f t="shared" si="7"/>
         <v>0.17499999999999999</v>
       </c>
       <c r="Z23" s="51">
         <f t="shared" si="7"/>
         <v>0.17499999999999999</v>
       </c>
     </row>
     <row r="24" spans="2:26">
       <c r="B24"/>
       <c r="C24" s="30" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D24" s="30"/>
-      <c r="E24" s="161">
+      <c r="E24" s="159">
         <f>Control!F51</f>
         <v>1</v>
       </c>
-      <c r="F24" s="116"/>
+      <c r="F24" s="114"/>
       <c r="G24" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H24" s="51">
         <f t="shared" ref="H24:Z24" si="8">H13*$C$17*$E24</f>
         <v>0</v>
       </c>
       <c r="I24" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J24" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K24" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L24" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M24" s="51">
@@ -13311,57 +13313,57 @@
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
       <c r="V24" s="51">
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
       <c r="W24" s="51">
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
       <c r="X24" s="51">
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
       <c r="Y24" s="51">
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
       <c r="Z24" s="51">
         <f t="shared" si="8"/>
         <v>1.75</v>
       </c>
     </row>
     <row r="25" spans="2:26">
-      <c r="B25" s="112"/>
-[...1 lines deleted...]
-        <v>94</v>
+      <c r="B25" s="110"/>
+      <c r="C25" s="115" t="s">
+        <v>92</v>
       </c>
       <c r="D25" s="45"/>
-      <c r="E25" s="117"/>
-      <c r="F25" s="117"/>
+      <c r="E25" s="115"/>
+      <c r="F25" s="115"/>
       <c r="G25" s="82">
         <f t="shared" ref="G25:Z25" si="9">SUM(G19:G24)</f>
         <v>3.5</v>
       </c>
       <c r="H25" s="82">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I25" s="82">
         <f t="shared" si="9"/>
         <v>8.75</v>
       </c>
       <c r="J25" s="82">
         <f t="shared" si="9"/>
         <v>8.75</v>
       </c>
       <c r="K25" s="82">
         <f t="shared" si="9"/>
         <v>22.75</v>
       </c>
       <c r="L25" s="82">
         <f t="shared" si="9"/>
         <v>8.75</v>
       </c>
       <c r="M25" s="82">
@@ -13399,330 +13401,330 @@
       <c r="U25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
       <c r="V25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
       <c r="W25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
       <c r="X25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
       <c r="Y25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
       <c r="Z25" s="82">
         <f t="shared" si="9"/>
         <v>1.925</v>
       </c>
     </row>
-    <row r="26" spans="2:26" s="103" customFormat="1">
-[...7 lines deleted...]
-      <c r="H26" s="105">
+    <row r="26" spans="2:26" s="101" customFormat="1">
+      <c r="B26" s="116"/>
+      <c r="C26" s="116" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" s="116"/>
+      <c r="F26" s="116"/>
+      <c r="G26" s="102"/>
+      <c r="H26" s="103">
         <f>G25</f>
         <v>3.5</v>
       </c>
-      <c r="I26" s="105">
+      <c r="I26" s="103">
         <f t="shared" ref="I26:Z26" si="10">H25</f>
         <v>0</v>
       </c>
-      <c r="J26" s="105">
+      <c r="J26" s="103">
         <f t="shared" si="10"/>
         <v>8.75</v>
       </c>
-      <c r="K26" s="105">
+      <c r="K26" s="103">
         <f t="shared" si="10"/>
         <v>8.75</v>
       </c>
-      <c r="L26" s="105">
+      <c r="L26" s="103">
         <f t="shared" si="10"/>
         <v>22.75</v>
       </c>
-      <c r="M26" s="105">
+      <c r="M26" s="103">
         <f t="shared" si="10"/>
         <v>8.75</v>
       </c>
-      <c r="N26" s="105">
+      <c r="N26" s="103">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="O26" s="105">
+      <c r="O26" s="103">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="P26" s="105">
+      <c r="P26" s="103">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Q26" s="105">
+      <c r="Q26" s="103">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="R26" s="105">
+      <c r="R26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="S26" s="105">
+      <c r="S26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="T26" s="105">
+      <c r="T26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="U26" s="105">
+      <c r="U26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="V26" s="105">
+      <c r="V26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="W26" s="105">
+      <c r="W26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="X26" s="105">
+      <c r="X26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="Y26" s="105">
+      <c r="Y26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
-      <c r="Z26" s="105">
+      <c r="Z26" s="103">
         <f t="shared" si="10"/>
         <v>1.925</v>
       </c>
     </row>
     <row r="27" spans="2:26">
-      <c r="C27" s="112"/>
+      <c r="C27" s="110"/>
     </row>
     <row r="28" spans="2:26">
-      <c r="C28" s="95" t="s">
-[...5 lines deleted...]
-      <c r="G28" s="92"/>
+      <c r="C28" s="93" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="93"/>
+      <c r="E28" s="111"/>
+      <c r="F28" s="111"/>
+      <c r="G28" s="90"/>
     </row>
     <row r="29" spans="2:26">
       <c r="C29" s="30" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D29" s="30"/>
-      <c r="E29" s="116"/>
-[...1 lines deleted...]
-      <c r="G29" s="102">
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="100">
         <f>IF(AND(G8&gt;0,H8=0),SUM($G$8:G8)-SUM($G$19:G19),0)</f>
         <v>3.25</v>
       </c>
-      <c r="H29" s="102">
+      <c r="H29" s="100">
         <f>IF(AND(H8&gt;0,I8=0),SUM($G$8:H8)-SUM($G$19:H19),0)</f>
         <v>0</v>
       </c>
-      <c r="I29" s="102">
+      <c r="I29" s="100">
         <f>IF(AND(I8&gt;0,J8=0),SUM($G$8:I8)-SUM($G$19:I19),0)</f>
         <v>0</v>
       </c>
-      <c r="J29" s="102">
+      <c r="J29" s="100">
         <f>IF(AND(J8&gt;0,K8=0),SUM($G$8:J8)-SUM($G$19:J19),0)</f>
         <v>0</v>
       </c>
-      <c r="K29" s="102">
+      <c r="K29" s="100">
         <f>IF(AND(K8&gt;0,L8=0),SUM($G$8:K8)-SUM($G$19:K19),0)</f>
         <v>0</v>
       </c>
-      <c r="L29" s="102">
+      <c r="L29" s="100">
         <f>IF(AND(L8&gt;0,M8=0),SUM($G$8:L8)-SUM($G$19:L19),0)</f>
         <v>0</v>
       </c>
-      <c r="M29" s="102">
+      <c r="M29" s="100">
         <f>IF(AND(M8&gt;0,N8=0),SUM($G$8:M8)-SUM($G$19:M19),0)</f>
         <v>0</v>
       </c>
-      <c r="N29" s="102">
+      <c r="N29" s="100">
         <f>IF(AND(N8&gt;0,O8=0),SUM($G$8:N8)-SUM($G$19:N19),0)</f>
         <v>0</v>
       </c>
-      <c r="O29" s="102">
+      <c r="O29" s="100">
         <f>IF(AND(O8&gt;0,P8=0),SUM($G$8:O8)-SUM($G$19:O19),0)</f>
         <v>0</v>
       </c>
-      <c r="P29" s="102">
+      <c r="P29" s="100">
         <f>IF(AND(P8&gt;0,Q8=0),SUM($G$8:P8)-SUM($G$19:P19),0)</f>
         <v>0</v>
       </c>
-      <c r="Q29" s="102">
+      <c r="Q29" s="100">
         <f>IF(AND(Q8&gt;0,R8=0),SUM($G$8:Q8)-SUM($G$19:Q19),0)</f>
         <v>0</v>
       </c>
-      <c r="R29" s="102">
+      <c r="R29" s="100">
         <f>IF(AND(R8&gt;0,S8=0),SUM($G$8:R8)-SUM($G$19:R19),0)</f>
         <v>0</v>
       </c>
-      <c r="S29" s="102">
+      <c r="S29" s="100">
         <f>IF(AND(S8&gt;0,T8=0),SUM($G$8:S8)-SUM($G$19:S19),0)</f>
         <v>0</v>
       </c>
-      <c r="T29" s="102">
+      <c r="T29" s="100">
         <f>IF(AND(T8&gt;0,U8=0),SUM($G$8:T8)-SUM($G$19:T19),0)</f>
         <v>0</v>
       </c>
-      <c r="U29" s="102">
+      <c r="U29" s="100">
         <f>IF(AND(U8&gt;0,V8=0),SUM($G$8:U8)-SUM($G$19:U19),0)</f>
         <v>0</v>
       </c>
-      <c r="V29" s="102">
+      <c r="V29" s="100">
         <f>IF(AND(V8&gt;0,W8=0),SUM($G$8:V8)-SUM($G$19:V19),0)</f>
         <v>0</v>
       </c>
-      <c r="W29" s="102">
+      <c r="W29" s="100">
         <f>IF(AND(W8&gt;0,X8=0),SUM($G$8:W8)-SUM($G$19:W19),0)</f>
         <v>0</v>
       </c>
-      <c r="X29" s="102">
+      <c r="X29" s="100">
         <f>IF(AND(X8&gt;0,Y8=0),SUM($G$8:X8)-SUM($G$19:X19),0)</f>
         <v>0</v>
       </c>
-      <c r="Y29" s="102">
+      <c r="Y29" s="100">
         <f>IF(AND(Y8&gt;0,Z8=0),SUM($G$8:Y8)-SUM($G$19:Y19),0)</f>
         <v>0</v>
       </c>
-      <c r="Z29" s="102">
+      <c r="Z29" s="100">
         <f>IF(AND(Z8&gt;0,AA8=0),SUM($G$8:Z8)-SUM($G$19:Z19),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:26">
       <c r="C30" s="30" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D30" s="30"/>
-      <c r="E30" s="116"/>
-[...1 lines deleted...]
-      <c r="G30" s="102">
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="100">
         <f>IF(AND(G9&gt;0,H9=0),SUM($G$9:G9)-SUM($G$20:G20),0)</f>
         <v>0</v>
       </c>
-      <c r="H30" s="102">
+      <c r="H30" s="100">
         <f>IF(AND(H9&gt;0,I9=0),SUM($G$9:H9)-SUM($G$20:H20),0)</f>
         <v>0</v>
       </c>
-      <c r="I30" s="102">
+      <c r="I30" s="100">
         <f>IF(AND(I9&gt;0,J9=0),SUM($G$9:I9)-SUM($G$20:I20),0)</f>
         <v>0</v>
       </c>
-      <c r="J30" s="102">
+      <c r="J30" s="100">
         <f>IF(AND(J9&gt;0,K9=0),SUM($G$9:J9)-SUM($G$20:J20),0)</f>
         <v>0</v>
       </c>
-      <c r="K30" s="102">
+      <c r="K30" s="100">
         <f>IF(AND(K9&gt;0,L9=0),SUM($G$9:K9)-SUM($G$20:K20),0)</f>
         <v>26</v>
       </c>
-      <c r="L30" s="102">
+      <c r="L30" s="100">
         <f>IF(AND(L9&gt;0,M9=0),SUM($G$9:L9)-SUM($G$20:L20),0)</f>
         <v>0</v>
       </c>
-      <c r="M30" s="102">
+      <c r="M30" s="100">
         <f>IF(AND(M9&gt;0,N9=0),SUM($G$9:M9)-SUM($G$20:M20),0)</f>
         <v>0</v>
       </c>
-      <c r="N30" s="102">
+      <c r="N30" s="100">
         <f>IF(AND(N9&gt;0,O9=0),SUM($G$9:N9)-SUM($G$20:N20),0)</f>
         <v>0</v>
       </c>
-      <c r="O30" s="102">
+      <c r="O30" s="100">
         <f>IF(AND(O9&gt;0,P9=0),SUM($G$9:O9)-SUM($G$20:O20),0)</f>
         <v>0</v>
       </c>
-      <c r="P30" s="102">
+      <c r="P30" s="100">
         <f>IF(AND(P9&gt;0,Q9=0),SUM($G$9:P9)-SUM($G$20:P20),0)</f>
         <v>0</v>
       </c>
-      <c r="Q30" s="102">
+      <c r="Q30" s="100">
         <f>IF(AND(Q9&gt;0,R9=0),SUM($G$9:Q9)-SUM($G$20:Q20),0)</f>
         <v>0</v>
       </c>
-      <c r="R30" s="102">
+      <c r="R30" s="100">
         <f>IF(AND(R9&gt;0,S9=0),SUM($G$9:R9)-SUM($G$20:R20),0)</f>
         <v>0</v>
       </c>
-      <c r="S30" s="102">
+      <c r="S30" s="100">
         <f>IF(AND(S9&gt;0,T9=0),SUM($G$9:S9)-SUM($G$20:S20),0)</f>
         <v>0</v>
       </c>
-      <c r="T30" s="102">
+      <c r="T30" s="100">
         <f>IF(AND(T9&gt;0,U9=0),SUM($G$9:T9)-SUM($G$20:T20),0)</f>
         <v>0</v>
       </c>
-      <c r="U30" s="102">
+      <c r="U30" s="100">
         <f>IF(AND(U9&gt;0,V9=0),SUM($G$9:U9)-SUM($G$20:U20),0)</f>
         <v>0</v>
       </c>
-      <c r="V30" s="102">
+      <c r="V30" s="100">
         <f>IF(AND(V9&gt;0,W9=0),SUM($G$9:V9)-SUM($G$20:V20),0)</f>
         <v>0</v>
       </c>
-      <c r="W30" s="102">
+      <c r="W30" s="100">
         <f>IF(AND(W9&gt;0,X9=0),SUM($G$9:W9)-SUM($G$20:W20),0)</f>
         <v>0</v>
       </c>
-      <c r="X30" s="102">
+      <c r="X30" s="100">
         <f>IF(AND(X9&gt;0,Y9=0),SUM($G$9:X9)-SUM($G$20:X20),0)</f>
         <v>0</v>
       </c>
-      <c r="Y30" s="102">
+      <c r="Y30" s="100">
         <f>IF(AND(Y9&gt;0,Z9=0),SUM($G$9:Y9)-SUM($G$20:Y20),0)</f>
         <v>0</v>
       </c>
-      <c r="Z30" s="102">
+      <c r="Z30" s="100">
         <f>IF(AND(Z9&gt;0,AA9=0),SUM($G$9:Z9)-SUM($G$20:Z20),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:26">
       <c r="C31" s="30" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D31" s="30"/>
-      <c r="E31" s="116"/>
-      <c r="F31" s="116"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
       <c r="G31" s="51">
         <f t="shared" ref="G31:G34" si="11">G10-G21</f>
         <v>0</v>
       </c>
       <c r="H31" s="51">
         <f t="shared" ref="H31:Z31" si="12">H10-H21</f>
         <v>0</v>
       </c>
       <c r="I31" s="51">
         <f t="shared" si="12"/>
         <v>16.25</v>
       </c>
       <c r="J31" s="51">
         <f t="shared" si="12"/>
         <v>16.25</v>
       </c>
       <c r="K31" s="51">
         <f t="shared" si="12"/>
         <v>16.25</v>
       </c>
       <c r="L31" s="51">
         <f t="shared" si="12"/>
         <v>16.25</v>
       </c>
       <c r="M31" s="51">
@@ -13762,55 +13764,55 @@
         <v>0</v>
       </c>
       <c r="V31" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="W31" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="X31" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="Y31" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="Z31" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:26">
       <c r="C32" s="30" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D32" s="30"/>
-      <c r="E32" s="116"/>
-      <c r="F32" s="116"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="114"/>
       <c r="G32" s="51">
         <f t="shared" si="11"/>
         <v>3.25</v>
       </c>
       <c r="H32" s="51">
         <f t="shared" ref="H32:Z32" si="13">H11-H22</f>
         <v>0</v>
       </c>
       <c r="I32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="K32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="L32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="M32" s="51">
@@ -13850,55 +13852,55 @@
         <v>0</v>
       </c>
       <c r="V32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="W32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="X32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Y32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Z32" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="C33" s="30" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D33" s="30"/>
-      <c r="E33" s="116"/>
-      <c r="F33" s="116"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
       <c r="G33" s="51">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H33" s="51">
         <f t="shared" ref="H33:Z33" si="14">H12-H23</f>
         <v>0</v>
       </c>
       <c r="I33" s="51">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J33" s="51">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="K33" s="51">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L33" s="51">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="M33" s="51">
@@ -13938,55 +13940,55 @@
         <v>0.32500000000000001</v>
       </c>
       <c r="V33" s="51">
         <f t="shared" si="14"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="W33" s="51">
         <f t="shared" si="14"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="X33" s="51">
         <f t="shared" si="14"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="Y33" s="51">
         <f t="shared" si="14"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="Z33" s="51">
         <f t="shared" si="14"/>
         <v>0.32500000000000001</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="C34" s="30" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D34" s="30"/>
-      <c r="E34" s="116"/>
-      <c r="F34" s="116"/>
+      <c r="E34" s="114"/>
+      <c r="F34" s="114"/>
       <c r="G34" s="51">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H34" s="51">
         <f t="shared" ref="H34:Z34" si="15">H13-H24</f>
         <v>0</v>
       </c>
       <c r="I34" s="51">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="J34" s="51">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="K34" s="51">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L34" s="51">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="M34" s="51">
@@ -14026,55 +14028,55 @@
         <v>3.25</v>
       </c>
       <c r="V34" s="51">
         <f t="shared" si="15"/>
         <v>3.25</v>
       </c>
       <c r="W34" s="51">
         <f t="shared" si="15"/>
         <v>3.25</v>
       </c>
       <c r="X34" s="51">
         <f t="shared" si="15"/>
         <v>3.25</v>
       </c>
       <c r="Y34" s="51">
         <f t="shared" si="15"/>
         <v>3.25</v>
       </c>
       <c r="Z34" s="51">
         <f t="shared" si="15"/>
         <v>3.25</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="C35" s="45" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D35" s="45"/>
-      <c r="E35" s="117"/>
-      <c r="F35" s="117"/>
+      <c r="E35" s="115"/>
+      <c r="F35" s="115"/>
       <c r="G35" s="82">
         <f t="shared" ref="G35:Z35" si="16">SUM(G29:G34)</f>
         <v>6.5</v>
       </c>
       <c r="H35" s="82">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I35" s="82">
         <f t="shared" si="16"/>
         <v>16.25</v>
       </c>
       <c r="J35" s="82">
         <f t="shared" si="16"/>
         <v>16.25</v>
       </c>
       <c r="K35" s="82">
         <f t="shared" si="16"/>
         <v>42.25</v>
       </c>
       <c r="L35" s="82">
         <f t="shared" si="16"/>
         <v>16.25</v>
       </c>
       <c r="M35" s="82">
@@ -14115,61 +14117,61 @@
       </c>
       <c r="V35" s="82">
         <f t="shared" si="16"/>
         <v>3.5750000000000002</v>
       </c>
       <c r="W35" s="82">
         <f t="shared" si="16"/>
         <v>3.5750000000000002</v>
       </c>
       <c r="X35" s="82">
         <f t="shared" si="16"/>
         <v>3.5750000000000002</v>
       </c>
       <c r="Y35" s="82">
         <f t="shared" si="16"/>
         <v>3.5750000000000002</v>
       </c>
       <c r="Z35" s="82">
         <f t="shared" si="16"/>
         <v>3.5750000000000002</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
-      <c r="E36" s="118"/>
-      <c r="F36" s="118"/>
+      <c r="E36" s="116"/>
+      <c r="F36" s="116"/>
       <c r="G36" s="42"/>
     </row>
     <row r="37" spans="1:26">
       <c r="C37" s="45" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D37" s="45"/>
-      <c r="E37" s="117"/>
-      <c r="F37" s="117"/>
+      <c r="E37" s="115"/>
+      <c r="F37" s="115"/>
       <c r="G37" s="82">
         <f>SUM(G61,G85,G109,G133,G157)</f>
         <v>0.65</v>
       </c>
       <c r="H37" s="82">
         <f t="shared" ref="H37:Z37" si="17">SUM(H61,H85,H109,H133,H157)</f>
         <v>0.65</v>
       </c>
       <c r="I37" s="82">
         <f t="shared" si="17"/>
         <v>1.7333333333333334</v>
       </c>
       <c r="J37" s="82">
         <f t="shared" si="17"/>
         <v>2.8166666666666664</v>
       </c>
       <c r="K37" s="82">
         <f t="shared" si="17"/>
         <v>4.7666666666666675</v>
       </c>
       <c r="L37" s="82">
         <f t="shared" si="17"/>
         <v>5.1999999999999993</v>
       </c>
       <c r="M37" s="82">
@@ -14210,95 +14212,95 @@
       </c>
       <c r="V37" s="82">
         <f t="shared" si="17"/>
         <v>8.7749999999999986</v>
       </c>
       <c r="W37" s="82">
         <f t="shared" si="17"/>
         <v>8.7749999999999986</v>
       </c>
       <c r="X37" s="82">
         <f t="shared" si="17"/>
         <v>7.6916666666666673</v>
       </c>
       <c r="Y37" s="82">
         <f t="shared" si="17"/>
         <v>6.6083333333333334</v>
       </c>
       <c r="Z37" s="82">
         <f t="shared" si="17"/>
         <v>5.5250000000000004</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
-      <c r="E38" s="118"/>
-      <c r="F38" s="118"/>
+      <c r="E38" s="116"/>
+      <c r="F38" s="116"/>
       <c r="G38" s="42"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      <c r="F39" s="113"/>
+        <v>82</v>
+      </c>
+      <c r="C39" s="93" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="93"/>
+      <c r="E39" s="111"/>
+      <c r="F39" s="111"/>
       <c r="G39" s="42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1" t="s">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="G40" s="163">
+        <v>82</v>
+      </c>
+      <c r="C40" s="104" t="s">
+        <v>49</v>
+      </c>
+      <c r="D40" s="105"/>
+      <c r="E40" s="105"/>
+      <c r="F40" s="105"/>
+      <c r="G40" s="161">
         <f>Control!$G$47</f>
         <v>30</v>
       </c>
       <c r="J40" s="4"/>
     </row>
     <row r="41" spans="1:26">
-      <c r="B41" s="108">
+      <c r="B41" s="106">
         <v>1</v>
       </c>
       <c r="C41" s="51" cm="1">
         <f t="array" ref="C41:C60">TRANSPOSE(G30:Z30)</f>
         <v>0</v>
       </c>
       <c r="D41" s="51"/>
-      <c r="E41" s="109"/>
-      <c r="F41" s="154"/>
+      <c r="E41" s="107"/>
+      <c r="F41" s="152"/>
       <c r="G41" s="51">
         <f>IF(G$4&lt;$B41,"",IF(SUM($F41:F41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="H41" s="51">
         <f>IF(H$4&lt;$B41,"",IF(SUM($F41:G41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="I41" s="51">
         <f>IF(I$4&lt;$B41,"",IF(SUM($F41:H41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="J41" s="51">
         <f>IF(J$4&lt;$B41,"",IF(SUM($F41:I41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="K41" s="51">
         <f>IF(K$4&lt;$B41,"",IF(SUM($F41:J41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="L41" s="51">
         <f>IF(L$4&lt;$B41,"",IF(SUM($F41:K41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="M41" s="51">
@@ -14345,52 +14347,52 @@
         <f>IF(W$4&lt;$B41,"",IF(SUM($F41:V41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X41" s="51">
         <f>IF(X$4&lt;$B41,"",IF(SUM($F41:W41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y41" s="51">
         <f>IF(Y$4&lt;$B41,"",IF(SUM($F41:X41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z41" s="51">
         <f>IF(Z$4&lt;$B41,"",IF(SUM($F41:Y41)&lt;$C41,$C41/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="B42" s="1">
         <f t="shared" ref="B42:B60" si="18">B41+1</f>
         <v>2</v>
       </c>
       <c r="C42" s="51">
         <v>0</v>
       </c>
       <c r="D42" s="51"/>
-      <c r="E42" s="109"/>
-      <c r="F42" s="154"/>
+      <c r="E42" s="107"/>
+      <c r="F42" s="152"/>
       <c r="G42" s="51" t="str">
         <f>IF(G$4&lt;$B42,"",IF(SUM($F42:F42)&lt;$C42,$C42/$G$40,0))</f>
         <v/>
       </c>
       <c r="H42" s="51">
         <f>IF(H$4&lt;$B42,"",IF(SUM($F42:G42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="I42" s="51">
         <f>IF(I$4&lt;$B42,"",IF(SUM($F42:H42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="J42" s="51">
         <f>IF(J$4&lt;$B42,"",IF(SUM($F42:I42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="K42" s="51">
         <f>IF(K$4&lt;$B42,"",IF(SUM($F42:J42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="L42" s="51">
         <f>IF(L$4&lt;$B42,"",IF(SUM($F42:K42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="M42" s="51">
@@ -14437,52 +14439,52 @@
         <f>IF(W$4&lt;$B42,"",IF(SUM($F42:V42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X42" s="51">
         <f>IF(X$4&lt;$B42,"",IF(SUM($F42:W42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y42" s="51">
         <f>IF(Y$4&lt;$B42,"",IF(SUM($F42:X42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z42" s="51">
         <f>IF(Z$4&lt;$B42,"",IF(SUM($F42:Y42)&lt;$C42,$C42/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="B43" s="1">
         <f t="shared" si="18"/>
         <v>3</v>
       </c>
       <c r="C43" s="51">
         <v>0</v>
       </c>
       <c r="D43" s="51"/>
-      <c r="E43" s="109"/>
-      <c r="F43" s="154"/>
+      <c r="E43" s="107"/>
+      <c r="F43" s="152"/>
       <c r="G43" s="51" t="str">
         <f>IF(G$4&lt;$B43,"",IF(SUM($F43:F43)&lt;$C43,$C43/$G$40,0))</f>
         <v/>
       </c>
       <c r="H43" s="51" t="str">
         <f>IF(H$4&lt;$B43,"",IF(SUM($F43:G43)&lt;$C43,$C43/$G$40,0))</f>
         <v/>
       </c>
       <c r="I43" s="51">
         <f>IF(I$4&lt;$B43,"",IF(SUM($F43:H43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="J43" s="51">
         <f>IF(J$4&lt;$B43,"",IF(SUM($F43:I43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="K43" s="51">
         <f>IF(K$4&lt;$B43,"",IF(SUM($F43:J43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="L43" s="51">
         <f>IF(L$4&lt;$B43,"",IF(SUM($F43:K43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="M43" s="51">
@@ -14529,52 +14531,52 @@
         <f>IF(W$4&lt;$B43,"",IF(SUM($F43:V43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X43" s="51">
         <f>IF(X$4&lt;$B43,"",IF(SUM($F43:W43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y43" s="51">
         <f>IF(Y$4&lt;$B43,"",IF(SUM($F43:X43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z43" s="51">
         <f>IF(Z$4&lt;$B43,"",IF(SUM($F43:Y43)&lt;$C43,$C43/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="B44" s="1">
         <f t="shared" si="18"/>
         <v>4</v>
       </c>
       <c r="C44" s="51">
         <v>0</v>
       </c>
       <c r="D44" s="51"/>
-      <c r="E44" s="109"/>
-      <c r="F44" s="154"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="152"/>
       <c r="G44" s="51" t="str">
         <f>IF(G$4&lt;$B44,"",IF(SUM($F44:F44)&lt;$C44,$C44/$G$40,0))</f>
         <v/>
       </c>
       <c r="H44" s="51" t="str">
         <f>IF(H$4&lt;$B44,"",IF(SUM($F44:G44)&lt;$C44,$C44/$G$40,0))</f>
         <v/>
       </c>
       <c r="I44" s="51" t="str">
         <f>IF(I$4&lt;$B44,"",IF(SUM($F44:H44)&lt;$C44,$C44/$G$40,0))</f>
         <v/>
       </c>
       <c r="J44" s="51">
         <f>IF(J$4&lt;$B44,"",IF(SUM($F44:I44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="K44" s="51">
         <f>IF(K$4&lt;$B44,"",IF(SUM($F44:J44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="L44" s="51">
         <f>IF(L$4&lt;$B44,"",IF(SUM($F44:K44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="M44" s="51">
@@ -14621,52 +14623,52 @@
         <f>IF(W$4&lt;$B44,"",IF(SUM($F44:V44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X44" s="51">
         <f>IF(X$4&lt;$B44,"",IF(SUM($F44:W44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y44" s="51">
         <f>IF(Y$4&lt;$B44,"",IF(SUM($F44:X44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z44" s="51">
         <f>IF(Z$4&lt;$B44,"",IF(SUM($F44:Y44)&lt;$C44,$C44/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="B45" s="1">
         <f t="shared" si="18"/>
         <v>5</v>
       </c>
       <c r="C45" s="51">
         <v>26</v>
       </c>
       <c r="D45" s="51"/>
-      <c r="E45" s="109"/>
-      <c r="F45" s="154"/>
+      <c r="E45" s="107"/>
+      <c r="F45" s="152"/>
       <c r="G45" s="51" t="str">
         <f>IF(G$4&lt;$B45,"",IF(SUM($F45:F45)&lt;$C45,$C45/$G$40,0))</f>
         <v/>
       </c>
       <c r="H45" s="51" t="str">
         <f>IF(H$4&lt;$B45,"",IF(SUM($F45:G45)&lt;$C45,$C45/$G$40,0))</f>
         <v/>
       </c>
       <c r="I45" s="51" t="str">
         <f>IF(I$4&lt;$B45,"",IF(SUM($F45:H45)&lt;$C45,$C45/$G$40,0))</f>
         <v/>
       </c>
       <c r="J45" s="51" t="str">
         <f>IF(J$4&lt;$B45,"",IF(SUM($F45:I45)&lt;$C45,$C45/$G$40,0))</f>
         <v/>
       </c>
       <c r="K45" s="51">
         <f>IF(K$4&lt;$B45,"",IF(SUM($F45:J45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
       <c r="L45" s="51">
         <f>IF(L$4&lt;$B45,"",IF(SUM($F45:K45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
       <c r="M45" s="51">
@@ -14713,52 +14715,52 @@
         <f>IF(W$4&lt;$B45,"",IF(SUM($F45:V45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
       <c r="X45" s="51">
         <f>IF(X$4&lt;$B45,"",IF(SUM($F45:W45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
       <c r="Y45" s="51">
         <f>IF(Y$4&lt;$B45,"",IF(SUM($F45:X45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
       <c r="Z45" s="51">
         <f>IF(Z$4&lt;$B45,"",IF(SUM($F45:Y45)&lt;$C45,$C45/$G$40,0))</f>
         <v>0.8666666666666667</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="B46" s="1">
         <f t="shared" si="18"/>
         <v>6</v>
       </c>
       <c r="C46" s="51">
         <v>0</v>
       </c>
       <c r="D46" s="51"/>
-      <c r="E46" s="109"/>
-      <c r="F46" s="154"/>
+      <c r="E46" s="107"/>
+      <c r="F46" s="152"/>
       <c r="G46" s="51" t="str">
         <f>IF(G$4&lt;$B46,"",IF(SUM($F46:F46)&lt;$C46,$C46/$G$40,0))</f>
         <v/>
       </c>
       <c r="H46" s="51" t="str">
         <f>IF(H$4&lt;$B46,"",IF(SUM($F46:G46)&lt;$C46,$C46/$G$40,0))</f>
         <v/>
       </c>
       <c r="I46" s="51" t="str">
         <f>IF(I$4&lt;$B46,"",IF(SUM($F46:H46)&lt;$C46,$C46/$G$40,0))</f>
         <v/>
       </c>
       <c r="J46" s="51" t="str">
         <f>IF(J$4&lt;$B46,"",IF(SUM($F46:I46)&lt;$C46,$C46/$G$40,0))</f>
         <v/>
       </c>
       <c r="K46" s="51" t="str">
         <f>IF(K$4&lt;$B46,"",IF(SUM($F46:J46)&lt;$C46,$C46/$G$40,0))</f>
         <v/>
       </c>
       <c r="L46" s="51">
         <f>IF(L$4&lt;$B46,"",IF(SUM($F46:K46)&lt;$C46,$C46/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="M46" s="51">
@@ -14805,52 +14807,52 @@
         <f>IF(W$4&lt;$B46,"",IF(SUM($F46:V46)&lt;$C46,$C46/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X46" s="51">
         <f>IF(X$4&lt;$B46,"",IF(SUM($F46:W46)&lt;$C46,$C46/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y46" s="51">
         <f>IF(Y$4&lt;$B46,"",IF(SUM($F46:X46)&lt;$C46,$C46/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z46" s="51">
         <f>IF(Z$4&lt;$B46,"",IF(SUM($F46:Y46)&lt;$C46,$C46/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:26" hidden="1">
       <c r="B47" s="1">
         <f t="shared" si="18"/>
         <v>7</v>
       </c>
       <c r="C47" s="51">
         <v>0</v>
       </c>
       <c r="D47" s="51"/>
-      <c r="E47" s="109"/>
-      <c r="F47" s="154"/>
+      <c r="E47" s="107"/>
+      <c r="F47" s="152"/>
       <c r="G47" s="51" t="str">
         <f>IF(G$4&lt;$B47,"",IF(SUM($F47:F47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="H47" s="51" t="str">
         <f>IF(H$4&lt;$B47,"",IF(SUM($F47:G47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="I47" s="51" t="str">
         <f>IF(I$4&lt;$B47,"",IF(SUM($F47:H47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="J47" s="51" t="str">
         <f>IF(J$4&lt;$B47,"",IF(SUM($F47:I47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="K47" s="51" t="str">
         <f>IF(K$4&lt;$B47,"",IF(SUM($F47:J47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="L47" s="51" t="str">
         <f>IF(L$4&lt;$B47,"",IF(SUM($F47:K47)&lt;$C47,$C47/$G$40,0))</f>
         <v/>
       </c>
       <c r="M47" s="51">
@@ -14897,52 +14899,52 @@
         <f>IF(W$4&lt;$B47,"",IF(SUM($F47:V47)&lt;$C47,$C47/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X47" s="51">
         <f>IF(X$4&lt;$B47,"",IF(SUM($F47:W47)&lt;$C47,$C47/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y47" s="51">
         <f>IF(Y$4&lt;$B47,"",IF(SUM($F47:X47)&lt;$C47,$C47/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z47" s="51">
         <f>IF(Z$4&lt;$B47,"",IF(SUM($F47:Y47)&lt;$C47,$C47/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:26" hidden="1">
       <c r="B48" s="1">
         <f t="shared" si="18"/>
         <v>8</v>
       </c>
       <c r="C48" s="51">
         <v>0</v>
       </c>
       <c r="D48" s="51"/>
-      <c r="E48" s="109"/>
-      <c r="F48" s="154"/>
+      <c r="E48" s="107"/>
+      <c r="F48" s="152"/>
       <c r="G48" s="51" t="str">
         <f>IF(G$4&lt;$B48,"",IF(SUM($F48:F48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="H48" s="51" t="str">
         <f>IF(H$4&lt;$B48,"",IF(SUM($F48:G48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="I48" s="51" t="str">
         <f>IF(I$4&lt;$B48,"",IF(SUM($F48:H48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="J48" s="51" t="str">
         <f>IF(J$4&lt;$B48,"",IF(SUM($F48:I48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="K48" s="51" t="str">
         <f>IF(K$4&lt;$B48,"",IF(SUM($F48:J48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="L48" s="51" t="str">
         <f>IF(L$4&lt;$B48,"",IF(SUM($F48:K48)&lt;$C48,$C48/$G$40,0))</f>
         <v/>
       </c>
       <c r="M48" s="51" t="str">
@@ -14989,52 +14991,52 @@
         <f>IF(W$4&lt;$B48,"",IF(SUM($F48:V48)&lt;$C48,$C48/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X48" s="51">
         <f>IF(X$4&lt;$B48,"",IF(SUM($F48:W48)&lt;$C48,$C48/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y48" s="51">
         <f>IF(Y$4&lt;$B48,"",IF(SUM($F48:X48)&lt;$C48,$C48/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z48" s="51">
         <f>IF(Z$4&lt;$B48,"",IF(SUM($F48:Y48)&lt;$C48,$C48/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:26" hidden="1">
       <c r="B49" s="1">
         <f t="shared" si="18"/>
         <v>9</v>
       </c>
       <c r="C49" s="51">
         <v>0</v>
       </c>
       <c r="D49" s="51"/>
-      <c r="E49" s="109"/>
-      <c r="F49" s="154"/>
+      <c r="E49" s="107"/>
+      <c r="F49" s="152"/>
       <c r="G49" s="51" t="str">
         <f>IF(G$4&lt;$B49,"",IF(SUM($F49:F49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="H49" s="51" t="str">
         <f>IF(H$4&lt;$B49,"",IF(SUM($F49:G49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="I49" s="51" t="str">
         <f>IF(I$4&lt;$B49,"",IF(SUM($F49:H49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="J49" s="51" t="str">
         <f>IF(J$4&lt;$B49,"",IF(SUM($F49:I49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="K49" s="51" t="str">
         <f>IF(K$4&lt;$B49,"",IF(SUM($F49:J49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="L49" s="51" t="str">
         <f>IF(L$4&lt;$B49,"",IF(SUM($F49:K49)&lt;$C49,$C49/$G$40,0))</f>
         <v/>
       </c>
       <c r="M49" s="51" t="str">
@@ -15081,52 +15083,52 @@
         <f>IF(W$4&lt;$B49,"",IF(SUM($F49:V49)&lt;$C49,$C49/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X49" s="51">
         <f>IF(X$4&lt;$B49,"",IF(SUM($F49:W49)&lt;$C49,$C49/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y49" s="51">
         <f>IF(Y$4&lt;$B49,"",IF(SUM($F49:X49)&lt;$C49,$C49/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z49" s="51">
         <f>IF(Z$4&lt;$B49,"",IF(SUM($F49:Y49)&lt;$C49,$C49/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:26" hidden="1">
       <c r="B50" s="1">
         <f t="shared" si="18"/>
         <v>10</v>
       </c>
       <c r="C50" s="51">
         <v>0</v>
       </c>
       <c r="D50" s="51"/>
-      <c r="E50" s="109"/>
-      <c r="F50" s="154"/>
+      <c r="E50" s="107"/>
+      <c r="F50" s="152"/>
       <c r="G50" s="51" t="str">
         <f>IF(G$4&lt;$B50,"",IF(SUM($F50:F50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="H50" s="51" t="str">
         <f>IF(H$4&lt;$B50,"",IF(SUM($F50:G50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="I50" s="51" t="str">
         <f>IF(I$4&lt;$B50,"",IF(SUM($F50:H50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="J50" s="51" t="str">
         <f>IF(J$4&lt;$B50,"",IF(SUM($F50:I50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="K50" s="51" t="str">
         <f>IF(K$4&lt;$B50,"",IF(SUM($F50:J50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="L50" s="51" t="str">
         <f>IF(L$4&lt;$B50,"",IF(SUM($F50:K50)&lt;$C50,$C50/$G$40,0))</f>
         <v/>
       </c>
       <c r="M50" s="51" t="str">
@@ -15173,52 +15175,52 @@
         <f>IF(W$4&lt;$B50,"",IF(SUM($F50:V50)&lt;$C50,$C50/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X50" s="51">
         <f>IF(X$4&lt;$B50,"",IF(SUM($F50:W50)&lt;$C50,$C50/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y50" s="51">
         <f>IF(Y$4&lt;$B50,"",IF(SUM($F50:X50)&lt;$C50,$C50/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z50" s="51">
         <f>IF(Z$4&lt;$B50,"",IF(SUM($F50:Y50)&lt;$C50,$C50/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:26" hidden="1">
       <c r="B51" s="1">
         <f t="shared" si="18"/>
         <v>11</v>
       </c>
       <c r="C51" s="51">
         <v>0</v>
       </c>
       <c r="D51" s="51"/>
-      <c r="E51" s="109"/>
-      <c r="F51" s="154"/>
+      <c r="E51" s="107"/>
+      <c r="F51" s="152"/>
       <c r="G51" s="51" t="str">
         <f>IF(G$4&lt;$B51,"",IF(SUM($F51:F51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="H51" s="51" t="str">
         <f>IF(H$4&lt;$B51,"",IF(SUM($F51:G51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="I51" s="51" t="str">
         <f>IF(I$4&lt;$B51,"",IF(SUM($F51:H51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="J51" s="51" t="str">
         <f>IF(J$4&lt;$B51,"",IF(SUM($F51:I51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="K51" s="51" t="str">
         <f>IF(K$4&lt;$B51,"",IF(SUM($F51:J51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="L51" s="51" t="str">
         <f>IF(L$4&lt;$B51,"",IF(SUM($F51:K51)&lt;$C51,$C51/$G$40,0))</f>
         <v/>
       </c>
       <c r="M51" s="51" t="str">
@@ -15265,52 +15267,52 @@
         <f>IF(W$4&lt;$B51,"",IF(SUM($F51:V51)&lt;$C51,$C51/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X51" s="51">
         <f>IF(X$4&lt;$B51,"",IF(SUM($F51:W51)&lt;$C51,$C51/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y51" s="51">
         <f>IF(Y$4&lt;$B51,"",IF(SUM($F51:X51)&lt;$C51,$C51/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z51" s="51">
         <f>IF(Z$4&lt;$B51,"",IF(SUM($F51:Y51)&lt;$C51,$C51/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:26" hidden="1">
       <c r="B52" s="1">
         <f t="shared" si="18"/>
         <v>12</v>
       </c>
       <c r="C52" s="51">
         <v>0</v>
       </c>
       <c r="D52" s="51"/>
-      <c r="E52" s="109"/>
-      <c r="F52" s="154"/>
+      <c r="E52" s="107"/>
+      <c r="F52" s="152"/>
       <c r="G52" s="51" t="str">
         <f>IF(G$4&lt;$B52,"",IF(SUM($F52:F52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="H52" s="51" t="str">
         <f>IF(H$4&lt;$B52,"",IF(SUM($F52:G52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="I52" s="51" t="str">
         <f>IF(I$4&lt;$B52,"",IF(SUM($F52:H52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="J52" s="51" t="str">
         <f>IF(J$4&lt;$B52,"",IF(SUM($F52:I52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="K52" s="51" t="str">
         <f>IF(K$4&lt;$B52,"",IF(SUM($F52:J52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="L52" s="51" t="str">
         <f>IF(L$4&lt;$B52,"",IF(SUM($F52:K52)&lt;$C52,$C52/$G$40,0))</f>
         <v/>
       </c>
       <c r="M52" s="51" t="str">
@@ -15357,52 +15359,52 @@
         <f>IF(W$4&lt;$B52,"",IF(SUM($F52:V52)&lt;$C52,$C52/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X52" s="51">
         <f>IF(X$4&lt;$B52,"",IF(SUM($F52:W52)&lt;$C52,$C52/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y52" s="51">
         <f>IF(Y$4&lt;$B52,"",IF(SUM($F52:X52)&lt;$C52,$C52/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z52" s="51">
         <f>IF(Z$4&lt;$B52,"",IF(SUM($F52:Y52)&lt;$C52,$C52/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:26" hidden="1">
       <c r="B53" s="1">
         <f t="shared" si="18"/>
         <v>13</v>
       </c>
       <c r="C53" s="51">
         <v>0</v>
       </c>
       <c r="D53" s="51"/>
-      <c r="E53" s="109"/>
-      <c r="F53" s="154"/>
+      <c r="E53" s="107"/>
+      <c r="F53" s="152"/>
       <c r="G53" s="51" t="str">
         <f>IF(G$4&lt;$B53,"",IF(SUM($F53:F53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="H53" s="51" t="str">
         <f>IF(H$4&lt;$B53,"",IF(SUM($F53:G53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="I53" s="51" t="str">
         <f>IF(I$4&lt;$B53,"",IF(SUM($F53:H53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="J53" s="51" t="str">
         <f>IF(J$4&lt;$B53,"",IF(SUM($F53:I53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="K53" s="51" t="str">
         <f>IF(K$4&lt;$B53,"",IF(SUM($F53:J53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="L53" s="51" t="str">
         <f>IF(L$4&lt;$B53,"",IF(SUM($F53:K53)&lt;$C53,$C53/$G$40,0))</f>
         <v/>
       </c>
       <c r="M53" s="51" t="str">
@@ -15449,52 +15451,52 @@
         <f>IF(W$4&lt;$B53,"",IF(SUM($F53:V53)&lt;$C53,$C53/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X53" s="51">
         <f>IF(X$4&lt;$B53,"",IF(SUM($F53:W53)&lt;$C53,$C53/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y53" s="51">
         <f>IF(Y$4&lt;$B53,"",IF(SUM($F53:X53)&lt;$C53,$C53/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z53" s="51">
         <f>IF(Z$4&lt;$B53,"",IF(SUM($F53:Y53)&lt;$C53,$C53/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:26" hidden="1">
       <c r="B54" s="1">
         <f t="shared" si="18"/>
         <v>14</v>
       </c>
       <c r="C54" s="51">
         <v>0</v>
       </c>
       <c r="D54" s="51"/>
-      <c r="E54" s="109"/>
-      <c r="F54" s="154"/>
+      <c r="E54" s="107"/>
+      <c r="F54" s="152"/>
       <c r="G54" s="51" t="str">
         <f>IF(G$4&lt;$B54,"",IF(SUM($F54:F54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="H54" s="51" t="str">
         <f>IF(H$4&lt;$B54,"",IF(SUM($F54:G54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="I54" s="51" t="str">
         <f>IF(I$4&lt;$B54,"",IF(SUM($F54:H54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="J54" s="51" t="str">
         <f>IF(J$4&lt;$B54,"",IF(SUM($F54:I54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="K54" s="51" t="str">
         <f>IF(K$4&lt;$B54,"",IF(SUM($F54:J54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="L54" s="51" t="str">
         <f>IF(L$4&lt;$B54,"",IF(SUM($F54:K54)&lt;$C54,$C54/$G$40,0))</f>
         <v/>
       </c>
       <c r="M54" s="51" t="str">
@@ -15541,52 +15543,52 @@
         <f>IF(W$4&lt;$B54,"",IF(SUM($F54:V54)&lt;$C54,$C54/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X54" s="51">
         <f>IF(X$4&lt;$B54,"",IF(SUM($F54:W54)&lt;$C54,$C54/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y54" s="51">
         <f>IF(Y$4&lt;$B54,"",IF(SUM($F54:X54)&lt;$C54,$C54/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z54" s="51">
         <f>IF(Z$4&lt;$B54,"",IF(SUM($F54:Y54)&lt;$C54,$C54/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:26" hidden="1">
       <c r="B55" s="1">
         <f t="shared" si="18"/>
         <v>15</v>
       </c>
       <c r="C55" s="51">
         <v>0</v>
       </c>
       <c r="D55" s="51"/>
-      <c r="E55" s="109"/>
-      <c r="F55" s="154"/>
+      <c r="E55" s="107"/>
+      <c r="F55" s="152"/>
       <c r="G55" s="51" t="str">
         <f>IF(G$4&lt;$B55,"",IF(SUM($F55:F55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="H55" s="51" t="str">
         <f>IF(H$4&lt;$B55,"",IF(SUM($F55:G55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="I55" s="51" t="str">
         <f>IF(I$4&lt;$B55,"",IF(SUM($F55:H55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="J55" s="51" t="str">
         <f>IF(J$4&lt;$B55,"",IF(SUM($F55:I55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="K55" s="51" t="str">
         <f>IF(K$4&lt;$B55,"",IF(SUM($F55:J55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="L55" s="51" t="str">
         <f>IF(L$4&lt;$B55,"",IF(SUM($F55:K55)&lt;$C55,$C55/$G$40,0))</f>
         <v/>
       </c>
       <c r="M55" s="51" t="str">
@@ -15633,52 +15635,52 @@
         <f>IF(W$4&lt;$B55,"",IF(SUM($F55:V55)&lt;$C55,$C55/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X55" s="51">
         <f>IF(X$4&lt;$B55,"",IF(SUM($F55:W55)&lt;$C55,$C55/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y55" s="51">
         <f>IF(Y$4&lt;$B55,"",IF(SUM($F55:X55)&lt;$C55,$C55/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z55" s="51">
         <f>IF(Z$4&lt;$B55,"",IF(SUM($F55:Y55)&lt;$C55,$C55/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:26" hidden="1">
       <c r="B56" s="1">
         <f t="shared" si="18"/>
         <v>16</v>
       </c>
       <c r="C56" s="51">
         <v>0</v>
       </c>
       <c r="D56" s="51"/>
-      <c r="E56" s="109"/>
-      <c r="F56" s="154"/>
+      <c r="E56" s="107"/>
+      <c r="F56" s="152"/>
       <c r="G56" s="51" t="str">
         <f>IF(G$4&lt;$B56,"",IF(SUM($F56:F56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="H56" s="51" t="str">
         <f>IF(H$4&lt;$B56,"",IF(SUM($F56:G56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="I56" s="51" t="str">
         <f>IF(I$4&lt;$B56,"",IF(SUM($F56:H56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="J56" s="51" t="str">
         <f>IF(J$4&lt;$B56,"",IF(SUM($F56:I56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="K56" s="51" t="str">
         <f>IF(K$4&lt;$B56,"",IF(SUM($F56:J56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="L56" s="51" t="str">
         <f>IF(L$4&lt;$B56,"",IF(SUM($F56:K56)&lt;$C56,$C56/$G$40,0))</f>
         <v/>
       </c>
       <c r="M56" s="51" t="str">
@@ -15725,52 +15727,52 @@
         <f>IF(W$4&lt;$B56,"",IF(SUM($F56:V56)&lt;$C56,$C56/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X56" s="51">
         <f>IF(X$4&lt;$B56,"",IF(SUM($F56:W56)&lt;$C56,$C56/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y56" s="51">
         <f>IF(Y$4&lt;$B56,"",IF(SUM($F56:X56)&lt;$C56,$C56/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z56" s="51">
         <f>IF(Z$4&lt;$B56,"",IF(SUM($F56:Y56)&lt;$C56,$C56/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:26" hidden="1">
       <c r="B57" s="1">
         <f t="shared" si="18"/>
         <v>17</v>
       </c>
       <c r="C57" s="51">
         <v>0</v>
       </c>
       <c r="D57" s="51"/>
-      <c r="E57" s="109"/>
-      <c r="F57" s="154"/>
+      <c r="E57" s="107"/>
+      <c r="F57" s="152"/>
       <c r="G57" s="51" t="str">
         <f>IF(G$4&lt;$B57,"",IF(SUM($F57:F57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="H57" s="51" t="str">
         <f>IF(H$4&lt;$B57,"",IF(SUM($F57:G57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="I57" s="51" t="str">
         <f>IF(I$4&lt;$B57,"",IF(SUM($F57:H57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="J57" s="51" t="str">
         <f>IF(J$4&lt;$B57,"",IF(SUM($F57:I57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="K57" s="51" t="str">
         <f>IF(K$4&lt;$B57,"",IF(SUM($F57:J57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="L57" s="51" t="str">
         <f>IF(L$4&lt;$B57,"",IF(SUM($F57:K57)&lt;$C57,$C57/$G$40,0))</f>
         <v/>
       </c>
       <c r="M57" s="51" t="str">
@@ -15817,52 +15819,52 @@
         <f>IF(W$4&lt;$B57,"",IF(SUM($F57:V57)&lt;$C57,$C57/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="X57" s="51">
         <f>IF(X$4&lt;$B57,"",IF(SUM($F57:W57)&lt;$C57,$C57/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y57" s="51">
         <f>IF(Y$4&lt;$B57,"",IF(SUM($F57:X57)&lt;$C57,$C57/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z57" s="51">
         <f>IF(Z$4&lt;$B57,"",IF(SUM($F57:Y57)&lt;$C57,$C57/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:26" hidden="1">
       <c r="B58" s="1">
         <f t="shared" si="18"/>
         <v>18</v>
       </c>
       <c r="C58" s="51">
         <v>0</v>
       </c>
       <c r="D58" s="51"/>
-      <c r="E58" s="109"/>
-      <c r="F58" s="154"/>
+      <c r="E58" s="107"/>
+      <c r="F58" s="152"/>
       <c r="G58" s="51" t="str">
         <f>IF(G$4&lt;$B58,"",IF(SUM($F58:F58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="H58" s="51" t="str">
         <f>IF(H$4&lt;$B58,"",IF(SUM($F58:G58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="I58" s="51" t="str">
         <f>IF(I$4&lt;$B58,"",IF(SUM($F58:H58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="J58" s="51" t="str">
         <f>IF(J$4&lt;$B58,"",IF(SUM($F58:I58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="K58" s="51" t="str">
         <f>IF(K$4&lt;$B58,"",IF(SUM($F58:J58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="L58" s="51" t="str">
         <f>IF(L$4&lt;$B58,"",IF(SUM($F58:K58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="M58" s="51" t="str">
@@ -15909,52 +15911,52 @@
         <f>IF(W$4&lt;$B58,"",IF(SUM($F58:V58)&lt;$C58,$C58/$G$40,0))</f>
         <v/>
       </c>
       <c r="X58" s="51">
         <f>IF(X$4&lt;$B58,"",IF(SUM($F58:W58)&lt;$C58,$C58/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Y58" s="51">
         <f>IF(Y$4&lt;$B58,"",IF(SUM($F58:X58)&lt;$C58,$C58/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z58" s="51">
         <f>IF(Z$4&lt;$B58,"",IF(SUM($F58:Y58)&lt;$C58,$C58/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:26" hidden="1">
       <c r="B59" s="1">
         <f t="shared" si="18"/>
         <v>19</v>
       </c>
       <c r="C59" s="51">
         <v>0</v>
       </c>
       <c r="D59" s="51"/>
-      <c r="E59" s="109"/>
-      <c r="F59" s="154"/>
+      <c r="E59" s="107"/>
+      <c r="F59" s="152"/>
       <c r="G59" s="51" t="str">
         <f>IF(G$4&lt;$B59,"",IF(SUM($F59:F59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="H59" s="51" t="str">
         <f>IF(H$4&lt;$B59,"",IF(SUM($F59:G59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="I59" s="51" t="str">
         <f>IF(I$4&lt;$B59,"",IF(SUM($F59:H59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="J59" s="51" t="str">
         <f>IF(J$4&lt;$B59,"",IF(SUM($F59:I59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="K59" s="51" t="str">
         <f>IF(K$4&lt;$B59,"",IF(SUM($F59:J59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="L59" s="51" t="str">
         <f>IF(L$4&lt;$B59,"",IF(SUM($F59:K59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="M59" s="51" t="str">
@@ -16001,52 +16003,52 @@
         <f>IF(W$4&lt;$B59,"",IF(SUM($F59:V59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="X59" s="51" t="str">
         <f>IF(X$4&lt;$B59,"",IF(SUM($F59:W59)&lt;$C59,$C59/$G$40,0))</f>
         <v/>
       </c>
       <c r="Y59" s="51">
         <f>IF(Y$4&lt;$B59,"",IF(SUM($F59:X59)&lt;$C59,$C59/$G$40,0))</f>
         <v>0</v>
       </c>
       <c r="Z59" s="51">
         <f>IF(Z$4&lt;$B59,"",IF(SUM($F59:Y59)&lt;$C59,$C59/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="B60" s="1">
         <f t="shared" si="18"/>
         <v>20</v>
       </c>
       <c r="C60" s="51">
         <v>0</v>
       </c>
       <c r="D60" s="51"/>
-      <c r="E60" s="109"/>
-      <c r="F60" s="154"/>
+      <c r="E60" s="107"/>
+      <c r="F60" s="152"/>
       <c r="G60" s="51" t="str">
         <f>IF(G$4&lt;$B60,"",IF(SUM($F60:F60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="H60" s="51" t="str">
         <f>IF(H$4&lt;$B60,"",IF(SUM($F60:G60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="I60" s="51" t="str">
         <f>IF(I$4&lt;$B60,"",IF(SUM($F60:H60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="J60" s="51" t="str">
         <f>IF(J$4&lt;$B60,"",IF(SUM($F60:I60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="K60" s="51" t="str">
         <f>IF(K$4&lt;$B60,"",IF(SUM($F60:J60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="L60" s="51" t="str">
         <f>IF(L$4&lt;$B60,"",IF(SUM($F60:K60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="M60" s="51" t="str">
@@ -16085,56 +16087,56 @@
         <f>IF(U$4&lt;$B60,"",IF(SUM($F60:T60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="V60" s="51" t="str">
         <f>IF(V$4&lt;$B60,"",IF(SUM($F60:U60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="W60" s="51" t="str">
         <f>IF(W$4&lt;$B60,"",IF(SUM($F60:V60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="X60" s="51" t="str">
         <f>IF(X$4&lt;$B60,"",IF(SUM($F60:W60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="Y60" s="51" t="str">
         <f>IF(Y$4&lt;$B60,"",IF(SUM($F60:X60)&lt;$C60,$C60/$G$40,0))</f>
         <v/>
       </c>
       <c r="Z60" s="51">
         <f>IF(Z$4&lt;$B60,"",IF(SUM($F60:Y60)&lt;$C60,$C60/$G$40,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:26">
-      <c r="C61" s="110" t="s">
-[...4 lines deleted...]
-      <c r="F61" s="155"/>
+      <c r="C61" s="108" t="s">
+        <v>104</v>
+      </c>
+      <c r="D61" s="108"/>
+      <c r="E61" s="109"/>
+      <c r="F61" s="153"/>
       <c r="G61" s="82">
         <f t="shared" ref="G61:Z61" si="19">SUM(G41:G60)</f>
         <v>0</v>
       </c>
       <c r="H61" s="82">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="I61" s="82">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J61" s="82">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="K61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="L61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="M61" s="82">
@@ -16173,83 +16175,83 @@
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="V61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="W61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="X61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="Y61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
       <c r="Z61" s="82">
         <f t="shared" si="19"/>
         <v>0.8666666666666667</v>
       </c>
     </row>
     <row r="63" spans="1:26">
-      <c r="E63" s="113"/>
-      <c r="F63" s="113"/>
+      <c r="E63" s="111"/>
+      <c r="F63" s="111"/>
       <c r="G63" s="42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1" t="s">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="G64" s="163">
+        <v>82</v>
+      </c>
+      <c r="C64" s="104" t="s">
+        <v>50</v>
+      </c>
+      <c r="D64" s="105"/>
+      <c r="E64" s="105"/>
+      <c r="F64" s="105"/>
+      <c r="G64" s="161">
         <f>Control!$G$48</f>
         <v>15</v>
       </c>
       <c r="H64" s="51"/>
     </row>
     <row r="65" spans="2:26">
-      <c r="B65" s="108">
+      <c r="B65" s="106">
         <v>1</v>
       </c>
       <c r="C65" s="51" cm="1">
         <f t="array" ref="C65:C84">TRANSPOSE(G31:Z31)</f>
         <v>0</v>
       </c>
       <c r="D65" s="51"/>
-      <c r="E65" s="109"/>
-      <c r="F65" s="154"/>
+      <c r="E65" s="107"/>
+      <c r="F65" s="152"/>
       <c r="G65" s="51">
         <f>IF(G$4&lt;$B65,"",IF(SUM($F65:F65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="H65" s="51">
         <f>IF(H$4&lt;$B65,"",IF(SUM($F65:G65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="I65" s="51">
         <f>IF(I$4&lt;$B65,"",IF(SUM($F65:H65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="J65" s="51">
         <f>IF(J$4&lt;$B65,"",IF(SUM($F65:I65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="K65" s="51">
         <f>IF(K$4&lt;$B65,"",IF(SUM($F65:J65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="L65" s="51">
         <f>IF(L$4&lt;$B65,"",IF(SUM($F65:K65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="M65" s="51">
@@ -16296,52 +16298,52 @@
         <f>IF(W$4&lt;$B65,"",IF(SUM($F65:V65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X65" s="51">
         <f>IF(X$4&lt;$B65,"",IF(SUM($F65:W65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y65" s="51">
         <f>IF(Y$4&lt;$B65,"",IF(SUM($F65:X65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z65" s="51">
         <f>IF(Z$4&lt;$B65,"",IF(SUM($F65:Y65)&lt;$C65,$C65/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:26">
       <c r="B66" s="1">
         <f t="shared" ref="B66:B84" si="20">B65+1</f>
         <v>2</v>
       </c>
       <c r="C66" s="51">
         <v>0</v>
       </c>
       <c r="D66" s="51"/>
-      <c r="E66" s="109"/>
-      <c r="F66" s="154"/>
+      <c r="E66" s="107"/>
+      <c r="F66" s="152"/>
       <c r="G66" s="51" t="str">
         <f>IF(G$4&lt;$B66,"",IF(SUM($F66:F66)&lt;$C66,$C66/$G$64,0))</f>
         <v/>
       </c>
       <c r="H66" s="51">
         <f>IF(H$4&lt;$B66,"",IF(SUM($F66:G66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="I66" s="51">
         <f>IF(I$4&lt;$B66,"",IF(SUM($F66:H66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="J66" s="51">
         <f>IF(J$4&lt;$B66,"",IF(SUM($F66:I66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="K66" s="51">
         <f>IF(K$4&lt;$B66,"",IF(SUM($F66:J66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="L66" s="51">
         <f>IF(L$4&lt;$B66,"",IF(SUM($F66:K66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="M66" s="51">
@@ -16388,52 +16390,52 @@
         <f>IF(W$4&lt;$B66,"",IF(SUM($F66:V66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X66" s="51">
         <f>IF(X$4&lt;$B66,"",IF(SUM($F66:W66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y66" s="51">
         <f>IF(Y$4&lt;$B66,"",IF(SUM($F66:X66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z66" s="51">
         <f>IF(Z$4&lt;$B66,"",IF(SUM($F66:Y66)&lt;$C66,$C66/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:26">
       <c r="B67" s="1">
         <f t="shared" si="20"/>
         <v>3</v>
       </c>
       <c r="C67" s="51">
         <v>16.25</v>
       </c>
       <c r="D67" s="51"/>
-      <c r="E67" s="109"/>
-      <c r="F67" s="154"/>
+      <c r="E67" s="107"/>
+      <c r="F67" s="152"/>
       <c r="G67" s="51" t="str">
         <f>IF(G$4&lt;$B67,"",IF(SUM($F67:F67)&lt;$C67,$C67/$G$64,0))</f>
         <v/>
       </c>
       <c r="H67" s="51" t="str">
         <f>IF(H$4&lt;$B67,"",IF(SUM($F67:G67)&lt;$C67,$C67/$G$64,0))</f>
         <v/>
       </c>
       <c r="I67" s="51">
         <f>IF(I$4&lt;$B67,"",IF(SUM($F67:H67)&lt;$C67,$C67/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="J67" s="51">
         <f>IF(J$4&lt;$B67,"",IF(SUM($F67:I67)&lt;$C67,$C67/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="K67" s="51">
         <f>IF(K$4&lt;$B67,"",IF(SUM($F67:J67)&lt;$C67,$C67/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="L67" s="51">
         <f>IF(L$4&lt;$B67,"",IF(SUM($F67:K67)&lt;$C67,$C67/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="M67" s="51">
@@ -16480,52 +16482,52 @@
         <f>IF(W$4&lt;$B67,"",IF(SUM($F67:V67)&lt;$C67,$C67/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="X67" s="51">
         <f>IF(X$4&lt;$B67,"",IF(SUM($F67:W67)&lt;$C67,$C67/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y67" s="51">
         <f>IF(Y$4&lt;$B67,"",IF(SUM($F67:X67)&lt;$C67,$C67/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z67" s="51">
         <f>IF(Z$4&lt;$B67,"",IF(SUM($F67:Y67)&lt;$C67,$C67/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:26">
       <c r="B68" s="1">
         <f t="shared" si="20"/>
         <v>4</v>
       </c>
       <c r="C68" s="51">
         <v>16.25</v>
       </c>
       <c r="D68" s="51"/>
-      <c r="E68" s="109"/>
-      <c r="F68" s="154"/>
+      <c r="E68" s="107"/>
+      <c r="F68" s="152"/>
       <c r="G68" s="51" t="str">
         <f>IF(G$4&lt;$B68,"",IF(SUM($F68:F68)&lt;$C68,$C68/$G$64,0))</f>
         <v/>
       </c>
       <c r="H68" s="51" t="str">
         <f>IF(H$4&lt;$B68,"",IF(SUM($F68:G68)&lt;$C68,$C68/$G$64,0))</f>
         <v/>
       </c>
       <c r="I68" s="51" t="str">
         <f>IF(I$4&lt;$B68,"",IF(SUM($F68:H68)&lt;$C68,$C68/$G$64,0))</f>
         <v/>
       </c>
       <c r="J68" s="51">
         <f>IF(J$4&lt;$B68,"",IF(SUM($F68:I68)&lt;$C68,$C68/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="K68" s="51">
         <f>IF(K$4&lt;$B68,"",IF(SUM($F68:J68)&lt;$C68,$C68/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="L68" s="51">
         <f>IF(L$4&lt;$B68,"",IF(SUM($F68:K68)&lt;$C68,$C68/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="M68" s="51">
@@ -16572,52 +16574,52 @@
         <f>IF(W$4&lt;$B68,"",IF(SUM($F68:V68)&lt;$C68,$C68/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="X68" s="51">
         <f>IF(X$4&lt;$B68,"",IF(SUM($F68:W68)&lt;$C68,$C68/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="Y68" s="51">
         <f>IF(Y$4&lt;$B68,"",IF(SUM($F68:X68)&lt;$C68,$C68/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z68" s="51">
         <f>IF(Z$4&lt;$B68,"",IF(SUM($F68:Y68)&lt;$C68,$C68/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:26">
       <c r="B69" s="1">
         <f t="shared" si="20"/>
         <v>5</v>
       </c>
       <c r="C69" s="51">
         <v>16.25</v>
       </c>
       <c r="D69" s="51"/>
-      <c r="E69" s="109"/>
-      <c r="F69" s="154"/>
+      <c r="E69" s="107"/>
+      <c r="F69" s="152"/>
       <c r="G69" s="51" t="str">
         <f>IF(G$4&lt;$B69,"",IF(SUM($F69:F69)&lt;$C69,$C69/$G$64,0))</f>
         <v/>
       </c>
       <c r="H69" s="51" t="str">
         <f>IF(H$4&lt;$B69,"",IF(SUM($F69:G69)&lt;$C69,$C69/$G$64,0))</f>
         <v/>
       </c>
       <c r="I69" s="51" t="str">
         <f>IF(I$4&lt;$B69,"",IF(SUM($F69:H69)&lt;$C69,$C69/$G$64,0))</f>
         <v/>
       </c>
       <c r="J69" s="51" t="str">
         <f>IF(J$4&lt;$B69,"",IF(SUM($F69:I69)&lt;$C69,$C69/$G$64,0))</f>
         <v/>
       </c>
       <c r="K69" s="51">
         <f>IF(K$4&lt;$B69,"",IF(SUM($F69:J69)&lt;$C69,$C69/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="L69" s="51">
         <f>IF(L$4&lt;$B69,"",IF(SUM($F69:K69)&lt;$C69,$C69/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="M69" s="51">
@@ -16664,52 +16666,52 @@
         <f>IF(W$4&lt;$B69,"",IF(SUM($F69:V69)&lt;$C69,$C69/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="X69" s="51">
         <f>IF(X$4&lt;$B69,"",IF(SUM($F69:W69)&lt;$C69,$C69/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="Y69" s="51">
         <f>IF(Y$4&lt;$B69,"",IF(SUM($F69:X69)&lt;$C69,$C69/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="Z69" s="51">
         <f>IF(Z$4&lt;$B69,"",IF(SUM($F69:Y69)&lt;$C69,$C69/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:26">
       <c r="B70" s="1">
         <f t="shared" si="20"/>
         <v>6</v>
       </c>
       <c r="C70" s="51">
         <v>16.25</v>
       </c>
       <c r="D70" s="51"/>
-      <c r="E70" s="109"/>
-      <c r="F70" s="154"/>
+      <c r="E70" s="107"/>
+      <c r="F70" s="152"/>
       <c r="G70" s="51" t="str">
         <f>IF(G$4&lt;$B70,"",IF(SUM($F70:F70)&lt;$C70,$C70/$G$64,0))</f>
         <v/>
       </c>
       <c r="H70" s="51" t="str">
         <f>IF(H$4&lt;$B70,"",IF(SUM($F70:G70)&lt;$C70,$C70/$G$64,0))</f>
         <v/>
       </c>
       <c r="I70" s="51" t="str">
         <f>IF(I$4&lt;$B70,"",IF(SUM($F70:H70)&lt;$C70,$C70/$G$64,0))</f>
         <v/>
       </c>
       <c r="J70" s="51" t="str">
         <f>IF(J$4&lt;$B70,"",IF(SUM($F70:I70)&lt;$C70,$C70/$G$64,0))</f>
         <v/>
       </c>
       <c r="K70" s="51" t="str">
         <f>IF(K$4&lt;$B70,"",IF(SUM($F70:J70)&lt;$C70,$C70/$G$64,0))</f>
         <v/>
       </c>
       <c r="L70" s="51">
         <f>IF(L$4&lt;$B70,"",IF(SUM($F70:K70)&lt;$C70,$C70/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="M70" s="51">
@@ -16756,52 +16758,52 @@
         <f>IF(W$4&lt;$B70,"",IF(SUM($F70:V70)&lt;$C70,$C70/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="X70" s="51">
         <f>IF(X$4&lt;$B70,"",IF(SUM($F70:W70)&lt;$C70,$C70/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="Y70" s="51">
         <f>IF(Y$4&lt;$B70,"",IF(SUM($F70:X70)&lt;$C70,$C70/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
       <c r="Z70" s="51">
         <f>IF(Z$4&lt;$B70,"",IF(SUM($F70:Y70)&lt;$C70,$C70/$G$64,0))</f>
         <v>1.0833333333333333</v>
       </c>
     </row>
     <row r="71" spans="2:26" hidden="1">
       <c r="B71" s="1">
         <f t="shared" si="20"/>
         <v>7</v>
       </c>
       <c r="C71" s="51">
         <v>0</v>
       </c>
       <c r="D71" s="51"/>
-      <c r="E71" s="109"/>
-      <c r="F71" s="154"/>
+      <c r="E71" s="107"/>
+      <c r="F71" s="152"/>
       <c r="G71" s="51" t="str">
         <f>IF(G$4&lt;$B71,"",IF(SUM($F71:F71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="H71" s="51" t="str">
         <f>IF(H$4&lt;$B71,"",IF(SUM($F71:G71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="I71" s="51" t="str">
         <f>IF(I$4&lt;$B71,"",IF(SUM($F71:H71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="J71" s="51" t="str">
         <f>IF(J$4&lt;$B71,"",IF(SUM($F71:I71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="K71" s="51" t="str">
         <f>IF(K$4&lt;$B71,"",IF(SUM($F71:J71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="L71" s="51" t="str">
         <f>IF(L$4&lt;$B71,"",IF(SUM($F71:K71)&lt;$C71,$C71/$G$64,0))</f>
         <v/>
       </c>
       <c r="M71" s="51">
@@ -16848,52 +16850,52 @@
         <f>IF(W$4&lt;$B71,"",IF(SUM($F71:V71)&lt;$C71,$C71/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X71" s="51">
         <f>IF(X$4&lt;$B71,"",IF(SUM($F71:W71)&lt;$C71,$C71/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y71" s="51">
         <f>IF(Y$4&lt;$B71,"",IF(SUM($F71:X71)&lt;$C71,$C71/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z71" s="51">
         <f>IF(Z$4&lt;$B71,"",IF(SUM($F71:Y71)&lt;$C71,$C71/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:26" hidden="1">
       <c r="B72" s="1">
         <f t="shared" si="20"/>
         <v>8</v>
       </c>
       <c r="C72" s="51">
         <v>0</v>
       </c>
       <c r="D72" s="51"/>
-      <c r="E72" s="109"/>
-      <c r="F72" s="154"/>
+      <c r="E72" s="107"/>
+      <c r="F72" s="152"/>
       <c r="G72" s="51" t="str">
         <f>IF(G$4&lt;$B72,"",IF(SUM($F72:F72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="H72" s="51" t="str">
         <f>IF(H$4&lt;$B72,"",IF(SUM($F72:G72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="I72" s="51" t="str">
         <f>IF(I$4&lt;$B72,"",IF(SUM($F72:H72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="J72" s="51" t="str">
         <f>IF(J$4&lt;$B72,"",IF(SUM($F72:I72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="K72" s="51" t="str">
         <f>IF(K$4&lt;$B72,"",IF(SUM($F72:J72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="L72" s="51" t="str">
         <f>IF(L$4&lt;$B72,"",IF(SUM($F72:K72)&lt;$C72,$C72/$G$64,0))</f>
         <v/>
       </c>
       <c r="M72" s="51" t="str">
@@ -16940,52 +16942,52 @@
         <f>IF(W$4&lt;$B72,"",IF(SUM($F72:V72)&lt;$C72,$C72/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X72" s="51">
         <f>IF(X$4&lt;$B72,"",IF(SUM($F72:W72)&lt;$C72,$C72/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y72" s="51">
         <f>IF(Y$4&lt;$B72,"",IF(SUM($F72:X72)&lt;$C72,$C72/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z72" s="51">
         <f>IF(Z$4&lt;$B72,"",IF(SUM($F72:Y72)&lt;$C72,$C72/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:26" hidden="1">
       <c r="B73" s="1">
         <f t="shared" si="20"/>
         <v>9</v>
       </c>
       <c r="C73" s="51">
         <v>0</v>
       </c>
       <c r="D73" s="51"/>
-      <c r="E73" s="109"/>
-      <c r="F73" s="154"/>
+      <c r="E73" s="107"/>
+      <c r="F73" s="152"/>
       <c r="G73" s="51" t="str">
         <f>IF(G$4&lt;$B73,"",IF(SUM($F73:F73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="H73" s="51" t="str">
         <f>IF(H$4&lt;$B73,"",IF(SUM($F73:G73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="I73" s="51" t="str">
         <f>IF(I$4&lt;$B73,"",IF(SUM($F73:H73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="J73" s="51" t="str">
         <f>IF(J$4&lt;$B73,"",IF(SUM($F73:I73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="K73" s="51" t="str">
         <f>IF(K$4&lt;$B73,"",IF(SUM($F73:J73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="L73" s="51" t="str">
         <f>IF(L$4&lt;$B73,"",IF(SUM($F73:K73)&lt;$C73,$C73/$G$64,0))</f>
         <v/>
       </c>
       <c r="M73" s="51" t="str">
@@ -17032,52 +17034,52 @@
         <f>IF(W$4&lt;$B73,"",IF(SUM($F73:V73)&lt;$C73,$C73/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X73" s="51">
         <f>IF(X$4&lt;$B73,"",IF(SUM($F73:W73)&lt;$C73,$C73/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y73" s="51">
         <f>IF(Y$4&lt;$B73,"",IF(SUM($F73:X73)&lt;$C73,$C73/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z73" s="51">
         <f>IF(Z$4&lt;$B73,"",IF(SUM($F73:Y73)&lt;$C73,$C73/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:26" hidden="1">
       <c r="B74" s="1">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="C74" s="51">
         <v>0</v>
       </c>
       <c r="D74" s="51"/>
-      <c r="E74" s="109"/>
-      <c r="F74" s="154"/>
+      <c r="E74" s="107"/>
+      <c r="F74" s="152"/>
       <c r="G74" s="51" t="str">
         <f>IF(G$4&lt;$B74,"",IF(SUM($F74:F74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="H74" s="51" t="str">
         <f>IF(H$4&lt;$B74,"",IF(SUM($F74:G74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="I74" s="51" t="str">
         <f>IF(I$4&lt;$B74,"",IF(SUM($F74:H74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="J74" s="51" t="str">
         <f>IF(J$4&lt;$B74,"",IF(SUM($F74:I74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="K74" s="51" t="str">
         <f>IF(K$4&lt;$B74,"",IF(SUM($F74:J74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="L74" s="51" t="str">
         <f>IF(L$4&lt;$B74,"",IF(SUM($F74:K74)&lt;$C74,$C74/$G$64,0))</f>
         <v/>
       </c>
       <c r="M74" s="51" t="str">
@@ -17124,52 +17126,52 @@
         <f>IF(W$4&lt;$B74,"",IF(SUM($F74:V74)&lt;$C74,$C74/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X74" s="51">
         <f>IF(X$4&lt;$B74,"",IF(SUM($F74:W74)&lt;$C74,$C74/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y74" s="51">
         <f>IF(Y$4&lt;$B74,"",IF(SUM($F74:X74)&lt;$C74,$C74/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z74" s="51">
         <f>IF(Z$4&lt;$B74,"",IF(SUM($F74:Y74)&lt;$C74,$C74/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:26" hidden="1">
       <c r="B75" s="1">
         <f t="shared" si="20"/>
         <v>11</v>
       </c>
       <c r="C75" s="51">
         <v>0</v>
       </c>
       <c r="D75" s="51"/>
-      <c r="E75" s="109"/>
-      <c r="F75" s="154"/>
+      <c r="E75" s="107"/>
+      <c r="F75" s="152"/>
       <c r="G75" s="51" t="str">
         <f>IF(G$4&lt;$B75,"",IF(SUM($F75:F75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="H75" s="51" t="str">
         <f>IF(H$4&lt;$B75,"",IF(SUM($F75:G75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="I75" s="51" t="str">
         <f>IF(I$4&lt;$B75,"",IF(SUM($F75:H75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="J75" s="51" t="str">
         <f>IF(J$4&lt;$B75,"",IF(SUM($F75:I75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="K75" s="51" t="str">
         <f>IF(K$4&lt;$B75,"",IF(SUM($F75:J75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="L75" s="51" t="str">
         <f>IF(L$4&lt;$B75,"",IF(SUM($F75:K75)&lt;$C75,$C75/$G$64,0))</f>
         <v/>
       </c>
       <c r="M75" s="51" t="str">
@@ -17216,52 +17218,52 @@
         <f>IF(W$4&lt;$B75,"",IF(SUM($F75:V75)&lt;$C75,$C75/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X75" s="51">
         <f>IF(X$4&lt;$B75,"",IF(SUM($F75:W75)&lt;$C75,$C75/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y75" s="51">
         <f>IF(Y$4&lt;$B75,"",IF(SUM($F75:X75)&lt;$C75,$C75/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z75" s="51">
         <f>IF(Z$4&lt;$B75,"",IF(SUM($F75:Y75)&lt;$C75,$C75/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:26" hidden="1">
       <c r="B76" s="1">
         <f t="shared" si="20"/>
         <v>12</v>
       </c>
       <c r="C76" s="51">
         <v>0</v>
       </c>
       <c r="D76" s="51"/>
-      <c r="E76" s="109"/>
-      <c r="F76" s="154"/>
+      <c r="E76" s="107"/>
+      <c r="F76" s="152"/>
       <c r="G76" s="51" t="str">
         <f>IF(G$4&lt;$B76,"",IF(SUM($F76:F76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="H76" s="51" t="str">
         <f>IF(H$4&lt;$B76,"",IF(SUM($F76:G76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="I76" s="51" t="str">
         <f>IF(I$4&lt;$B76,"",IF(SUM($F76:H76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="J76" s="51" t="str">
         <f>IF(J$4&lt;$B76,"",IF(SUM($F76:I76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="K76" s="51" t="str">
         <f>IF(K$4&lt;$B76,"",IF(SUM($F76:J76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="L76" s="51" t="str">
         <f>IF(L$4&lt;$B76,"",IF(SUM($F76:K76)&lt;$C76,$C76/$G$64,0))</f>
         <v/>
       </c>
       <c r="M76" s="51" t="str">
@@ -17308,52 +17310,52 @@
         <f>IF(W$4&lt;$B76,"",IF(SUM($F76:V76)&lt;$C76,$C76/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X76" s="51">
         <f>IF(X$4&lt;$B76,"",IF(SUM($F76:W76)&lt;$C76,$C76/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y76" s="51">
         <f>IF(Y$4&lt;$B76,"",IF(SUM($F76:X76)&lt;$C76,$C76/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z76" s="51">
         <f>IF(Z$4&lt;$B76,"",IF(SUM($F76:Y76)&lt;$C76,$C76/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:26" hidden="1">
       <c r="B77" s="1">
         <f t="shared" si="20"/>
         <v>13</v>
       </c>
       <c r="C77" s="51">
         <v>0</v>
       </c>
       <c r="D77" s="51"/>
-      <c r="E77" s="109"/>
-      <c r="F77" s="154"/>
+      <c r="E77" s="107"/>
+      <c r="F77" s="152"/>
       <c r="G77" s="51" t="str">
         <f>IF(G$4&lt;$B77,"",IF(SUM($F77:F77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="H77" s="51" t="str">
         <f>IF(H$4&lt;$B77,"",IF(SUM($F77:G77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="I77" s="51" t="str">
         <f>IF(I$4&lt;$B77,"",IF(SUM($F77:H77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="J77" s="51" t="str">
         <f>IF(J$4&lt;$B77,"",IF(SUM($F77:I77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="K77" s="51" t="str">
         <f>IF(K$4&lt;$B77,"",IF(SUM($F77:J77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="L77" s="51" t="str">
         <f>IF(L$4&lt;$B77,"",IF(SUM($F77:K77)&lt;$C77,$C77/$G$64,0))</f>
         <v/>
       </c>
       <c r="M77" s="51" t="str">
@@ -17400,52 +17402,52 @@
         <f>IF(W$4&lt;$B77,"",IF(SUM($F77:V77)&lt;$C77,$C77/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X77" s="51">
         <f>IF(X$4&lt;$B77,"",IF(SUM($F77:W77)&lt;$C77,$C77/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y77" s="51">
         <f>IF(Y$4&lt;$B77,"",IF(SUM($F77:X77)&lt;$C77,$C77/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z77" s="51">
         <f>IF(Z$4&lt;$B77,"",IF(SUM($F77:Y77)&lt;$C77,$C77/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:26" hidden="1">
       <c r="B78" s="1">
         <f t="shared" si="20"/>
         <v>14</v>
       </c>
       <c r="C78" s="51">
         <v>0</v>
       </c>
       <c r="D78" s="51"/>
-      <c r="E78" s="109"/>
-      <c r="F78" s="154"/>
+      <c r="E78" s="107"/>
+      <c r="F78" s="152"/>
       <c r="G78" s="51" t="str">
         <f>IF(G$4&lt;$B78,"",IF(SUM($F78:F78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="H78" s="51" t="str">
         <f>IF(H$4&lt;$B78,"",IF(SUM($F78:G78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="I78" s="51" t="str">
         <f>IF(I$4&lt;$B78,"",IF(SUM($F78:H78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="J78" s="51" t="str">
         <f>IF(J$4&lt;$B78,"",IF(SUM($F78:I78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="K78" s="51" t="str">
         <f>IF(K$4&lt;$B78,"",IF(SUM($F78:J78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="L78" s="51" t="str">
         <f>IF(L$4&lt;$B78,"",IF(SUM($F78:K78)&lt;$C78,$C78/$G$64,0))</f>
         <v/>
       </c>
       <c r="M78" s="51" t="str">
@@ -17492,52 +17494,52 @@
         <f>IF(W$4&lt;$B78,"",IF(SUM($F78:V78)&lt;$C78,$C78/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X78" s="51">
         <f>IF(X$4&lt;$B78,"",IF(SUM($F78:W78)&lt;$C78,$C78/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y78" s="51">
         <f>IF(Y$4&lt;$B78,"",IF(SUM($F78:X78)&lt;$C78,$C78/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z78" s="51">
         <f>IF(Z$4&lt;$B78,"",IF(SUM($F78:Y78)&lt;$C78,$C78/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:26" hidden="1">
       <c r="B79" s="1">
         <f t="shared" si="20"/>
         <v>15</v>
       </c>
       <c r="C79" s="51">
         <v>0</v>
       </c>
       <c r="D79" s="51"/>
-      <c r="E79" s="109"/>
-      <c r="F79" s="154"/>
+      <c r="E79" s="107"/>
+      <c r="F79" s="152"/>
       <c r="G79" s="51" t="str">
         <f>IF(G$4&lt;$B79,"",IF(SUM($F79:F79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="H79" s="51" t="str">
         <f>IF(H$4&lt;$B79,"",IF(SUM($F79:G79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="I79" s="51" t="str">
         <f>IF(I$4&lt;$B79,"",IF(SUM($F79:H79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="J79" s="51" t="str">
         <f>IF(J$4&lt;$B79,"",IF(SUM($F79:I79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="K79" s="51" t="str">
         <f>IF(K$4&lt;$B79,"",IF(SUM($F79:J79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="L79" s="51" t="str">
         <f>IF(L$4&lt;$B79,"",IF(SUM($F79:K79)&lt;$C79,$C79/$G$64,0))</f>
         <v/>
       </c>
       <c r="M79" s="51" t="str">
@@ -17584,52 +17586,52 @@
         <f>IF(W$4&lt;$B79,"",IF(SUM($F79:V79)&lt;$C79,$C79/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X79" s="51">
         <f>IF(X$4&lt;$B79,"",IF(SUM($F79:W79)&lt;$C79,$C79/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y79" s="51">
         <f>IF(Y$4&lt;$B79,"",IF(SUM($F79:X79)&lt;$C79,$C79/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z79" s="51">
         <f>IF(Z$4&lt;$B79,"",IF(SUM($F79:Y79)&lt;$C79,$C79/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:26" hidden="1">
       <c r="B80" s="1">
         <f t="shared" si="20"/>
         <v>16</v>
       </c>
       <c r="C80" s="51">
         <v>0</v>
       </c>
       <c r="D80" s="51"/>
-      <c r="E80" s="109"/>
-      <c r="F80" s="154"/>
+      <c r="E80" s="107"/>
+      <c r="F80" s="152"/>
       <c r="G80" s="51" t="str">
         <f>IF(G$4&lt;$B80,"",IF(SUM($F80:F80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="H80" s="51" t="str">
         <f>IF(H$4&lt;$B80,"",IF(SUM($F80:G80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="I80" s="51" t="str">
         <f>IF(I$4&lt;$B80,"",IF(SUM($F80:H80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="J80" s="51" t="str">
         <f>IF(J$4&lt;$B80,"",IF(SUM($F80:I80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="K80" s="51" t="str">
         <f>IF(K$4&lt;$B80,"",IF(SUM($F80:J80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="L80" s="51" t="str">
         <f>IF(L$4&lt;$B80,"",IF(SUM($F80:K80)&lt;$C80,$C80/$G$64,0))</f>
         <v/>
       </c>
       <c r="M80" s="51" t="str">
@@ -17676,52 +17678,52 @@
         <f>IF(W$4&lt;$B80,"",IF(SUM($F80:V80)&lt;$C80,$C80/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X80" s="51">
         <f>IF(X$4&lt;$B80,"",IF(SUM($F80:W80)&lt;$C80,$C80/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y80" s="51">
         <f>IF(Y$4&lt;$B80,"",IF(SUM($F80:X80)&lt;$C80,$C80/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z80" s="51">
         <f>IF(Z$4&lt;$B80,"",IF(SUM($F80:Y80)&lt;$C80,$C80/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:26" hidden="1">
       <c r="B81" s="1">
         <f t="shared" si="20"/>
         <v>17</v>
       </c>
       <c r="C81" s="51">
         <v>0</v>
       </c>
       <c r="D81" s="51"/>
-      <c r="E81" s="109"/>
-      <c r="F81" s="154"/>
+      <c r="E81" s="107"/>
+      <c r="F81" s="152"/>
       <c r="G81" s="51" t="str">
         <f>IF(G$4&lt;$B81,"",IF(SUM($F81:F81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="H81" s="51" t="str">
         <f>IF(H$4&lt;$B81,"",IF(SUM($F81:G81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="I81" s="51" t="str">
         <f>IF(I$4&lt;$B81,"",IF(SUM($F81:H81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="J81" s="51" t="str">
         <f>IF(J$4&lt;$B81,"",IF(SUM($F81:I81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="K81" s="51" t="str">
         <f>IF(K$4&lt;$B81,"",IF(SUM($F81:J81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="L81" s="51" t="str">
         <f>IF(L$4&lt;$B81,"",IF(SUM($F81:K81)&lt;$C81,$C81/$G$64,0))</f>
         <v/>
       </c>
       <c r="M81" s="51" t="str">
@@ -17768,52 +17770,52 @@
         <f>IF(W$4&lt;$B81,"",IF(SUM($F81:V81)&lt;$C81,$C81/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="X81" s="51">
         <f>IF(X$4&lt;$B81,"",IF(SUM($F81:W81)&lt;$C81,$C81/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y81" s="51">
         <f>IF(Y$4&lt;$B81,"",IF(SUM($F81:X81)&lt;$C81,$C81/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z81" s="51">
         <f>IF(Z$4&lt;$B81,"",IF(SUM($F81:Y81)&lt;$C81,$C81/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:26" hidden="1">
       <c r="B82" s="1">
         <f t="shared" si="20"/>
         <v>18</v>
       </c>
       <c r="C82" s="51">
         <v>0</v>
       </c>
       <c r="D82" s="51"/>
-      <c r="E82" s="109"/>
-      <c r="F82" s="154"/>
+      <c r="E82" s="107"/>
+      <c r="F82" s="152"/>
       <c r="G82" s="51" t="str">
         <f>IF(G$4&lt;$B82,"",IF(SUM($F82:F82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="H82" s="51" t="str">
         <f>IF(H$4&lt;$B82,"",IF(SUM($F82:G82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="I82" s="51" t="str">
         <f>IF(I$4&lt;$B82,"",IF(SUM($F82:H82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="J82" s="51" t="str">
         <f>IF(J$4&lt;$B82,"",IF(SUM($F82:I82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="K82" s="51" t="str">
         <f>IF(K$4&lt;$B82,"",IF(SUM($F82:J82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="L82" s="51" t="str">
         <f>IF(L$4&lt;$B82,"",IF(SUM($F82:K82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="M82" s="51" t="str">
@@ -17860,52 +17862,52 @@
         <f>IF(W$4&lt;$B82,"",IF(SUM($F82:V82)&lt;$C82,$C82/$G$64,0))</f>
         <v/>
       </c>
       <c r="X82" s="51">
         <f>IF(X$4&lt;$B82,"",IF(SUM($F82:W82)&lt;$C82,$C82/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Y82" s="51">
         <f>IF(Y$4&lt;$B82,"",IF(SUM($F82:X82)&lt;$C82,$C82/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z82" s="51">
         <f>IF(Z$4&lt;$B82,"",IF(SUM($F82:Y82)&lt;$C82,$C82/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:26" hidden="1">
       <c r="B83" s="1">
         <f t="shared" si="20"/>
         <v>19</v>
       </c>
       <c r="C83" s="51">
         <v>0</v>
       </c>
       <c r="D83" s="51"/>
-      <c r="E83" s="109"/>
-      <c r="F83" s="154"/>
+      <c r="E83" s="107"/>
+      <c r="F83" s="152"/>
       <c r="G83" s="51" t="str">
         <f>IF(G$4&lt;$B83,"",IF(SUM($F83:F83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="H83" s="51" t="str">
         <f>IF(H$4&lt;$B83,"",IF(SUM($F83:G83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="I83" s="51" t="str">
         <f>IF(I$4&lt;$B83,"",IF(SUM($F83:H83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="J83" s="51" t="str">
         <f>IF(J$4&lt;$B83,"",IF(SUM($F83:I83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="K83" s="51" t="str">
         <f>IF(K$4&lt;$B83,"",IF(SUM($F83:J83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="L83" s="51" t="str">
         <f>IF(L$4&lt;$B83,"",IF(SUM($F83:K83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="M83" s="51" t="str">
@@ -17952,52 +17954,52 @@
         <f>IF(W$4&lt;$B83,"",IF(SUM($F83:V83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="X83" s="51" t="str">
         <f>IF(X$4&lt;$B83,"",IF(SUM($F83:W83)&lt;$C83,$C83/$G$64,0))</f>
         <v/>
       </c>
       <c r="Y83" s="51">
         <f>IF(Y$4&lt;$B83,"",IF(SUM($F83:X83)&lt;$C83,$C83/$G$64,0))</f>
         <v>0</v>
       </c>
       <c r="Z83" s="51">
         <f>IF(Z$4&lt;$B83,"",IF(SUM($F83:Y83)&lt;$C83,$C83/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="B84" s="1">
         <f t="shared" si="20"/>
         <v>20</v>
       </c>
       <c r="C84" s="51">
         <v>0</v>
       </c>
       <c r="D84" s="51"/>
-      <c r="E84" s="109"/>
-      <c r="F84" s="154"/>
+      <c r="E84" s="107"/>
+      <c r="F84" s="152"/>
       <c r="G84" s="51" t="str">
         <f>IF(G$4&lt;$B84,"",IF(SUM($F84:F84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="H84" s="51" t="str">
         <f>IF(H$4&lt;$B84,"",IF(SUM($F84:G84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="I84" s="51" t="str">
         <f>IF(I$4&lt;$B84,"",IF(SUM($F84:H84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="J84" s="51" t="str">
         <f>IF(J$4&lt;$B84,"",IF(SUM($F84:I84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="K84" s="51" t="str">
         <f>IF(K$4&lt;$B84,"",IF(SUM($F84:J84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="L84" s="51" t="str">
         <f>IF(L$4&lt;$B84,"",IF(SUM($F84:K84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="M84" s="51" t="str">
@@ -18037,55 +18039,55 @@
         <v/>
       </c>
       <c r="V84" s="51" t="str">
         <f>IF(V$4&lt;$B84,"",IF(SUM($F84:U84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="W84" s="51" t="str">
         <f>IF(W$4&lt;$B84,"",IF(SUM($F84:V84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="X84" s="51" t="str">
         <f>IF(X$4&lt;$B84,"",IF(SUM($F84:W84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="Y84" s="51" t="str">
         <f>IF(Y$4&lt;$B84,"",IF(SUM($F84:X84)&lt;$C84,$C84/$G$64,0))</f>
         <v/>
       </c>
       <c r="Z84" s="51">
         <f>IF(Z$4&lt;$B84,"",IF(SUM($F84:Y84)&lt;$C84,$C84/$G$64,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="C85" s="45" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D85" s="45"/>
       <c r="E85" s="47"/>
-      <c r="F85" s="117"/>
+      <c r="F85" s="115"/>
       <c r="G85" s="82">
         <f t="shared" ref="G85:Z85" si="21">SUM(G65:G84)</f>
         <v>0</v>
       </c>
       <c r="H85" s="82">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="I85" s="82">
         <f t="shared" si="21"/>
         <v>1.0833333333333333</v>
       </c>
       <c r="J85" s="82">
         <f t="shared" si="21"/>
         <v>2.1666666666666665</v>
       </c>
       <c r="K85" s="82">
         <f t="shared" si="21"/>
         <v>3.25</v>
       </c>
       <c r="L85" s="82">
         <f t="shared" si="21"/>
         <v>4.333333333333333</v>
       </c>
       <c r="M85" s="82">
@@ -18124,83 +18126,83 @@
         <f t="shared" si="21"/>
         <v>4.333333333333333</v>
       </c>
       <c r="V85" s="82">
         <f t="shared" si="21"/>
         <v>4.333333333333333</v>
       </c>
       <c r="W85" s="82">
         <f t="shared" si="21"/>
         <v>4.333333333333333</v>
       </c>
       <c r="X85" s="82">
         <f t="shared" si="21"/>
         <v>3.25</v>
       </c>
       <c r="Y85" s="82">
         <f t="shared" si="21"/>
         <v>2.1666666666666665</v>
       </c>
       <c r="Z85" s="82">
         <f t="shared" si="21"/>
         <v>1.0833333333333333</v>
       </c>
     </row>
     <row r="87" spans="1:26">
-      <c r="E87" s="113"/>
-      <c r="F87" s="113"/>
+      <c r="E87" s="111"/>
+      <c r="F87" s="111"/>
       <c r="G87" s="42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1" t="s">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="G88" s="163">
+        <v>82</v>
+      </c>
+      <c r="C88" s="104" t="s">
+        <v>106</v>
+      </c>
+      <c r="D88" s="105"/>
+      <c r="E88" s="105"/>
+      <c r="F88" s="105"/>
+      <c r="G88" s="161">
         <f>Control!$G$49</f>
         <v>5</v>
       </c>
       <c r="H88" s="51"/>
     </row>
     <row r="89" spans="1:26">
-      <c r="B89" s="108">
+      <c r="B89" s="106">
         <v>1</v>
       </c>
       <c r="C89" s="51" cm="1">
         <f t="array" ref="C89:C108">TRANSPOSE(G32:Z32)</f>
         <v>3.25</v>
       </c>
       <c r="D89" s="51"/>
-      <c r="E89" s="109"/>
-      <c r="F89" s="154"/>
+      <c r="E89" s="107"/>
+      <c r="F89" s="152"/>
       <c r="G89" s="51">
         <f>IF(G$4&lt;$B89,"",IF(SUM($F89:F89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0.65</v>
       </c>
       <c r="H89" s="51">
         <f>IF(H$4&lt;$B89,"",IF(SUM($F89:G89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0.65</v>
       </c>
       <c r="I89" s="51">
         <f>IF(I$4&lt;$B89,"",IF(SUM($F89:H89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0.65</v>
       </c>
       <c r="J89" s="51">
         <f>IF(J$4&lt;$B89,"",IF(SUM($F89:I89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0.65</v>
       </c>
       <c r="K89" s="51">
         <f>IF(K$4&lt;$B89,"",IF(SUM($F89:J89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0.65</v>
       </c>
       <c r="L89" s="51">
         <f>IF(L$4&lt;$B89,"",IF(SUM($F89:K89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M89" s="51">
@@ -18247,52 +18249,52 @@
         <f>IF(W$4&lt;$B89,"",IF(SUM($F89:V89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X89" s="51">
         <f>IF(X$4&lt;$B89,"",IF(SUM($F89:W89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y89" s="51">
         <f>IF(Y$4&lt;$B89,"",IF(SUM($F89:X89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z89" s="51">
         <f>IF(Z$4&lt;$B89,"",IF(SUM($F89:Y89)&lt;$C89,$C89/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="B90" s="1">
         <f t="shared" ref="B90:B108" si="22">B89+1</f>
         <v>2</v>
       </c>
       <c r="C90" s="51">
         <v>0</v>
       </c>
       <c r="D90" s="51"/>
-      <c r="E90" s="109"/>
-      <c r="F90" s="154"/>
+      <c r="E90" s="107"/>
+      <c r="F90" s="152"/>
       <c r="G90" s="51" t="str">
         <f>IF(G$4&lt;$B90,"",IF(SUM($F90:F90)&lt;$C90,$C90/$G$88,0))</f>
         <v/>
       </c>
       <c r="H90" s="51">
         <f>IF(H$4&lt;$B90,"",IF(SUM($F90:G90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="I90" s="51">
         <f>IF(I$4&lt;$B90,"",IF(SUM($F90:H90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="J90" s="51">
         <f>IF(J$4&lt;$B90,"",IF(SUM($F90:I90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="K90" s="51">
         <f>IF(K$4&lt;$B90,"",IF(SUM($F90:J90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="L90" s="51">
         <f>IF(L$4&lt;$B90,"",IF(SUM($F90:K90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M90" s="51">
@@ -18339,52 +18341,52 @@
         <f>IF(W$4&lt;$B90,"",IF(SUM($F90:V90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X90" s="51">
         <f>IF(X$4&lt;$B90,"",IF(SUM($F90:W90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y90" s="51">
         <f>IF(Y$4&lt;$B90,"",IF(SUM($F90:X90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z90" s="51">
         <f>IF(Z$4&lt;$B90,"",IF(SUM($F90:Y90)&lt;$C90,$C90/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="B91" s="1">
         <f t="shared" si="22"/>
         <v>3</v>
       </c>
       <c r="C91" s="51">
         <v>0</v>
       </c>
       <c r="D91" s="51"/>
-      <c r="E91" s="109"/>
-      <c r="F91" s="154"/>
+      <c r="E91" s="107"/>
+      <c r="F91" s="152"/>
       <c r="G91" s="51" t="str">
         <f>IF(G$4&lt;$B91,"",IF(SUM($F91:F91)&lt;$C91,$C91/$G$88,0))</f>
         <v/>
       </c>
       <c r="H91" s="51" t="str">
         <f>IF(H$4&lt;$B91,"",IF(SUM($F91:G91)&lt;$C91,$C91/$G$88,0))</f>
         <v/>
       </c>
       <c r="I91" s="51">
         <f>IF(I$4&lt;$B91,"",IF(SUM($F91:H91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="J91" s="51">
         <f>IF(J$4&lt;$B91,"",IF(SUM($F91:I91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="K91" s="51">
         <f>IF(K$4&lt;$B91,"",IF(SUM($F91:J91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="L91" s="51">
         <f>IF(L$4&lt;$B91,"",IF(SUM($F91:K91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M91" s="51">
@@ -18431,52 +18433,52 @@
         <f>IF(W$4&lt;$B91,"",IF(SUM($F91:V91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X91" s="51">
         <f>IF(X$4&lt;$B91,"",IF(SUM($F91:W91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y91" s="51">
         <f>IF(Y$4&lt;$B91,"",IF(SUM($F91:X91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z91" s="51">
         <f>IF(Z$4&lt;$B91,"",IF(SUM($F91:Y91)&lt;$C91,$C91/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="B92" s="1">
         <f t="shared" si="22"/>
         <v>4</v>
       </c>
       <c r="C92" s="51">
         <v>0</v>
       </c>
       <c r="D92" s="51"/>
-      <c r="E92" s="109"/>
-      <c r="F92" s="154"/>
+      <c r="E92" s="107"/>
+      <c r="F92" s="152"/>
       <c r="G92" s="51" t="str">
         <f>IF(G$4&lt;$B92,"",IF(SUM($F92:F92)&lt;$C92,$C92/$G$88,0))</f>
         <v/>
       </c>
       <c r="H92" s="51" t="str">
         <f>IF(H$4&lt;$B92,"",IF(SUM($F92:G92)&lt;$C92,$C92/$G$88,0))</f>
         <v/>
       </c>
       <c r="I92" s="51" t="str">
         <f>IF(I$4&lt;$B92,"",IF(SUM($F92:H92)&lt;$C92,$C92/$G$88,0))</f>
         <v/>
       </c>
       <c r="J92" s="51">
         <f>IF(J$4&lt;$B92,"",IF(SUM($F92:I92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="K92" s="51">
         <f>IF(K$4&lt;$B92,"",IF(SUM($F92:J92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="L92" s="51">
         <f>IF(L$4&lt;$B92,"",IF(SUM($F92:K92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M92" s="51">
@@ -18523,52 +18525,52 @@
         <f>IF(W$4&lt;$B92,"",IF(SUM($F92:V92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X92" s="51">
         <f>IF(X$4&lt;$B92,"",IF(SUM($F92:W92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y92" s="51">
         <f>IF(Y$4&lt;$B92,"",IF(SUM($F92:X92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z92" s="51">
         <f>IF(Z$4&lt;$B92,"",IF(SUM($F92:Y92)&lt;$C92,$C92/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="B93" s="1">
         <f t="shared" si="22"/>
         <v>5</v>
       </c>
       <c r="C93" s="51">
         <v>0</v>
       </c>
       <c r="D93" s="51"/>
-      <c r="E93" s="109"/>
-      <c r="F93" s="154"/>
+      <c r="E93" s="107"/>
+      <c r="F93" s="152"/>
       <c r="G93" s="51" t="str">
         <f>IF(G$4&lt;$B93,"",IF(SUM($F93:F93)&lt;$C93,$C93/$G$88,0))</f>
         <v/>
       </c>
       <c r="H93" s="51" t="str">
         <f>IF(H$4&lt;$B93,"",IF(SUM($F93:G93)&lt;$C93,$C93/$G$88,0))</f>
         <v/>
       </c>
       <c r="I93" s="51" t="str">
         <f>IF(I$4&lt;$B93,"",IF(SUM($F93:H93)&lt;$C93,$C93/$G$88,0))</f>
         <v/>
       </c>
       <c r="J93" s="51" t="str">
         <f>IF(J$4&lt;$B93,"",IF(SUM($F93:I93)&lt;$C93,$C93/$G$88,0))</f>
         <v/>
       </c>
       <c r="K93" s="51">
         <f>IF(K$4&lt;$B93,"",IF(SUM($F93:J93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="L93" s="51">
         <f>IF(L$4&lt;$B93,"",IF(SUM($F93:K93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M93" s="51">
@@ -18615,52 +18617,52 @@
         <f>IF(W$4&lt;$B93,"",IF(SUM($F93:V93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X93" s="51">
         <f>IF(X$4&lt;$B93,"",IF(SUM($F93:W93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y93" s="51">
         <f>IF(Y$4&lt;$B93,"",IF(SUM($F93:X93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z93" s="51">
         <f>IF(Z$4&lt;$B93,"",IF(SUM($F93:Y93)&lt;$C93,$C93/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="B94" s="1">
         <f t="shared" si="22"/>
         <v>6</v>
       </c>
       <c r="C94" s="51">
         <v>0</v>
       </c>
       <c r="D94" s="51"/>
-      <c r="E94" s="109"/>
-      <c r="F94" s="154"/>
+      <c r="E94" s="107"/>
+      <c r="F94" s="152"/>
       <c r="G94" s="51" t="str">
         <f>IF(G$4&lt;$B94,"",IF(SUM($F94:F94)&lt;$C94,$C94/$G$88,0))</f>
         <v/>
       </c>
       <c r="H94" s="51" t="str">
         <f>IF(H$4&lt;$B94,"",IF(SUM($F94:G94)&lt;$C94,$C94/$G$88,0))</f>
         <v/>
       </c>
       <c r="I94" s="51" t="str">
         <f>IF(I$4&lt;$B94,"",IF(SUM($F94:H94)&lt;$C94,$C94/$G$88,0))</f>
         <v/>
       </c>
       <c r="J94" s="51" t="str">
         <f>IF(J$4&lt;$B94,"",IF(SUM($F94:I94)&lt;$C94,$C94/$G$88,0))</f>
         <v/>
       </c>
       <c r="K94" s="51" t="str">
         <f>IF(K$4&lt;$B94,"",IF(SUM($F94:J94)&lt;$C94,$C94/$G$88,0))</f>
         <v/>
       </c>
       <c r="L94" s="51">
         <f>IF(L$4&lt;$B94,"",IF(SUM($F94:K94)&lt;$C94,$C94/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="M94" s="51">
@@ -18707,52 +18709,52 @@
         <f>IF(W$4&lt;$B94,"",IF(SUM($F94:V94)&lt;$C94,$C94/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X94" s="51">
         <f>IF(X$4&lt;$B94,"",IF(SUM($F94:W94)&lt;$C94,$C94/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y94" s="51">
         <f>IF(Y$4&lt;$B94,"",IF(SUM($F94:X94)&lt;$C94,$C94/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z94" s="51">
         <f>IF(Z$4&lt;$B94,"",IF(SUM($F94:Y94)&lt;$C94,$C94/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:26" hidden="1">
       <c r="B95" s="1">
         <f t="shared" si="22"/>
         <v>7</v>
       </c>
       <c r="C95" s="51">
         <v>0</v>
       </c>
       <c r="D95" s="51"/>
-      <c r="E95" s="109"/>
-      <c r="F95" s="154"/>
+      <c r="E95" s="107"/>
+      <c r="F95" s="152"/>
       <c r="G95" s="51" t="str">
         <f>IF(G$4&lt;$B95,"",IF(SUM($F95:F95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="H95" s="51" t="str">
         <f>IF(H$4&lt;$B95,"",IF(SUM($F95:G95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="I95" s="51" t="str">
         <f>IF(I$4&lt;$B95,"",IF(SUM($F95:H95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="J95" s="51" t="str">
         <f>IF(J$4&lt;$B95,"",IF(SUM($F95:I95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="K95" s="51" t="str">
         <f>IF(K$4&lt;$B95,"",IF(SUM($F95:J95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="L95" s="51" t="str">
         <f>IF(L$4&lt;$B95,"",IF(SUM($F95:K95)&lt;$C95,$C95/$G$88,0))</f>
         <v/>
       </c>
       <c r="M95" s="51">
@@ -18799,52 +18801,52 @@
         <f>IF(W$4&lt;$B95,"",IF(SUM($F95:V95)&lt;$C95,$C95/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X95" s="51">
         <f>IF(X$4&lt;$B95,"",IF(SUM($F95:W95)&lt;$C95,$C95/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y95" s="51">
         <f>IF(Y$4&lt;$B95,"",IF(SUM($F95:X95)&lt;$C95,$C95/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z95" s="51">
         <f>IF(Z$4&lt;$B95,"",IF(SUM($F95:Y95)&lt;$C95,$C95/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:26" hidden="1">
       <c r="B96" s="1">
         <f t="shared" si="22"/>
         <v>8</v>
       </c>
       <c r="C96" s="51">
         <v>0</v>
       </c>
       <c r="D96" s="51"/>
-      <c r="E96" s="109"/>
-      <c r="F96" s="154"/>
+      <c r="E96" s="107"/>
+      <c r="F96" s="152"/>
       <c r="G96" s="51" t="str">
         <f>IF(G$4&lt;$B96,"",IF(SUM($F96:F96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="H96" s="51" t="str">
         <f>IF(H$4&lt;$B96,"",IF(SUM($F96:G96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="I96" s="51" t="str">
         <f>IF(I$4&lt;$B96,"",IF(SUM($F96:H96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="J96" s="51" t="str">
         <f>IF(J$4&lt;$B96,"",IF(SUM($F96:I96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="K96" s="51" t="str">
         <f>IF(K$4&lt;$B96,"",IF(SUM($F96:J96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="L96" s="51" t="str">
         <f>IF(L$4&lt;$B96,"",IF(SUM($F96:K96)&lt;$C96,$C96/$G$88,0))</f>
         <v/>
       </c>
       <c r="M96" s="51" t="str">
@@ -18891,52 +18893,52 @@
         <f>IF(W$4&lt;$B96,"",IF(SUM($F96:V96)&lt;$C96,$C96/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X96" s="51">
         <f>IF(X$4&lt;$B96,"",IF(SUM($F96:W96)&lt;$C96,$C96/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y96" s="51">
         <f>IF(Y$4&lt;$B96,"",IF(SUM($F96:X96)&lt;$C96,$C96/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z96" s="51">
         <f>IF(Z$4&lt;$B96,"",IF(SUM($F96:Y96)&lt;$C96,$C96/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:26" hidden="1">
       <c r="B97" s="1">
         <f t="shared" si="22"/>
         <v>9</v>
       </c>
       <c r="C97" s="51">
         <v>0</v>
       </c>
       <c r="D97" s="51"/>
-      <c r="E97" s="109"/>
-      <c r="F97" s="154"/>
+      <c r="E97" s="107"/>
+      <c r="F97" s="152"/>
       <c r="G97" s="51" t="str">
         <f>IF(G$4&lt;$B97,"",IF(SUM($F97:F97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="H97" s="51" t="str">
         <f>IF(H$4&lt;$B97,"",IF(SUM($F97:G97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="I97" s="51" t="str">
         <f>IF(I$4&lt;$B97,"",IF(SUM($F97:H97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="J97" s="51" t="str">
         <f>IF(J$4&lt;$B97,"",IF(SUM($F97:I97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="K97" s="51" t="str">
         <f>IF(K$4&lt;$B97,"",IF(SUM($F97:J97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="L97" s="51" t="str">
         <f>IF(L$4&lt;$B97,"",IF(SUM($F97:K97)&lt;$C97,$C97/$G$88,0))</f>
         <v/>
       </c>
       <c r="M97" s="51" t="str">
@@ -18983,52 +18985,52 @@
         <f>IF(W$4&lt;$B97,"",IF(SUM($F97:V97)&lt;$C97,$C97/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X97" s="51">
         <f>IF(X$4&lt;$B97,"",IF(SUM($F97:W97)&lt;$C97,$C97/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y97" s="51">
         <f>IF(Y$4&lt;$B97,"",IF(SUM($F97:X97)&lt;$C97,$C97/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z97" s="51">
         <f>IF(Z$4&lt;$B97,"",IF(SUM($F97:Y97)&lt;$C97,$C97/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:26" hidden="1">
       <c r="B98" s="1">
         <f t="shared" si="22"/>
         <v>10</v>
       </c>
       <c r="C98" s="51">
         <v>0</v>
       </c>
       <c r="D98" s="51"/>
-      <c r="E98" s="109"/>
-      <c r="F98" s="154"/>
+      <c r="E98" s="107"/>
+      <c r="F98" s="152"/>
       <c r="G98" s="51" t="str">
         <f>IF(G$4&lt;$B98,"",IF(SUM($F98:F98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="H98" s="51" t="str">
         <f>IF(H$4&lt;$B98,"",IF(SUM($F98:G98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="I98" s="51" t="str">
         <f>IF(I$4&lt;$B98,"",IF(SUM($F98:H98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="J98" s="51" t="str">
         <f>IF(J$4&lt;$B98,"",IF(SUM($F98:I98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="K98" s="51" t="str">
         <f>IF(K$4&lt;$B98,"",IF(SUM($F98:J98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="L98" s="51" t="str">
         <f>IF(L$4&lt;$B98,"",IF(SUM($F98:K98)&lt;$C98,$C98/$G$88,0))</f>
         <v/>
       </c>
       <c r="M98" s="51" t="str">
@@ -19075,52 +19077,52 @@
         <f>IF(W$4&lt;$B98,"",IF(SUM($F98:V98)&lt;$C98,$C98/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X98" s="51">
         <f>IF(X$4&lt;$B98,"",IF(SUM($F98:W98)&lt;$C98,$C98/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y98" s="51">
         <f>IF(Y$4&lt;$B98,"",IF(SUM($F98:X98)&lt;$C98,$C98/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z98" s="51">
         <f>IF(Z$4&lt;$B98,"",IF(SUM($F98:Y98)&lt;$C98,$C98/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:26" hidden="1">
       <c r="B99" s="1">
         <f t="shared" si="22"/>
         <v>11</v>
       </c>
       <c r="C99" s="51">
         <v>0</v>
       </c>
       <c r="D99" s="51"/>
-      <c r="E99" s="109"/>
-      <c r="F99" s="154"/>
+      <c r="E99" s="107"/>
+      <c r="F99" s="152"/>
       <c r="G99" s="51" t="str">
         <f>IF(G$4&lt;$B99,"",IF(SUM($F99:F99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="H99" s="51" t="str">
         <f>IF(H$4&lt;$B99,"",IF(SUM($F99:G99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="I99" s="51" t="str">
         <f>IF(I$4&lt;$B99,"",IF(SUM($F99:H99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="J99" s="51" t="str">
         <f>IF(J$4&lt;$B99,"",IF(SUM($F99:I99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="K99" s="51" t="str">
         <f>IF(K$4&lt;$B99,"",IF(SUM($F99:J99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="L99" s="51" t="str">
         <f>IF(L$4&lt;$B99,"",IF(SUM($F99:K99)&lt;$C99,$C99/$G$88,0))</f>
         <v/>
       </c>
       <c r="M99" s="51" t="str">
@@ -19167,52 +19169,52 @@
         <f>IF(W$4&lt;$B99,"",IF(SUM($F99:V99)&lt;$C99,$C99/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X99" s="51">
         <f>IF(X$4&lt;$B99,"",IF(SUM($F99:W99)&lt;$C99,$C99/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y99" s="51">
         <f>IF(Y$4&lt;$B99,"",IF(SUM($F99:X99)&lt;$C99,$C99/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z99" s="51">
         <f>IF(Z$4&lt;$B99,"",IF(SUM($F99:Y99)&lt;$C99,$C99/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:26" hidden="1">
       <c r="B100" s="1">
         <f t="shared" si="22"/>
         <v>12</v>
       </c>
       <c r="C100" s="51">
         <v>0</v>
       </c>
       <c r="D100" s="51"/>
-      <c r="E100" s="109"/>
-      <c r="F100" s="154"/>
+      <c r="E100" s="107"/>
+      <c r="F100" s="152"/>
       <c r="G100" s="51" t="str">
         <f>IF(G$4&lt;$B100,"",IF(SUM($F100:F100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="H100" s="51" t="str">
         <f>IF(H$4&lt;$B100,"",IF(SUM($F100:G100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="I100" s="51" t="str">
         <f>IF(I$4&lt;$B100,"",IF(SUM($F100:H100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="J100" s="51" t="str">
         <f>IF(J$4&lt;$B100,"",IF(SUM($F100:I100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="K100" s="51" t="str">
         <f>IF(K$4&lt;$B100,"",IF(SUM($F100:J100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="L100" s="51" t="str">
         <f>IF(L$4&lt;$B100,"",IF(SUM($F100:K100)&lt;$C100,$C100/$G$88,0))</f>
         <v/>
       </c>
       <c r="M100" s="51" t="str">
@@ -19259,52 +19261,52 @@
         <f>IF(W$4&lt;$B100,"",IF(SUM($F100:V100)&lt;$C100,$C100/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X100" s="51">
         <f>IF(X$4&lt;$B100,"",IF(SUM($F100:W100)&lt;$C100,$C100/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y100" s="51">
         <f>IF(Y$4&lt;$B100,"",IF(SUM($F100:X100)&lt;$C100,$C100/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z100" s="51">
         <f>IF(Z$4&lt;$B100,"",IF(SUM($F100:Y100)&lt;$C100,$C100/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:26" hidden="1">
       <c r="B101" s="1">
         <f t="shared" si="22"/>
         <v>13</v>
       </c>
       <c r="C101" s="51">
         <v>0</v>
       </c>
       <c r="D101" s="51"/>
-      <c r="E101" s="109"/>
-      <c r="F101" s="154"/>
+      <c r="E101" s="107"/>
+      <c r="F101" s="152"/>
       <c r="G101" s="51" t="str">
         <f>IF(G$4&lt;$B101,"",IF(SUM($F101:F101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="H101" s="51" t="str">
         <f>IF(H$4&lt;$B101,"",IF(SUM($F101:G101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="I101" s="51" t="str">
         <f>IF(I$4&lt;$B101,"",IF(SUM($F101:H101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="J101" s="51" t="str">
         <f>IF(J$4&lt;$B101,"",IF(SUM($F101:I101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="K101" s="51" t="str">
         <f>IF(K$4&lt;$B101,"",IF(SUM($F101:J101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="L101" s="51" t="str">
         <f>IF(L$4&lt;$B101,"",IF(SUM($F101:K101)&lt;$C101,$C101/$G$88,0))</f>
         <v/>
       </c>
       <c r="M101" s="51" t="str">
@@ -19351,52 +19353,52 @@
         <f>IF(W$4&lt;$B101,"",IF(SUM($F101:V101)&lt;$C101,$C101/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X101" s="51">
         <f>IF(X$4&lt;$B101,"",IF(SUM($F101:W101)&lt;$C101,$C101/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y101" s="51">
         <f>IF(Y$4&lt;$B101,"",IF(SUM($F101:X101)&lt;$C101,$C101/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z101" s="51">
         <f>IF(Z$4&lt;$B101,"",IF(SUM($F101:Y101)&lt;$C101,$C101/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:26" hidden="1">
       <c r="B102" s="1">
         <f t="shared" si="22"/>
         <v>14</v>
       </c>
       <c r="C102" s="51">
         <v>0</v>
       </c>
       <c r="D102" s="51"/>
-      <c r="E102" s="109"/>
-      <c r="F102" s="154"/>
+      <c r="E102" s="107"/>
+      <c r="F102" s="152"/>
       <c r="G102" s="51" t="str">
         <f>IF(G$4&lt;$B102,"",IF(SUM($F102:F102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="H102" s="51" t="str">
         <f>IF(H$4&lt;$B102,"",IF(SUM($F102:G102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="I102" s="51" t="str">
         <f>IF(I$4&lt;$B102,"",IF(SUM($F102:H102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="J102" s="51" t="str">
         <f>IF(J$4&lt;$B102,"",IF(SUM($F102:I102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="K102" s="51" t="str">
         <f>IF(K$4&lt;$B102,"",IF(SUM($F102:J102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="L102" s="51" t="str">
         <f>IF(L$4&lt;$B102,"",IF(SUM($F102:K102)&lt;$C102,$C102/$G$88,0))</f>
         <v/>
       </c>
       <c r="M102" s="51" t="str">
@@ -19443,52 +19445,52 @@
         <f>IF(W$4&lt;$B102,"",IF(SUM($F102:V102)&lt;$C102,$C102/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X102" s="51">
         <f>IF(X$4&lt;$B102,"",IF(SUM($F102:W102)&lt;$C102,$C102/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y102" s="51">
         <f>IF(Y$4&lt;$B102,"",IF(SUM($F102:X102)&lt;$C102,$C102/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z102" s="51">
         <f>IF(Z$4&lt;$B102,"",IF(SUM($F102:Y102)&lt;$C102,$C102/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:26" hidden="1">
       <c r="B103" s="1">
         <f t="shared" si="22"/>
         <v>15</v>
       </c>
       <c r="C103" s="51">
         <v>0</v>
       </c>
       <c r="D103" s="51"/>
-      <c r="E103" s="109"/>
-      <c r="F103" s="154"/>
+      <c r="E103" s="107"/>
+      <c r="F103" s="152"/>
       <c r="G103" s="51" t="str">
         <f>IF(G$4&lt;$B103,"",IF(SUM($F103:F103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="H103" s="51" t="str">
         <f>IF(H$4&lt;$B103,"",IF(SUM($F103:G103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="I103" s="51" t="str">
         <f>IF(I$4&lt;$B103,"",IF(SUM($F103:H103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="J103" s="51" t="str">
         <f>IF(J$4&lt;$B103,"",IF(SUM($F103:I103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="K103" s="51" t="str">
         <f>IF(K$4&lt;$B103,"",IF(SUM($F103:J103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="L103" s="51" t="str">
         <f>IF(L$4&lt;$B103,"",IF(SUM($F103:K103)&lt;$C103,$C103/$G$88,0))</f>
         <v/>
       </c>
       <c r="M103" s="51" t="str">
@@ -19535,52 +19537,52 @@
         <f>IF(W$4&lt;$B103,"",IF(SUM($F103:V103)&lt;$C103,$C103/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X103" s="51">
         <f>IF(X$4&lt;$B103,"",IF(SUM($F103:W103)&lt;$C103,$C103/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y103" s="51">
         <f>IF(Y$4&lt;$B103,"",IF(SUM($F103:X103)&lt;$C103,$C103/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z103" s="51">
         <f>IF(Z$4&lt;$B103,"",IF(SUM($F103:Y103)&lt;$C103,$C103/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:26" hidden="1">
       <c r="B104" s="1">
         <f t="shared" si="22"/>
         <v>16</v>
       </c>
       <c r="C104" s="51">
         <v>0</v>
       </c>
       <c r="D104" s="51"/>
-      <c r="E104" s="109"/>
-      <c r="F104" s="154"/>
+      <c r="E104" s="107"/>
+      <c r="F104" s="152"/>
       <c r="G104" s="51" t="str">
         <f>IF(G$4&lt;$B104,"",IF(SUM($F104:F104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="H104" s="51" t="str">
         <f>IF(H$4&lt;$B104,"",IF(SUM($F104:G104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="I104" s="51" t="str">
         <f>IF(I$4&lt;$B104,"",IF(SUM($F104:H104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="J104" s="51" t="str">
         <f>IF(J$4&lt;$B104,"",IF(SUM($F104:I104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="K104" s="51" t="str">
         <f>IF(K$4&lt;$B104,"",IF(SUM($F104:J104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="L104" s="51" t="str">
         <f>IF(L$4&lt;$B104,"",IF(SUM($F104:K104)&lt;$C104,$C104/$G$88,0))</f>
         <v/>
       </c>
       <c r="M104" s="51" t="str">
@@ -19627,52 +19629,52 @@
         <f>IF(W$4&lt;$B104,"",IF(SUM($F104:V104)&lt;$C104,$C104/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X104" s="51">
         <f>IF(X$4&lt;$B104,"",IF(SUM($F104:W104)&lt;$C104,$C104/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y104" s="51">
         <f>IF(Y$4&lt;$B104,"",IF(SUM($F104:X104)&lt;$C104,$C104/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z104" s="51">
         <f>IF(Z$4&lt;$B104,"",IF(SUM($F104:Y104)&lt;$C104,$C104/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:26" hidden="1">
       <c r="B105" s="1">
         <f t="shared" si="22"/>
         <v>17</v>
       </c>
       <c r="C105" s="51">
         <v>0</v>
       </c>
       <c r="D105" s="51"/>
-      <c r="E105" s="109"/>
-      <c r="F105" s="154"/>
+      <c r="E105" s="107"/>
+      <c r="F105" s="152"/>
       <c r="G105" s="51" t="str">
         <f>IF(G$4&lt;$B105,"",IF(SUM($F105:F105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="H105" s="51" t="str">
         <f>IF(H$4&lt;$B105,"",IF(SUM($F105:G105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="I105" s="51" t="str">
         <f>IF(I$4&lt;$B105,"",IF(SUM($F105:H105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="J105" s="51" t="str">
         <f>IF(J$4&lt;$B105,"",IF(SUM($F105:I105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="K105" s="51" t="str">
         <f>IF(K$4&lt;$B105,"",IF(SUM($F105:J105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="L105" s="51" t="str">
         <f>IF(L$4&lt;$B105,"",IF(SUM($F105:K105)&lt;$C105,$C105/$G$88,0))</f>
         <v/>
       </c>
       <c r="M105" s="51" t="str">
@@ -19719,52 +19721,52 @@
         <f>IF(W$4&lt;$B105,"",IF(SUM($F105:V105)&lt;$C105,$C105/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="X105" s="51">
         <f>IF(X$4&lt;$B105,"",IF(SUM($F105:W105)&lt;$C105,$C105/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y105" s="51">
         <f>IF(Y$4&lt;$B105,"",IF(SUM($F105:X105)&lt;$C105,$C105/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z105" s="51">
         <f>IF(Z$4&lt;$B105,"",IF(SUM($F105:Y105)&lt;$C105,$C105/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:26" hidden="1">
       <c r="B106" s="1">
         <f t="shared" si="22"/>
         <v>18</v>
       </c>
       <c r="C106" s="51">
         <v>0</v>
       </c>
       <c r="D106" s="51"/>
-      <c r="E106" s="109"/>
-      <c r="F106" s="154"/>
+      <c r="E106" s="107"/>
+      <c r="F106" s="152"/>
       <c r="G106" s="51" t="str">
         <f>IF(G$4&lt;$B106,"",IF(SUM($F106:F106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="H106" s="51" t="str">
         <f>IF(H$4&lt;$B106,"",IF(SUM($F106:G106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="I106" s="51" t="str">
         <f>IF(I$4&lt;$B106,"",IF(SUM($F106:H106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="J106" s="51" t="str">
         <f>IF(J$4&lt;$B106,"",IF(SUM($F106:I106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="K106" s="51" t="str">
         <f>IF(K$4&lt;$B106,"",IF(SUM($F106:J106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="L106" s="51" t="str">
         <f>IF(L$4&lt;$B106,"",IF(SUM($F106:K106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="M106" s="51" t="str">
@@ -19811,52 +19813,52 @@
         <f>IF(W$4&lt;$B106,"",IF(SUM($F106:V106)&lt;$C106,$C106/$G$88,0))</f>
         <v/>
       </c>
       <c r="X106" s="51">
         <f>IF(X$4&lt;$B106,"",IF(SUM($F106:W106)&lt;$C106,$C106/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Y106" s="51">
         <f>IF(Y$4&lt;$B106,"",IF(SUM($F106:X106)&lt;$C106,$C106/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z106" s="51">
         <f>IF(Z$4&lt;$B106,"",IF(SUM($F106:Y106)&lt;$C106,$C106/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:26" hidden="1">
       <c r="B107" s="1">
         <f t="shared" si="22"/>
         <v>19</v>
       </c>
       <c r="C107" s="51">
         <v>0</v>
       </c>
       <c r="D107" s="51"/>
-      <c r="E107" s="109"/>
-      <c r="F107" s="154"/>
+      <c r="E107" s="107"/>
+      <c r="F107" s="152"/>
       <c r="G107" s="51" t="str">
         <f>IF(G$4&lt;$B107,"",IF(SUM($F107:F107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="H107" s="51" t="str">
         <f>IF(H$4&lt;$B107,"",IF(SUM($F107:G107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="I107" s="51" t="str">
         <f>IF(I$4&lt;$B107,"",IF(SUM($F107:H107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="J107" s="51" t="str">
         <f>IF(J$4&lt;$B107,"",IF(SUM($F107:I107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="K107" s="51" t="str">
         <f>IF(K$4&lt;$B107,"",IF(SUM($F107:J107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="L107" s="51" t="str">
         <f>IF(L$4&lt;$B107,"",IF(SUM($F107:K107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="M107" s="51" t="str">
@@ -19903,52 +19905,52 @@
         <f>IF(W$4&lt;$B107,"",IF(SUM($F107:V107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="X107" s="51" t="str">
         <f>IF(X$4&lt;$B107,"",IF(SUM($F107:W107)&lt;$C107,$C107/$G$88,0))</f>
         <v/>
       </c>
       <c r="Y107" s="51">
         <f>IF(Y$4&lt;$B107,"",IF(SUM($F107:X107)&lt;$C107,$C107/$G$88,0))</f>
         <v>0</v>
       </c>
       <c r="Z107" s="51">
         <f>IF(Z$4&lt;$B107,"",IF(SUM($F107:Y107)&lt;$C107,$C107/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="B108" s="1">
         <f t="shared" si="22"/>
         <v>20</v>
       </c>
       <c r="C108" s="51">
         <v>0</v>
       </c>
       <c r="D108" s="51"/>
-      <c r="E108" s="109"/>
-      <c r="F108" s="154"/>
+      <c r="E108" s="107"/>
+      <c r="F108" s="152"/>
       <c r="G108" s="51" t="str">
         <f>IF(G$4&lt;$B108,"",IF(SUM($F108:F108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="H108" s="51" t="str">
         <f>IF(H$4&lt;$B108,"",IF(SUM($F108:G108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="I108" s="51" t="str">
         <f>IF(I$4&lt;$B108,"",IF(SUM($F108:H108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="J108" s="51" t="str">
         <f>IF(J$4&lt;$B108,"",IF(SUM($F108:I108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="K108" s="51" t="str">
         <f>IF(K$4&lt;$B108,"",IF(SUM($F108:J108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="L108" s="51" t="str">
         <f>IF(L$4&lt;$B108,"",IF(SUM($F108:K108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="M108" s="51" t="str">
@@ -19988,55 +19990,55 @@
         <v/>
       </c>
       <c r="V108" s="51" t="str">
         <f>IF(V$4&lt;$B108,"",IF(SUM($F108:U108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="W108" s="51" t="str">
         <f>IF(W$4&lt;$B108,"",IF(SUM($F108:V108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="X108" s="51" t="str">
         <f>IF(X$4&lt;$B108,"",IF(SUM($F108:W108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="Y108" s="51" t="str">
         <f>IF(Y$4&lt;$B108,"",IF(SUM($F108:X108)&lt;$C108,$C108/$G$88,0))</f>
         <v/>
       </c>
       <c r="Z108" s="51">
         <f>IF(Z$4&lt;$B108,"",IF(SUM($F108:Y108)&lt;$C108,$C108/$G$88,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="C109" s="45" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D109" s="45"/>
       <c r="E109" s="47"/>
-      <c r="F109" s="117"/>
+      <c r="F109" s="115"/>
       <c r="G109" s="82">
         <f t="shared" ref="G109:Z109" si="23">SUM(G89:G108)</f>
         <v>0.65</v>
       </c>
       <c r="H109" s="82">
         <f t="shared" si="23"/>
         <v>0.65</v>
       </c>
       <c r="I109" s="82">
         <f t="shared" si="23"/>
         <v>0.65</v>
       </c>
       <c r="J109" s="82">
         <f t="shared" si="23"/>
         <v>0.65</v>
       </c>
       <c r="K109" s="82">
         <f t="shared" si="23"/>
         <v>0.65</v>
       </c>
       <c r="L109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="M109" s="82">
@@ -20075,83 +20077,83 @@
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="V109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="W109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="X109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="Y109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="Z109" s="82">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:26">
-      <c r="E111" s="113"/>
-      <c r="F111" s="113"/>
+      <c r="E111" s="111"/>
+      <c r="F111" s="111"/>
       <c r="G111" s="42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1" t="s">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="G112" s="163">
+        <v>82</v>
+      </c>
+      <c r="C112" s="104" t="s">
+        <v>52</v>
+      </c>
+      <c r="D112" s="105"/>
+      <c r="E112" s="105"/>
+      <c r="F112" s="105"/>
+      <c r="G112" s="161">
         <f>Control!$G$50</f>
         <v>5</v>
       </c>
       <c r="H112" s="51"/>
     </row>
     <row r="113" spans="2:26">
-      <c r="B113" s="108">
+      <c r="B113" s="106">
         <v>1</v>
       </c>
       <c r="C113" s="51" cm="1">
         <f t="array" ref="C113:C132">TRANSPOSE(G33:Z33)</f>
         <v>0</v>
       </c>
       <c r="D113" s="51"/>
-      <c r="E113" s="109"/>
-      <c r="F113" s="154"/>
+      <c r="E113" s="107"/>
+      <c r="F113" s="152"/>
       <c r="G113" s="51">
         <f>IF(G$4&lt;$B113,"",IF(SUM($F113:F113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="H113" s="51">
         <f>IF(H$4&lt;$B113,"",IF(SUM($F113:G113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="I113" s="51">
         <f>IF(I$4&lt;$B113,"",IF(SUM($F113:H113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="J113" s="51">
         <f>IF(J$4&lt;$B113,"",IF(SUM($F113:I113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="K113" s="51">
         <f>IF(K$4&lt;$B113,"",IF(SUM($F113:J113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="L113" s="51">
         <f>IF(L$4&lt;$B113,"",IF(SUM($F113:K113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M113" s="51">
@@ -20198,52 +20200,52 @@
         <f>IF(W$4&lt;$B113,"",IF(SUM($F113:V113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X113" s="51">
         <f>IF(X$4&lt;$B113,"",IF(SUM($F113:W113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y113" s="51">
         <f>IF(Y$4&lt;$B113,"",IF(SUM($F113:X113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z113" s="51">
         <f>IF(Z$4&lt;$B113,"",IF(SUM($F113:Y113)&lt;$C113,$C113/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="2:26">
       <c r="B114" s="1">
         <f t="shared" ref="B114:B132" si="24">B113+1</f>
         <v>2</v>
       </c>
       <c r="C114" s="51">
         <v>0</v>
       </c>
       <c r="D114" s="51"/>
-      <c r="E114" s="109"/>
-      <c r="F114" s="154"/>
+      <c r="E114" s="107"/>
+      <c r="F114" s="152"/>
       <c r="G114" s="51" t="str">
         <f>IF(G$4&lt;$B114,"",IF(SUM($F114:F114)&lt;$C114,$C114/$G$112,0))</f>
         <v/>
       </c>
       <c r="H114" s="51">
         <f>IF(H$4&lt;$B114,"",IF(SUM($F114:G114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="I114" s="51">
         <f>IF(I$4&lt;$B114,"",IF(SUM($F114:H114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="J114" s="51">
         <f>IF(J$4&lt;$B114,"",IF(SUM($F114:I114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="K114" s="51">
         <f>IF(K$4&lt;$B114,"",IF(SUM($F114:J114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="L114" s="51">
         <f>IF(L$4&lt;$B114,"",IF(SUM($F114:K114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M114" s="51">
@@ -20290,52 +20292,52 @@
         <f>IF(W$4&lt;$B114,"",IF(SUM($F114:V114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X114" s="51">
         <f>IF(X$4&lt;$B114,"",IF(SUM($F114:W114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y114" s="51">
         <f>IF(Y$4&lt;$B114,"",IF(SUM($F114:X114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z114" s="51">
         <f>IF(Z$4&lt;$B114,"",IF(SUM($F114:Y114)&lt;$C114,$C114/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="2:26">
       <c r="B115" s="1">
         <f t="shared" si="24"/>
         <v>3</v>
       </c>
       <c r="C115" s="51">
         <v>0</v>
       </c>
       <c r="D115" s="51"/>
-      <c r="E115" s="109"/>
-      <c r="F115" s="154"/>
+      <c r="E115" s="107"/>
+      <c r="F115" s="152"/>
       <c r="G115" s="51" t="str">
         <f>IF(G$4&lt;$B115,"",IF(SUM($F115:F115)&lt;$C115,$C115/$G$112,0))</f>
         <v/>
       </c>
       <c r="H115" s="51" t="str">
         <f>IF(H$4&lt;$B115,"",IF(SUM($F115:G115)&lt;$C115,$C115/$G$112,0))</f>
         <v/>
       </c>
       <c r="I115" s="51">
         <f>IF(I$4&lt;$B115,"",IF(SUM($F115:H115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="J115" s="51">
         <f>IF(J$4&lt;$B115,"",IF(SUM($F115:I115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="K115" s="51">
         <f>IF(K$4&lt;$B115,"",IF(SUM($F115:J115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="L115" s="51">
         <f>IF(L$4&lt;$B115,"",IF(SUM($F115:K115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M115" s="51">
@@ -20382,52 +20384,52 @@
         <f>IF(W$4&lt;$B115,"",IF(SUM($F115:V115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X115" s="51">
         <f>IF(X$4&lt;$B115,"",IF(SUM($F115:W115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y115" s="51">
         <f>IF(Y$4&lt;$B115,"",IF(SUM($F115:X115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z115" s="51">
         <f>IF(Z$4&lt;$B115,"",IF(SUM($F115:Y115)&lt;$C115,$C115/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="2:26">
       <c r="B116" s="1">
         <f t="shared" si="24"/>
         <v>4</v>
       </c>
       <c r="C116" s="51">
         <v>0</v>
       </c>
       <c r="D116" s="51"/>
-      <c r="E116" s="109"/>
-      <c r="F116" s="154"/>
+      <c r="E116" s="107"/>
+      <c r="F116" s="152"/>
       <c r="G116" s="51" t="str">
         <f>IF(G$4&lt;$B116,"",IF(SUM($F116:F116)&lt;$C116,$C116/$G$112,0))</f>
         <v/>
       </c>
       <c r="H116" s="51" t="str">
         <f>IF(H$4&lt;$B116,"",IF(SUM($F116:G116)&lt;$C116,$C116/$G$112,0))</f>
         <v/>
       </c>
       <c r="I116" s="51" t="str">
         <f>IF(I$4&lt;$B116,"",IF(SUM($F116:H116)&lt;$C116,$C116/$G$112,0))</f>
         <v/>
       </c>
       <c r="J116" s="51">
         <f>IF(J$4&lt;$B116,"",IF(SUM($F116:I116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="K116" s="51">
         <f>IF(K$4&lt;$B116,"",IF(SUM($F116:J116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="L116" s="51">
         <f>IF(L$4&lt;$B116,"",IF(SUM($F116:K116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M116" s="51">
@@ -20474,52 +20476,52 @@
         <f>IF(W$4&lt;$B116,"",IF(SUM($F116:V116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X116" s="51">
         <f>IF(X$4&lt;$B116,"",IF(SUM($F116:W116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y116" s="51">
         <f>IF(Y$4&lt;$B116,"",IF(SUM($F116:X116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z116" s="51">
         <f>IF(Z$4&lt;$B116,"",IF(SUM($F116:Y116)&lt;$C116,$C116/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="2:26">
       <c r="B117" s="1">
         <f t="shared" si="24"/>
         <v>5</v>
       </c>
       <c r="C117" s="51">
         <v>0</v>
       </c>
       <c r="D117" s="51"/>
-      <c r="E117" s="109"/>
-      <c r="F117" s="154"/>
+      <c r="E117" s="107"/>
+      <c r="F117" s="152"/>
       <c r="G117" s="51" t="str">
         <f>IF(G$4&lt;$B117,"",IF(SUM($F117:F117)&lt;$C117,$C117/$G$112,0))</f>
         <v/>
       </c>
       <c r="H117" s="51" t="str">
         <f>IF(H$4&lt;$B117,"",IF(SUM($F117:G117)&lt;$C117,$C117/$G$112,0))</f>
         <v/>
       </c>
       <c r="I117" s="51" t="str">
         <f>IF(I$4&lt;$B117,"",IF(SUM($F117:H117)&lt;$C117,$C117/$G$112,0))</f>
         <v/>
       </c>
       <c r="J117" s="51" t="str">
         <f>IF(J$4&lt;$B117,"",IF(SUM($F117:I117)&lt;$C117,$C117/$G$112,0))</f>
         <v/>
       </c>
       <c r="K117" s="51">
         <f>IF(K$4&lt;$B117,"",IF(SUM($F117:J117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="L117" s="51">
         <f>IF(L$4&lt;$B117,"",IF(SUM($F117:K117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M117" s="51">
@@ -20566,52 +20568,52 @@
         <f>IF(W$4&lt;$B117,"",IF(SUM($F117:V117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X117" s="51">
         <f>IF(X$4&lt;$B117,"",IF(SUM($F117:W117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y117" s="51">
         <f>IF(Y$4&lt;$B117,"",IF(SUM($F117:X117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z117" s="51">
         <f>IF(Z$4&lt;$B117,"",IF(SUM($F117:Y117)&lt;$C117,$C117/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="2:26" hidden="1">
       <c r="B118" s="1">
         <f t="shared" si="24"/>
         <v>6</v>
       </c>
       <c r="C118" s="51">
         <v>0</v>
       </c>
       <c r="D118" s="51"/>
-      <c r="E118" s="109"/>
-      <c r="F118" s="154"/>
+      <c r="E118" s="107"/>
+      <c r="F118" s="152"/>
       <c r="G118" s="51" t="str">
         <f>IF(G$4&lt;$B118,"",IF(SUM($F118:F118)&lt;$C118,$C118/$G$112,0))</f>
         <v/>
       </c>
       <c r="H118" s="51" t="str">
         <f>IF(H$4&lt;$B118,"",IF(SUM($F118:G118)&lt;$C118,$C118/$G$112,0))</f>
         <v/>
       </c>
       <c r="I118" s="51" t="str">
         <f>IF(I$4&lt;$B118,"",IF(SUM($F118:H118)&lt;$C118,$C118/$G$112,0))</f>
         <v/>
       </c>
       <c r="J118" s="51" t="str">
         <f>IF(J$4&lt;$B118,"",IF(SUM($F118:I118)&lt;$C118,$C118/$G$112,0))</f>
         <v/>
       </c>
       <c r="K118" s="51" t="str">
         <f>IF(K$4&lt;$B118,"",IF(SUM($F118:J118)&lt;$C118,$C118/$G$112,0))</f>
         <v/>
       </c>
       <c r="L118" s="51">
         <f>IF(L$4&lt;$B118,"",IF(SUM($F118:K118)&lt;$C118,$C118/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="M118" s="51">
@@ -20658,52 +20660,52 @@
         <f>IF(W$4&lt;$B118,"",IF(SUM($F118:V118)&lt;$C118,$C118/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X118" s="51">
         <f>IF(X$4&lt;$B118,"",IF(SUM($F118:W118)&lt;$C118,$C118/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y118" s="51">
         <f>IF(Y$4&lt;$B118,"",IF(SUM($F118:X118)&lt;$C118,$C118/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z118" s="51">
         <f>IF(Z$4&lt;$B118,"",IF(SUM($F118:Y118)&lt;$C118,$C118/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="2:26" hidden="1">
       <c r="B119" s="1">
         <f t="shared" si="24"/>
         <v>7</v>
       </c>
       <c r="C119" s="51">
         <v>0</v>
       </c>
       <c r="D119" s="51"/>
-      <c r="E119" s="109"/>
-      <c r="F119" s="154"/>
+      <c r="E119" s="107"/>
+      <c r="F119" s="152"/>
       <c r="G119" s="51" t="str">
         <f>IF(G$4&lt;$B119,"",IF(SUM($F119:F119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="H119" s="51" t="str">
         <f>IF(H$4&lt;$B119,"",IF(SUM($F119:G119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="I119" s="51" t="str">
         <f>IF(I$4&lt;$B119,"",IF(SUM($F119:H119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="J119" s="51" t="str">
         <f>IF(J$4&lt;$B119,"",IF(SUM($F119:I119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="K119" s="51" t="str">
         <f>IF(K$4&lt;$B119,"",IF(SUM($F119:J119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="L119" s="51" t="str">
         <f>IF(L$4&lt;$B119,"",IF(SUM($F119:K119)&lt;$C119,$C119/$G$112,0))</f>
         <v/>
       </c>
       <c r="M119" s="51">
@@ -20750,52 +20752,52 @@
         <f>IF(W$4&lt;$B119,"",IF(SUM($F119:V119)&lt;$C119,$C119/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X119" s="51">
         <f>IF(X$4&lt;$B119,"",IF(SUM($F119:W119)&lt;$C119,$C119/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y119" s="51">
         <f>IF(Y$4&lt;$B119,"",IF(SUM($F119:X119)&lt;$C119,$C119/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z119" s="51">
         <f>IF(Z$4&lt;$B119,"",IF(SUM($F119:Y119)&lt;$C119,$C119/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="2:26" hidden="1">
       <c r="B120" s="1">
         <f t="shared" si="24"/>
         <v>8</v>
       </c>
       <c r="C120" s="51">
         <v>0</v>
       </c>
       <c r="D120" s="51"/>
-      <c r="E120" s="109"/>
-      <c r="F120" s="154"/>
+      <c r="E120" s="107"/>
+      <c r="F120" s="152"/>
       <c r="G120" s="51" t="str">
         <f>IF(G$4&lt;$B120,"",IF(SUM($F120:F120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="H120" s="51" t="str">
         <f>IF(H$4&lt;$B120,"",IF(SUM($F120:G120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="I120" s="51" t="str">
         <f>IF(I$4&lt;$B120,"",IF(SUM($F120:H120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="J120" s="51" t="str">
         <f>IF(J$4&lt;$B120,"",IF(SUM($F120:I120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="K120" s="51" t="str">
         <f>IF(K$4&lt;$B120,"",IF(SUM($F120:J120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="L120" s="51" t="str">
         <f>IF(L$4&lt;$B120,"",IF(SUM($F120:K120)&lt;$C120,$C120/$G$112,0))</f>
         <v/>
       </c>
       <c r="M120" s="51" t="str">
@@ -20842,52 +20844,52 @@
         <f>IF(W$4&lt;$B120,"",IF(SUM($F120:V120)&lt;$C120,$C120/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X120" s="51">
         <f>IF(X$4&lt;$B120,"",IF(SUM($F120:W120)&lt;$C120,$C120/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y120" s="51">
         <f>IF(Y$4&lt;$B120,"",IF(SUM($F120:X120)&lt;$C120,$C120/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z120" s="51">
         <f>IF(Z$4&lt;$B120,"",IF(SUM($F120:Y120)&lt;$C120,$C120/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="2:26" hidden="1">
       <c r="B121" s="1">
         <f t="shared" si="24"/>
         <v>9</v>
       </c>
       <c r="C121" s="51">
         <v>0</v>
       </c>
       <c r="D121" s="51"/>
-      <c r="E121" s="109"/>
-      <c r="F121" s="154"/>
+      <c r="E121" s="107"/>
+      <c r="F121" s="152"/>
       <c r="G121" s="51" t="str">
         <f>IF(G$4&lt;$B121,"",IF(SUM($F121:F121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="H121" s="51" t="str">
         <f>IF(H$4&lt;$B121,"",IF(SUM($F121:G121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="I121" s="51" t="str">
         <f>IF(I$4&lt;$B121,"",IF(SUM($F121:H121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="J121" s="51" t="str">
         <f>IF(J$4&lt;$B121,"",IF(SUM($F121:I121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="K121" s="51" t="str">
         <f>IF(K$4&lt;$B121,"",IF(SUM($F121:J121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="L121" s="51" t="str">
         <f>IF(L$4&lt;$B121,"",IF(SUM($F121:K121)&lt;$C121,$C121/$G$112,0))</f>
         <v/>
       </c>
       <c r="M121" s="51" t="str">
@@ -20934,52 +20936,52 @@
         <f>IF(W$4&lt;$B121,"",IF(SUM($F121:V121)&lt;$C121,$C121/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X121" s="51">
         <f>IF(X$4&lt;$B121,"",IF(SUM($F121:W121)&lt;$C121,$C121/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y121" s="51">
         <f>IF(Y$4&lt;$B121,"",IF(SUM($F121:X121)&lt;$C121,$C121/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z121" s="51">
         <f>IF(Z$4&lt;$B121,"",IF(SUM($F121:Y121)&lt;$C121,$C121/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="2:26" hidden="1">
       <c r="B122" s="1">
         <f t="shared" si="24"/>
         <v>10</v>
       </c>
       <c r="C122" s="51">
         <v>0</v>
       </c>
       <c r="D122" s="51"/>
-      <c r="E122" s="109"/>
-      <c r="F122" s="154"/>
+      <c r="E122" s="107"/>
+      <c r="F122" s="152"/>
       <c r="G122" s="51" t="str">
         <f>IF(G$4&lt;$B122,"",IF(SUM($F122:F122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="H122" s="51" t="str">
         <f>IF(H$4&lt;$B122,"",IF(SUM($F122:G122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="I122" s="51" t="str">
         <f>IF(I$4&lt;$B122,"",IF(SUM($F122:H122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="J122" s="51" t="str">
         <f>IF(J$4&lt;$B122,"",IF(SUM($F122:I122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="K122" s="51" t="str">
         <f>IF(K$4&lt;$B122,"",IF(SUM($F122:J122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="L122" s="51" t="str">
         <f>IF(L$4&lt;$B122,"",IF(SUM($F122:K122)&lt;$C122,$C122/$G$112,0))</f>
         <v/>
       </c>
       <c r="M122" s="51" t="str">
@@ -21026,52 +21028,52 @@
         <f>IF(W$4&lt;$B122,"",IF(SUM($F122:V122)&lt;$C122,$C122/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X122" s="51">
         <f>IF(X$4&lt;$B122,"",IF(SUM($F122:W122)&lt;$C122,$C122/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y122" s="51">
         <f>IF(Y$4&lt;$B122,"",IF(SUM($F122:X122)&lt;$C122,$C122/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z122" s="51">
         <f>IF(Z$4&lt;$B122,"",IF(SUM($F122:Y122)&lt;$C122,$C122/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="2:26" hidden="1">
       <c r="B123" s="1">
         <f t="shared" si="24"/>
         <v>11</v>
       </c>
       <c r="C123" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D123" s="51"/>
-      <c r="E123" s="109"/>
-      <c r="F123" s="154"/>
+      <c r="E123" s="107"/>
+      <c r="F123" s="152"/>
       <c r="G123" s="51" t="str">
         <f>IF(G$4&lt;$B123,"",IF(SUM($F123:F123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="H123" s="51" t="str">
         <f>IF(H$4&lt;$B123,"",IF(SUM($F123:G123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="I123" s="51" t="str">
         <f>IF(I$4&lt;$B123,"",IF(SUM($F123:H123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="J123" s="51" t="str">
         <f>IF(J$4&lt;$B123,"",IF(SUM($F123:I123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="K123" s="51" t="str">
         <f>IF(K$4&lt;$B123,"",IF(SUM($F123:J123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="L123" s="51" t="str">
         <f>IF(L$4&lt;$B123,"",IF(SUM($F123:K123)&lt;$C123,$C123/$G$112,0))</f>
         <v/>
       </c>
       <c r="M123" s="51" t="str">
@@ -21118,52 +21120,52 @@
         <f>IF(W$4&lt;$B123,"",IF(SUM($F123:V123)&lt;$C123,$C123/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X123" s="51">
         <f>IF(X$4&lt;$B123,"",IF(SUM($F123:W123)&lt;$C123,$C123/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y123" s="51">
         <f>IF(Y$4&lt;$B123,"",IF(SUM($F123:X123)&lt;$C123,$C123/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z123" s="51">
         <f>IF(Z$4&lt;$B123,"",IF(SUM($F123:Y123)&lt;$C123,$C123/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="2:26" hidden="1">
       <c r="B124" s="1">
         <f t="shared" si="24"/>
         <v>12</v>
       </c>
       <c r="C124" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D124" s="51"/>
-      <c r="E124" s="109"/>
-      <c r="F124" s="154"/>
+      <c r="E124" s="107"/>
+      <c r="F124" s="152"/>
       <c r="G124" s="51" t="str">
         <f>IF(G$4&lt;$B124,"",IF(SUM($F124:F124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="H124" s="51" t="str">
         <f>IF(H$4&lt;$B124,"",IF(SUM($F124:G124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="I124" s="51" t="str">
         <f>IF(I$4&lt;$B124,"",IF(SUM($F124:H124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="J124" s="51" t="str">
         <f>IF(J$4&lt;$B124,"",IF(SUM($F124:I124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="K124" s="51" t="str">
         <f>IF(K$4&lt;$B124,"",IF(SUM($F124:J124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="L124" s="51" t="str">
         <f>IF(L$4&lt;$B124,"",IF(SUM($F124:K124)&lt;$C124,$C124/$G$112,0))</f>
         <v/>
       </c>
       <c r="M124" s="51" t="str">
@@ -21210,52 +21212,52 @@
         <f>IF(W$4&lt;$B124,"",IF(SUM($F124:V124)&lt;$C124,$C124/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="X124" s="51">
         <f>IF(X$4&lt;$B124,"",IF(SUM($F124:W124)&lt;$C124,$C124/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y124" s="51">
         <f>IF(Y$4&lt;$B124,"",IF(SUM($F124:X124)&lt;$C124,$C124/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z124" s="51">
         <f>IF(Z$4&lt;$B124,"",IF(SUM($F124:Y124)&lt;$C124,$C124/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="2:26" hidden="1">
       <c r="B125" s="1">
         <f t="shared" si="24"/>
         <v>13</v>
       </c>
       <c r="C125" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D125" s="51"/>
-      <c r="E125" s="109"/>
-      <c r="F125" s="154"/>
+      <c r="E125" s="107"/>
+      <c r="F125" s="152"/>
       <c r="G125" s="51" t="str">
         <f>IF(G$4&lt;$B125,"",IF(SUM($F125:F125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="H125" s="51" t="str">
         <f>IF(H$4&lt;$B125,"",IF(SUM($F125:G125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="I125" s="51" t="str">
         <f>IF(I$4&lt;$B125,"",IF(SUM($F125:H125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="J125" s="51" t="str">
         <f>IF(J$4&lt;$B125,"",IF(SUM($F125:I125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="K125" s="51" t="str">
         <f>IF(K$4&lt;$B125,"",IF(SUM($F125:J125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="L125" s="51" t="str">
         <f>IF(L$4&lt;$B125,"",IF(SUM($F125:K125)&lt;$C125,$C125/$G$112,0))</f>
         <v/>
       </c>
       <c r="M125" s="51" t="str">
@@ -21302,52 +21304,52 @@
         <f>IF(W$4&lt;$B125,"",IF(SUM($F125:V125)&lt;$C125,$C125/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="X125" s="51">
         <f>IF(X$4&lt;$B125,"",IF(SUM($F125:W125)&lt;$C125,$C125/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Y125" s="51">
         <f>IF(Y$4&lt;$B125,"",IF(SUM($F125:X125)&lt;$C125,$C125/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z125" s="51">
         <f>IF(Z$4&lt;$B125,"",IF(SUM($F125:Y125)&lt;$C125,$C125/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="2:26" hidden="1">
       <c r="B126" s="1">
         <f t="shared" si="24"/>
         <v>14</v>
       </c>
       <c r="C126" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D126" s="51"/>
-      <c r="E126" s="109"/>
-      <c r="F126" s="154"/>
+      <c r="E126" s="107"/>
+      <c r="F126" s="152"/>
       <c r="G126" s="51" t="str">
         <f>IF(G$4&lt;$B126,"",IF(SUM($F126:F126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="H126" s="51" t="str">
         <f>IF(H$4&lt;$B126,"",IF(SUM($F126:G126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="I126" s="51" t="str">
         <f>IF(I$4&lt;$B126,"",IF(SUM($F126:H126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="J126" s="51" t="str">
         <f>IF(J$4&lt;$B126,"",IF(SUM($F126:I126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="K126" s="51" t="str">
         <f>IF(K$4&lt;$B126,"",IF(SUM($F126:J126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="L126" s="51" t="str">
         <f>IF(L$4&lt;$B126,"",IF(SUM($F126:K126)&lt;$C126,$C126/$G$112,0))</f>
         <v/>
       </c>
       <c r="M126" s="51" t="str">
@@ -21394,52 +21396,52 @@
         <f>IF(W$4&lt;$B126,"",IF(SUM($F126:V126)&lt;$C126,$C126/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="X126" s="51">
         <f>IF(X$4&lt;$B126,"",IF(SUM($F126:W126)&lt;$C126,$C126/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Y126" s="51">
         <f>IF(Y$4&lt;$B126,"",IF(SUM($F126:X126)&lt;$C126,$C126/$G$112,0))</f>
         <v>0</v>
       </c>
       <c r="Z126" s="51">
         <f>IF(Z$4&lt;$B126,"",IF(SUM($F126:Y126)&lt;$C126,$C126/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="2:26" hidden="1">
       <c r="B127" s="1">
         <f t="shared" si="24"/>
         <v>15</v>
       </c>
       <c r="C127" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D127" s="51"/>
-      <c r="E127" s="109"/>
-      <c r="F127" s="154"/>
+      <c r="E127" s="107"/>
+      <c r="F127" s="152"/>
       <c r="G127" s="51" t="str">
         <f>IF(G$4&lt;$B127,"",IF(SUM($F127:F127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="H127" s="51" t="str">
         <f>IF(H$4&lt;$B127,"",IF(SUM($F127:G127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="I127" s="51" t="str">
         <f>IF(I$4&lt;$B127,"",IF(SUM($F127:H127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="J127" s="51" t="str">
         <f>IF(J$4&lt;$B127,"",IF(SUM($F127:I127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="K127" s="51" t="str">
         <f>IF(K$4&lt;$B127,"",IF(SUM($F127:J127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="L127" s="51" t="str">
         <f>IF(L$4&lt;$B127,"",IF(SUM($F127:K127)&lt;$C127,$C127/$G$112,0))</f>
         <v/>
       </c>
       <c r="M127" s="51" t="str">
@@ -21486,52 +21488,52 @@
         <f>IF(W$4&lt;$B127,"",IF(SUM($F127:V127)&lt;$C127,$C127/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="X127" s="51">
         <f>IF(X$4&lt;$B127,"",IF(SUM($F127:W127)&lt;$C127,$C127/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Y127" s="51">
         <f>IF(Y$4&lt;$B127,"",IF(SUM($F127:X127)&lt;$C127,$C127/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Z127" s="51">
         <f>IF(Z$4&lt;$B127,"",IF(SUM($F127:Y127)&lt;$C127,$C127/$G$112,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="2:26" hidden="1">
       <c r="B128" s="1">
         <f t="shared" si="24"/>
         <v>16</v>
       </c>
       <c r="C128" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D128" s="51"/>
-      <c r="E128" s="109"/>
-      <c r="F128" s="154"/>
+      <c r="E128" s="107"/>
+      <c r="F128" s="152"/>
       <c r="G128" s="51" t="str">
         <f>IF(G$4&lt;$B128,"",IF(SUM($F128:F128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="H128" s="51" t="str">
         <f>IF(H$4&lt;$B128,"",IF(SUM($F128:G128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="I128" s="51" t="str">
         <f>IF(I$4&lt;$B128,"",IF(SUM($F128:H128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="J128" s="51" t="str">
         <f>IF(J$4&lt;$B128,"",IF(SUM($F128:I128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="K128" s="51" t="str">
         <f>IF(K$4&lt;$B128,"",IF(SUM($F128:J128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="L128" s="51" t="str">
         <f>IF(L$4&lt;$B128,"",IF(SUM($F128:K128)&lt;$C128,$C128/$G$112,0))</f>
         <v/>
       </c>
       <c r="M128" s="51" t="str">
@@ -21578,52 +21580,52 @@
         <f>IF(W$4&lt;$B128,"",IF(SUM($F128:V128)&lt;$C128,$C128/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="X128" s="51">
         <f>IF(X$4&lt;$B128,"",IF(SUM($F128:W128)&lt;$C128,$C128/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Y128" s="51">
         <f>IF(Y$4&lt;$B128,"",IF(SUM($F128:X128)&lt;$C128,$C128/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Z128" s="51">
         <f>IF(Z$4&lt;$B128,"",IF(SUM($F128:Y128)&lt;$C128,$C128/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="129" spans="1:26" hidden="1">
       <c r="B129" s="1">
         <f t="shared" si="24"/>
         <v>17</v>
       </c>
       <c r="C129" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D129" s="51"/>
-      <c r="E129" s="109"/>
-      <c r="F129" s="154"/>
+      <c r="E129" s="107"/>
+      <c r="F129" s="152"/>
       <c r="G129" s="51" t="str">
         <f>IF(G$4&lt;$B129,"",IF(SUM($F129:F129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="H129" s="51" t="str">
         <f>IF(H$4&lt;$B129,"",IF(SUM($F129:G129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="I129" s="51" t="str">
         <f>IF(I$4&lt;$B129,"",IF(SUM($F129:H129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="J129" s="51" t="str">
         <f>IF(J$4&lt;$B129,"",IF(SUM($F129:I129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="K129" s="51" t="str">
         <f>IF(K$4&lt;$B129,"",IF(SUM($F129:J129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="L129" s="51" t="str">
         <f>IF(L$4&lt;$B129,"",IF(SUM($F129:K129)&lt;$C129,$C129/$G$112,0))</f>
         <v/>
       </c>
       <c r="M129" s="51" t="str">
@@ -21670,52 +21672,52 @@
         <f>IF(W$4&lt;$B129,"",IF(SUM($F129:V129)&lt;$C129,$C129/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="X129" s="51">
         <f>IF(X$4&lt;$B129,"",IF(SUM($F129:W129)&lt;$C129,$C129/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Y129" s="51">
         <f>IF(Y$4&lt;$B129,"",IF(SUM($F129:X129)&lt;$C129,$C129/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Z129" s="51">
         <f>IF(Z$4&lt;$B129,"",IF(SUM($F129:Y129)&lt;$C129,$C129/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="130" spans="1:26" hidden="1">
       <c r="B130" s="1">
         <f t="shared" si="24"/>
         <v>18</v>
       </c>
       <c r="C130" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D130" s="51"/>
-      <c r="E130" s="109"/>
-      <c r="F130" s="154"/>
+      <c r="E130" s="107"/>
+      <c r="F130" s="152"/>
       <c r="G130" s="51" t="str">
         <f>IF(G$4&lt;$B130,"",IF(SUM($F130:F130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="H130" s="51" t="str">
         <f>IF(H$4&lt;$B130,"",IF(SUM($F130:G130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="I130" s="51" t="str">
         <f>IF(I$4&lt;$B130,"",IF(SUM($F130:H130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="J130" s="51" t="str">
         <f>IF(J$4&lt;$B130,"",IF(SUM($F130:I130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="K130" s="51" t="str">
         <f>IF(K$4&lt;$B130,"",IF(SUM($F130:J130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="L130" s="51" t="str">
         <f>IF(L$4&lt;$B130,"",IF(SUM($F130:K130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="M130" s="51" t="str">
@@ -21762,52 +21764,52 @@
         <f>IF(W$4&lt;$B130,"",IF(SUM($F130:V130)&lt;$C130,$C130/$G$112,0))</f>
         <v/>
       </c>
       <c r="X130" s="51">
         <f>IF(X$4&lt;$B130,"",IF(SUM($F130:W130)&lt;$C130,$C130/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Y130" s="51">
         <f>IF(Y$4&lt;$B130,"",IF(SUM($F130:X130)&lt;$C130,$C130/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Z130" s="51">
         <f>IF(Z$4&lt;$B130,"",IF(SUM($F130:Y130)&lt;$C130,$C130/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="131" spans="1:26" hidden="1">
       <c r="B131" s="1">
         <f t="shared" si="24"/>
         <v>19</v>
       </c>
       <c r="C131" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D131" s="51"/>
-      <c r="E131" s="109"/>
-      <c r="F131" s="154"/>
+      <c r="E131" s="107"/>
+      <c r="F131" s="152"/>
       <c r="G131" s="51" t="str">
         <f>IF(G$4&lt;$B131,"",IF(SUM($F131:F131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="H131" s="51" t="str">
         <f>IF(H$4&lt;$B131,"",IF(SUM($F131:G131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="I131" s="51" t="str">
         <f>IF(I$4&lt;$B131,"",IF(SUM($F131:H131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="J131" s="51" t="str">
         <f>IF(J$4&lt;$B131,"",IF(SUM($F131:I131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="K131" s="51" t="str">
         <f>IF(K$4&lt;$B131,"",IF(SUM($F131:J131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="L131" s="51" t="str">
         <f>IF(L$4&lt;$B131,"",IF(SUM($F131:K131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="M131" s="51" t="str">
@@ -21854,52 +21856,52 @@
         <f>IF(W$4&lt;$B131,"",IF(SUM($F131:V131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="X131" s="51" t="str">
         <f>IF(X$4&lt;$B131,"",IF(SUM($F131:W131)&lt;$C131,$C131/$G$112,0))</f>
         <v/>
       </c>
       <c r="Y131" s="51">
         <f>IF(Y$4&lt;$B131,"",IF(SUM($F131:X131)&lt;$C131,$C131/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="Z131" s="51">
         <f>IF(Z$4&lt;$B131,"",IF(SUM($F131:Y131)&lt;$C131,$C131/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="B132" s="1">
         <f t="shared" si="24"/>
         <v>20</v>
       </c>
       <c r="C132" s="51">
         <v>0.32500000000000001</v>
       </c>
       <c r="D132" s="51"/>
-      <c r="E132" s="109"/>
-      <c r="F132" s="154"/>
+      <c r="E132" s="107"/>
+      <c r="F132" s="152"/>
       <c r="G132" s="51" t="str">
         <f>IF(G$4&lt;$B132,"",IF(SUM($F132:F132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="H132" s="51" t="str">
         <f>IF(H$4&lt;$B132,"",IF(SUM($F132:G132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="I132" s="51" t="str">
         <f>IF(I$4&lt;$B132,"",IF(SUM($F132:H132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="J132" s="51" t="str">
         <f>IF(J$4&lt;$B132,"",IF(SUM($F132:I132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="K132" s="51" t="str">
         <f>IF(K$4&lt;$B132,"",IF(SUM($F132:J132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="L132" s="51" t="str">
         <f>IF(L$4&lt;$B132,"",IF(SUM($F132:K132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="M132" s="51" t="str">
@@ -21939,55 +21941,55 @@
         <v/>
       </c>
       <c r="V132" s="51" t="str">
         <f>IF(V$4&lt;$B132,"",IF(SUM($F132:U132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="W132" s="51" t="str">
         <f>IF(W$4&lt;$B132,"",IF(SUM($F132:V132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="X132" s="51" t="str">
         <f>IF(X$4&lt;$B132,"",IF(SUM($F132:W132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="Y132" s="51" t="str">
         <f>IF(Y$4&lt;$B132,"",IF(SUM($F132:X132)&lt;$C132,$C132/$G$112,0))</f>
         <v/>
       </c>
       <c r="Z132" s="51">
         <f>IF(Z$4&lt;$B132,"",IF(SUM($F132:Y132)&lt;$C132,$C132/$G$112,0))</f>
         <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="C133" s="45" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D133" s="45"/>
       <c r="E133" s="47"/>
-      <c r="F133" s="117"/>
+      <c r="F133" s="115"/>
       <c r="G133" s="82">
         <f t="shared" ref="G133:Z133" si="25">SUM(G113:G132)</f>
         <v>0</v>
       </c>
       <c r="H133" s="82">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="I133" s="82">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="J133" s="82">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="K133" s="82">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="L133" s="82">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="M133" s="82">
@@ -22026,83 +22028,83 @@
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="V133" s="82">
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="W133" s="82">
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="X133" s="82">
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="Y133" s="82">
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
       <c r="Z133" s="82">
         <f t="shared" si="25"/>
         <v>0.32500000000000001</v>
       </c>
     </row>
     <row r="135" spans="1:26">
-      <c r="E135" s="113"/>
-      <c r="F135" s="113"/>
+      <c r="E135" s="111"/>
+      <c r="F135" s="111"/>
       <c r="G135" s="42" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1" t="s">
-        <v>84</v>
-[...7 lines deleted...]
-      <c r="G136" s="163">
+        <v>82</v>
+      </c>
+      <c r="C136" s="104" t="s">
+        <v>53</v>
+      </c>
+      <c r="D136" s="105"/>
+      <c r="E136" s="105"/>
+      <c r="F136" s="105"/>
+      <c r="G136" s="161">
         <f>Control!$G$50</f>
         <v>5</v>
       </c>
       <c r="H136" s="51"/>
     </row>
     <row r="137" spans="1:26">
-      <c r="B137" s="108">
+      <c r="B137" s="106">
         <v>1</v>
       </c>
       <c r="C137" s="51" cm="1">
         <f t="array" ref="C137:C156">TRANSPOSE(G34:Z34)</f>
         <v>0</v>
       </c>
       <c r="D137" s="51"/>
-      <c r="E137" s="109"/>
-      <c r="F137" s="154"/>
+      <c r="E137" s="107"/>
+      <c r="F137" s="152"/>
       <c r="G137" s="51">
         <f>IF(G$4&lt;$B137,"",IF(SUM($F137:F137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="H137" s="51">
         <f>IF(H$4&lt;$B137,"",IF(SUM($F137:G137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="I137" s="51">
         <f>IF(I$4&lt;$B137,"",IF(SUM($F137:H137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="J137" s="51">
         <f>IF(J$4&lt;$B137,"",IF(SUM($F137:I137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="K137" s="51">
         <f>IF(K$4&lt;$B137,"",IF(SUM($F137:J137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="L137" s="51">
         <f>IF(L$4&lt;$B137,"",IF(SUM($F137:K137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M137" s="51">
@@ -22149,52 +22151,52 @@
         <f>IF(W$4&lt;$B137,"",IF(SUM($F137:V137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X137" s="51">
         <f>IF(X$4&lt;$B137,"",IF(SUM($F137:W137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y137" s="51">
         <f>IF(Y$4&lt;$B137,"",IF(SUM($F137:X137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z137" s="51">
         <f>IF(Z$4&lt;$B137,"",IF(SUM($F137:Y137)&lt;$C137,$C137/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="B138" s="1">
         <f t="shared" ref="B138:B156" si="26">B137+1</f>
         <v>2</v>
       </c>
       <c r="C138" s="51">
         <v>0</v>
       </c>
       <c r="D138" s="51"/>
-      <c r="E138" s="109"/>
-      <c r="F138" s="154"/>
+      <c r="E138" s="107"/>
+      <c r="F138" s="152"/>
       <c r="G138" s="51" t="str">
         <f>IF(G$4&lt;$B138,"",IF(SUM($F138:F138)&lt;$C138,$C138/$G$136,0))</f>
         <v/>
       </c>
       <c r="H138" s="51">
         <f>IF(H$4&lt;$B138,"",IF(SUM($F138:G138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="I138" s="51">
         <f>IF(I$4&lt;$B138,"",IF(SUM($F138:H138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="J138" s="51">
         <f>IF(J$4&lt;$B138,"",IF(SUM($F138:I138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="K138" s="51">
         <f>IF(K$4&lt;$B138,"",IF(SUM($F138:J138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="L138" s="51">
         <f>IF(L$4&lt;$B138,"",IF(SUM($F138:K138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M138" s="51">
@@ -22241,52 +22243,52 @@
         <f>IF(W$4&lt;$B138,"",IF(SUM($F138:V138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X138" s="51">
         <f>IF(X$4&lt;$B138,"",IF(SUM($F138:W138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y138" s="51">
         <f>IF(Y$4&lt;$B138,"",IF(SUM($F138:X138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z138" s="51">
         <f>IF(Z$4&lt;$B138,"",IF(SUM($F138:Y138)&lt;$C138,$C138/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="B139" s="1">
         <f t="shared" si="26"/>
         <v>3</v>
       </c>
       <c r="C139" s="51">
         <v>0</v>
       </c>
       <c r="D139" s="51"/>
-      <c r="E139" s="109"/>
-      <c r="F139" s="154"/>
+      <c r="E139" s="107"/>
+      <c r="F139" s="152"/>
       <c r="G139" s="51" t="str">
         <f>IF(G$4&lt;$B139,"",IF(SUM($F139:F139)&lt;$C139,$C139/$G$136,0))</f>
         <v/>
       </c>
       <c r="H139" s="51" t="str">
         <f>IF(H$4&lt;$B139,"",IF(SUM($F139:G139)&lt;$C139,$C139/$G$136,0))</f>
         <v/>
       </c>
       <c r="I139" s="51">
         <f>IF(I$4&lt;$B139,"",IF(SUM($F139:H139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="J139" s="51">
         <f>IF(J$4&lt;$B139,"",IF(SUM($F139:I139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="K139" s="51">
         <f>IF(K$4&lt;$B139,"",IF(SUM($F139:J139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="L139" s="51">
         <f>IF(L$4&lt;$B139,"",IF(SUM($F139:K139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M139" s="51">
@@ -22333,52 +22335,52 @@
         <f>IF(W$4&lt;$B139,"",IF(SUM($F139:V139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X139" s="51">
         <f>IF(X$4&lt;$B139,"",IF(SUM($F139:W139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y139" s="51">
         <f>IF(Y$4&lt;$B139,"",IF(SUM($F139:X139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z139" s="51">
         <f>IF(Z$4&lt;$B139,"",IF(SUM($F139:Y139)&lt;$C139,$C139/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="B140" s="1">
         <f t="shared" si="26"/>
         <v>4</v>
       </c>
       <c r="C140" s="51">
         <v>0</v>
       </c>
       <c r="D140" s="51"/>
-      <c r="E140" s="109"/>
-      <c r="F140" s="154"/>
+      <c r="E140" s="107"/>
+      <c r="F140" s="152"/>
       <c r="G140" s="51" t="str">
         <f>IF(G$4&lt;$B140,"",IF(SUM($F140:F140)&lt;$C140,$C140/$G$136,0))</f>
         <v/>
       </c>
       <c r="H140" s="51" t="str">
         <f>IF(H$4&lt;$B140,"",IF(SUM($F140:G140)&lt;$C140,$C140/$G$136,0))</f>
         <v/>
       </c>
       <c r="I140" s="51" t="str">
         <f>IF(I$4&lt;$B140,"",IF(SUM($F140:H140)&lt;$C140,$C140/$G$136,0))</f>
         <v/>
       </c>
       <c r="J140" s="51">
         <f>IF(J$4&lt;$B140,"",IF(SUM($F140:I140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="K140" s="51">
         <f>IF(K$4&lt;$B140,"",IF(SUM($F140:J140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="L140" s="51">
         <f>IF(L$4&lt;$B140,"",IF(SUM($F140:K140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M140" s="51">
@@ -22425,52 +22427,52 @@
         <f>IF(W$4&lt;$B140,"",IF(SUM($F140:V140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X140" s="51">
         <f>IF(X$4&lt;$B140,"",IF(SUM($F140:W140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y140" s="51">
         <f>IF(Y$4&lt;$B140,"",IF(SUM($F140:X140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z140" s="51">
         <f>IF(Z$4&lt;$B140,"",IF(SUM($F140:Y140)&lt;$C140,$C140/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="B141" s="1">
         <f t="shared" si="26"/>
         <v>5</v>
       </c>
       <c r="C141" s="51">
         <v>0</v>
       </c>
       <c r="D141" s="51"/>
-      <c r="E141" s="109"/>
-      <c r="F141" s="154"/>
+      <c r="E141" s="107"/>
+      <c r="F141" s="152"/>
       <c r="G141" s="51" t="str">
         <f>IF(G$4&lt;$B141,"",IF(SUM($F141:F141)&lt;$C141,$C141/$G$136,0))</f>
         <v/>
       </c>
       <c r="H141" s="51" t="str">
         <f>IF(H$4&lt;$B141,"",IF(SUM($F141:G141)&lt;$C141,$C141/$G$136,0))</f>
         <v/>
       </c>
       <c r="I141" s="51" t="str">
         <f>IF(I$4&lt;$B141,"",IF(SUM($F141:H141)&lt;$C141,$C141/$G$136,0))</f>
         <v/>
       </c>
       <c r="J141" s="51" t="str">
         <f>IF(J$4&lt;$B141,"",IF(SUM($F141:I141)&lt;$C141,$C141/$G$136,0))</f>
         <v/>
       </c>
       <c r="K141" s="51">
         <f>IF(K$4&lt;$B141,"",IF(SUM($F141:J141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="L141" s="51">
         <f>IF(L$4&lt;$B141,"",IF(SUM($F141:K141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M141" s="51">
@@ -22517,52 +22519,52 @@
         <f>IF(W$4&lt;$B141,"",IF(SUM($F141:V141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X141" s="51">
         <f>IF(X$4&lt;$B141,"",IF(SUM($F141:W141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y141" s="51">
         <f>IF(Y$4&lt;$B141,"",IF(SUM($F141:X141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z141" s="51">
         <f>IF(Z$4&lt;$B141,"",IF(SUM($F141:Y141)&lt;$C141,$C141/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:26" hidden="1">
       <c r="B142" s="1">
         <f t="shared" si="26"/>
         <v>6</v>
       </c>
       <c r="C142" s="51">
         <v>0</v>
       </c>
       <c r="D142" s="51"/>
-      <c r="E142" s="109"/>
-      <c r="F142" s="154"/>
+      <c r="E142" s="107"/>
+      <c r="F142" s="152"/>
       <c r="G142" s="51" t="str">
         <f>IF(G$4&lt;$B142,"",IF(SUM($F142:F142)&lt;$C142,$C142/$G$136,0))</f>
         <v/>
       </c>
       <c r="H142" s="51" t="str">
         <f>IF(H$4&lt;$B142,"",IF(SUM($F142:G142)&lt;$C142,$C142/$G$136,0))</f>
         <v/>
       </c>
       <c r="I142" s="51" t="str">
         <f>IF(I$4&lt;$B142,"",IF(SUM($F142:H142)&lt;$C142,$C142/$G$136,0))</f>
         <v/>
       </c>
       <c r="J142" s="51" t="str">
         <f>IF(J$4&lt;$B142,"",IF(SUM($F142:I142)&lt;$C142,$C142/$G$136,0))</f>
         <v/>
       </c>
       <c r="K142" s="51" t="str">
         <f>IF(K$4&lt;$B142,"",IF(SUM($F142:J142)&lt;$C142,$C142/$G$136,0))</f>
         <v/>
       </c>
       <c r="L142" s="51">
         <f>IF(L$4&lt;$B142,"",IF(SUM($F142:K142)&lt;$C142,$C142/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="M142" s="51">
@@ -22609,52 +22611,52 @@
         <f>IF(W$4&lt;$B142,"",IF(SUM($F142:V142)&lt;$C142,$C142/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X142" s="51">
         <f>IF(X$4&lt;$B142,"",IF(SUM($F142:W142)&lt;$C142,$C142/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y142" s="51">
         <f>IF(Y$4&lt;$B142,"",IF(SUM($F142:X142)&lt;$C142,$C142/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z142" s="51">
         <f>IF(Z$4&lt;$B142,"",IF(SUM($F142:Y142)&lt;$C142,$C142/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:26" hidden="1">
       <c r="B143" s="1">
         <f t="shared" si="26"/>
         <v>7</v>
       </c>
       <c r="C143" s="51">
         <v>0</v>
       </c>
       <c r="D143" s="51"/>
-      <c r="E143" s="109"/>
-      <c r="F143" s="154"/>
+      <c r="E143" s="107"/>
+      <c r="F143" s="152"/>
       <c r="G143" s="51" t="str">
         <f>IF(G$4&lt;$B143,"",IF(SUM($F143:F143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="H143" s="51" t="str">
         <f>IF(H$4&lt;$B143,"",IF(SUM($F143:G143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="I143" s="51" t="str">
         <f>IF(I$4&lt;$B143,"",IF(SUM($F143:H143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="J143" s="51" t="str">
         <f>IF(J$4&lt;$B143,"",IF(SUM($F143:I143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="K143" s="51" t="str">
         <f>IF(K$4&lt;$B143,"",IF(SUM($F143:J143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="L143" s="51" t="str">
         <f>IF(L$4&lt;$B143,"",IF(SUM($F143:K143)&lt;$C143,$C143/$G$136,0))</f>
         <v/>
       </c>
       <c r="M143" s="51">
@@ -22701,52 +22703,52 @@
         <f>IF(W$4&lt;$B143,"",IF(SUM($F143:V143)&lt;$C143,$C143/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X143" s="51">
         <f>IF(X$4&lt;$B143,"",IF(SUM($F143:W143)&lt;$C143,$C143/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y143" s="51">
         <f>IF(Y$4&lt;$B143,"",IF(SUM($F143:X143)&lt;$C143,$C143/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z143" s="51">
         <f>IF(Z$4&lt;$B143,"",IF(SUM($F143:Y143)&lt;$C143,$C143/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:26" hidden="1">
       <c r="B144" s="1">
         <f t="shared" si="26"/>
         <v>8</v>
       </c>
       <c r="C144" s="51">
         <v>0</v>
       </c>
       <c r="D144" s="51"/>
-      <c r="E144" s="109"/>
-      <c r="F144" s="154"/>
+      <c r="E144" s="107"/>
+      <c r="F144" s="152"/>
       <c r="G144" s="51" t="str">
         <f>IF(G$4&lt;$B144,"",IF(SUM($F144:F144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="H144" s="51" t="str">
         <f>IF(H$4&lt;$B144,"",IF(SUM($F144:G144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="I144" s="51" t="str">
         <f>IF(I$4&lt;$B144,"",IF(SUM($F144:H144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="J144" s="51" t="str">
         <f>IF(J$4&lt;$B144,"",IF(SUM($F144:I144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="K144" s="51" t="str">
         <f>IF(K$4&lt;$B144,"",IF(SUM($F144:J144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="L144" s="51" t="str">
         <f>IF(L$4&lt;$B144,"",IF(SUM($F144:K144)&lt;$C144,$C144/$G$136,0))</f>
         <v/>
       </c>
       <c r="M144" s="51" t="str">
@@ -22793,52 +22795,52 @@
         <f>IF(W$4&lt;$B144,"",IF(SUM($F144:V144)&lt;$C144,$C144/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X144" s="51">
         <f>IF(X$4&lt;$B144,"",IF(SUM($F144:W144)&lt;$C144,$C144/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y144" s="51">
         <f>IF(Y$4&lt;$B144,"",IF(SUM($F144:X144)&lt;$C144,$C144/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z144" s="51">
         <f>IF(Z$4&lt;$B144,"",IF(SUM($F144:Y144)&lt;$C144,$C144/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:26" hidden="1">
       <c r="B145" s="1">
         <f t="shared" si="26"/>
         <v>9</v>
       </c>
       <c r="C145" s="51">
         <v>0</v>
       </c>
       <c r="D145" s="51"/>
-      <c r="E145" s="109"/>
-      <c r="F145" s="154"/>
+      <c r="E145" s="107"/>
+      <c r="F145" s="152"/>
       <c r="G145" s="51" t="str">
         <f>IF(G$4&lt;$B145,"",IF(SUM($F145:F145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="H145" s="51" t="str">
         <f>IF(H$4&lt;$B145,"",IF(SUM($F145:G145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="I145" s="51" t="str">
         <f>IF(I$4&lt;$B145,"",IF(SUM($F145:H145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="J145" s="51" t="str">
         <f>IF(J$4&lt;$B145,"",IF(SUM($F145:I145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="K145" s="51" t="str">
         <f>IF(K$4&lt;$B145,"",IF(SUM($F145:J145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="L145" s="51" t="str">
         <f>IF(L$4&lt;$B145,"",IF(SUM($F145:K145)&lt;$C145,$C145/$G$136,0))</f>
         <v/>
       </c>
       <c r="M145" s="51" t="str">
@@ -22885,52 +22887,52 @@
         <f>IF(W$4&lt;$B145,"",IF(SUM($F145:V145)&lt;$C145,$C145/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X145" s="51">
         <f>IF(X$4&lt;$B145,"",IF(SUM($F145:W145)&lt;$C145,$C145/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y145" s="51">
         <f>IF(Y$4&lt;$B145,"",IF(SUM($F145:X145)&lt;$C145,$C145/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z145" s="51">
         <f>IF(Z$4&lt;$B145,"",IF(SUM($F145:Y145)&lt;$C145,$C145/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:26" hidden="1">
       <c r="B146" s="1">
         <f t="shared" si="26"/>
         <v>10</v>
       </c>
       <c r="C146" s="51">
         <v>0</v>
       </c>
       <c r="D146" s="51"/>
-      <c r="E146" s="109"/>
-      <c r="F146" s="154"/>
+      <c r="E146" s="107"/>
+      <c r="F146" s="152"/>
       <c r="G146" s="51" t="str">
         <f>IF(G$4&lt;$B146,"",IF(SUM($F146:F146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="H146" s="51" t="str">
         <f>IF(H$4&lt;$B146,"",IF(SUM($F146:G146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="I146" s="51" t="str">
         <f>IF(I$4&lt;$B146,"",IF(SUM($F146:H146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="J146" s="51" t="str">
         <f>IF(J$4&lt;$B146,"",IF(SUM($F146:I146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="K146" s="51" t="str">
         <f>IF(K$4&lt;$B146,"",IF(SUM($F146:J146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="L146" s="51" t="str">
         <f>IF(L$4&lt;$B146,"",IF(SUM($F146:K146)&lt;$C146,$C146/$G$136,0))</f>
         <v/>
       </c>
       <c r="M146" s="51" t="str">
@@ -22977,52 +22979,52 @@
         <f>IF(W$4&lt;$B146,"",IF(SUM($F146:V146)&lt;$C146,$C146/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X146" s="51">
         <f>IF(X$4&lt;$B146,"",IF(SUM($F146:W146)&lt;$C146,$C146/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y146" s="51">
         <f>IF(Y$4&lt;$B146,"",IF(SUM($F146:X146)&lt;$C146,$C146/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z146" s="51">
         <f>IF(Z$4&lt;$B146,"",IF(SUM($F146:Y146)&lt;$C146,$C146/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:26" hidden="1">
       <c r="B147" s="1">
         <f t="shared" si="26"/>
         <v>11</v>
       </c>
       <c r="C147" s="51">
         <v>3.25</v>
       </c>
       <c r="D147" s="51"/>
-      <c r="E147" s="109"/>
-      <c r="F147" s="154"/>
+      <c r="E147" s="107"/>
+      <c r="F147" s="152"/>
       <c r="G147" s="51" t="str">
         <f>IF(G$4&lt;$B147,"",IF(SUM($F147:F147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="H147" s="51" t="str">
         <f>IF(H$4&lt;$B147,"",IF(SUM($F147:G147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="I147" s="51" t="str">
         <f>IF(I$4&lt;$B147,"",IF(SUM($F147:H147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="J147" s="51" t="str">
         <f>IF(J$4&lt;$B147,"",IF(SUM($F147:I147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="K147" s="51" t="str">
         <f>IF(K$4&lt;$B147,"",IF(SUM($F147:J147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="L147" s="51" t="str">
         <f>IF(L$4&lt;$B147,"",IF(SUM($F147:K147)&lt;$C147,$C147/$G$136,0))</f>
         <v/>
       </c>
       <c r="M147" s="51" t="str">
@@ -23069,52 +23071,52 @@
         <f>IF(W$4&lt;$B147,"",IF(SUM($F147:V147)&lt;$C147,$C147/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X147" s="51">
         <f>IF(X$4&lt;$B147,"",IF(SUM($F147:W147)&lt;$C147,$C147/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y147" s="51">
         <f>IF(Y$4&lt;$B147,"",IF(SUM($F147:X147)&lt;$C147,$C147/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z147" s="51">
         <f>IF(Z$4&lt;$B147,"",IF(SUM($F147:Y147)&lt;$C147,$C147/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:26" hidden="1">
       <c r="B148" s="1">
         <f t="shared" si="26"/>
         <v>12</v>
       </c>
       <c r="C148" s="51">
         <v>3.25</v>
       </c>
       <c r="D148" s="51"/>
-      <c r="E148" s="109"/>
-      <c r="F148" s="154"/>
+      <c r="E148" s="107"/>
+      <c r="F148" s="152"/>
       <c r="G148" s="51" t="str">
         <f>IF(G$4&lt;$B148,"",IF(SUM($F148:F148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="H148" s="51" t="str">
         <f>IF(H$4&lt;$B148,"",IF(SUM($F148:G148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="I148" s="51" t="str">
         <f>IF(I$4&lt;$B148,"",IF(SUM($F148:H148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="J148" s="51" t="str">
         <f>IF(J$4&lt;$B148,"",IF(SUM($F148:I148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="K148" s="51" t="str">
         <f>IF(K$4&lt;$B148,"",IF(SUM($F148:J148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="L148" s="51" t="str">
         <f>IF(L$4&lt;$B148,"",IF(SUM($F148:K148)&lt;$C148,$C148/$G$136,0))</f>
         <v/>
       </c>
       <c r="M148" s="51" t="str">
@@ -23161,52 +23163,52 @@
         <f>IF(W$4&lt;$B148,"",IF(SUM($F148:V148)&lt;$C148,$C148/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="X148" s="51">
         <f>IF(X$4&lt;$B148,"",IF(SUM($F148:W148)&lt;$C148,$C148/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y148" s="51">
         <f>IF(Y$4&lt;$B148,"",IF(SUM($F148:X148)&lt;$C148,$C148/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z148" s="51">
         <f>IF(Z$4&lt;$B148,"",IF(SUM($F148:Y148)&lt;$C148,$C148/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:26" hidden="1">
       <c r="B149" s="1">
         <f t="shared" si="26"/>
         <v>13</v>
       </c>
       <c r="C149" s="51">
         <v>3.25</v>
       </c>
       <c r="D149" s="51"/>
-      <c r="E149" s="109"/>
-      <c r="F149" s="154"/>
+      <c r="E149" s="107"/>
+      <c r="F149" s="152"/>
       <c r="G149" s="51" t="str">
         <f>IF(G$4&lt;$B149,"",IF(SUM($F149:F149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="H149" s="51" t="str">
         <f>IF(H$4&lt;$B149,"",IF(SUM($F149:G149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="I149" s="51" t="str">
         <f>IF(I$4&lt;$B149,"",IF(SUM($F149:H149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="J149" s="51" t="str">
         <f>IF(J$4&lt;$B149,"",IF(SUM($F149:I149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="K149" s="51" t="str">
         <f>IF(K$4&lt;$B149,"",IF(SUM($F149:J149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="L149" s="51" t="str">
         <f>IF(L$4&lt;$B149,"",IF(SUM($F149:K149)&lt;$C149,$C149/$G$136,0))</f>
         <v/>
       </c>
       <c r="M149" s="51" t="str">
@@ -23253,52 +23255,52 @@
         <f>IF(W$4&lt;$B149,"",IF(SUM($F149:V149)&lt;$C149,$C149/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="X149" s="51">
         <f>IF(X$4&lt;$B149,"",IF(SUM($F149:W149)&lt;$C149,$C149/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Y149" s="51">
         <f>IF(Y$4&lt;$B149,"",IF(SUM($F149:X149)&lt;$C149,$C149/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z149" s="51">
         <f>IF(Z$4&lt;$B149,"",IF(SUM($F149:Y149)&lt;$C149,$C149/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:26" hidden="1">
       <c r="B150" s="1">
         <f t="shared" si="26"/>
         <v>14</v>
       </c>
       <c r="C150" s="51">
         <v>3.25</v>
       </c>
       <c r="D150" s="51"/>
-      <c r="E150" s="109"/>
-      <c r="F150" s="154"/>
+      <c r="E150" s="107"/>
+      <c r="F150" s="152"/>
       <c r="G150" s="51" t="str">
         <f>IF(G$4&lt;$B150,"",IF(SUM($F150:F150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="H150" s="51" t="str">
         <f>IF(H$4&lt;$B150,"",IF(SUM($F150:G150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="I150" s="51" t="str">
         <f>IF(I$4&lt;$B150,"",IF(SUM($F150:H150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="J150" s="51" t="str">
         <f>IF(J$4&lt;$B150,"",IF(SUM($F150:I150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="K150" s="51" t="str">
         <f>IF(K$4&lt;$B150,"",IF(SUM($F150:J150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="L150" s="51" t="str">
         <f>IF(L$4&lt;$B150,"",IF(SUM($F150:K150)&lt;$C150,$C150/$G$136,0))</f>
         <v/>
       </c>
       <c r="M150" s="51" t="str">
@@ -23345,52 +23347,52 @@
         <f>IF(W$4&lt;$B150,"",IF(SUM($F150:V150)&lt;$C150,$C150/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="X150" s="51">
         <f>IF(X$4&lt;$B150,"",IF(SUM($F150:W150)&lt;$C150,$C150/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Y150" s="51">
         <f>IF(Y$4&lt;$B150,"",IF(SUM($F150:X150)&lt;$C150,$C150/$G$136,0))</f>
         <v>0</v>
       </c>
       <c r="Z150" s="51">
         <f>IF(Z$4&lt;$B150,"",IF(SUM($F150:Y150)&lt;$C150,$C150/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:26" hidden="1">
       <c r="B151" s="1">
         <f t="shared" si="26"/>
         <v>15</v>
       </c>
       <c r="C151" s="51">
         <v>3.25</v>
       </c>
       <c r="D151" s="51"/>
-      <c r="E151" s="109"/>
-      <c r="F151" s="154"/>
+      <c r="E151" s="107"/>
+      <c r="F151" s="152"/>
       <c r="G151" s="51" t="str">
         <f>IF(G$4&lt;$B151,"",IF(SUM($F151:F151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="H151" s="51" t="str">
         <f>IF(H$4&lt;$B151,"",IF(SUM($F151:G151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="I151" s="51" t="str">
         <f>IF(I$4&lt;$B151,"",IF(SUM($F151:H151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="J151" s="51" t="str">
         <f>IF(J$4&lt;$B151,"",IF(SUM($F151:I151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="K151" s="51" t="str">
         <f>IF(K$4&lt;$B151,"",IF(SUM($F151:J151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="L151" s="51" t="str">
         <f>IF(L$4&lt;$B151,"",IF(SUM($F151:K151)&lt;$C151,$C151/$G$136,0))</f>
         <v/>
       </c>
       <c r="M151" s="51" t="str">
@@ -23437,52 +23439,52 @@
         <f>IF(W$4&lt;$B151,"",IF(SUM($F151:V151)&lt;$C151,$C151/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="X151" s="51">
         <f>IF(X$4&lt;$B151,"",IF(SUM($F151:W151)&lt;$C151,$C151/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Y151" s="51">
         <f>IF(Y$4&lt;$B151,"",IF(SUM($F151:X151)&lt;$C151,$C151/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Z151" s="51">
         <f>IF(Z$4&lt;$B151,"",IF(SUM($F151:Y151)&lt;$C151,$C151/$G$136,0))</f>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:26" hidden="1">
       <c r="B152" s="1">
         <f t="shared" si="26"/>
         <v>16</v>
       </c>
       <c r="C152" s="51">
         <v>3.25</v>
       </c>
       <c r="D152" s="51"/>
-      <c r="E152" s="109"/>
-      <c r="F152" s="154"/>
+      <c r="E152" s="107"/>
+      <c r="F152" s="152"/>
       <c r="G152" s="51" t="str">
         <f>IF(G$4&lt;$B152,"",IF(SUM($F152:F152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="H152" s="51" t="str">
         <f>IF(H$4&lt;$B152,"",IF(SUM($F152:G152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="I152" s="51" t="str">
         <f>IF(I$4&lt;$B152,"",IF(SUM($F152:H152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="J152" s="51" t="str">
         <f>IF(J$4&lt;$B152,"",IF(SUM($F152:I152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="K152" s="51" t="str">
         <f>IF(K$4&lt;$B152,"",IF(SUM($F152:J152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="L152" s="51" t="str">
         <f>IF(L$4&lt;$B152,"",IF(SUM($F152:K152)&lt;$C152,$C152/$G$136,0))</f>
         <v/>
       </c>
       <c r="M152" s="51" t="str">
@@ -23529,52 +23531,52 @@
         <f>IF(W$4&lt;$B152,"",IF(SUM($F152:V152)&lt;$C152,$C152/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="X152" s="51">
         <f>IF(X$4&lt;$B152,"",IF(SUM($F152:W152)&lt;$C152,$C152/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Y152" s="51">
         <f>IF(Y$4&lt;$B152,"",IF(SUM($F152:X152)&lt;$C152,$C152/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Z152" s="51">
         <f>IF(Z$4&lt;$B152,"",IF(SUM($F152:Y152)&lt;$C152,$C152/$G$136,0))</f>
         <v>0.65</v>
       </c>
     </row>
     <row r="153" spans="1:26" hidden="1">
       <c r="B153" s="1">
         <f t="shared" si="26"/>
         <v>17</v>
       </c>
       <c r="C153" s="51">
         <v>3.25</v>
       </c>
       <c r="D153" s="51"/>
-      <c r="E153" s="109"/>
-      <c r="F153" s="154"/>
+      <c r="E153" s="107"/>
+      <c r="F153" s="152"/>
       <c r="G153" s="51" t="str">
         <f>IF(G$4&lt;$B153,"",IF(SUM($F153:F153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="H153" s="51" t="str">
         <f>IF(H$4&lt;$B153,"",IF(SUM($F153:G153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="I153" s="51" t="str">
         <f>IF(I$4&lt;$B153,"",IF(SUM($F153:H153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="J153" s="51" t="str">
         <f>IF(J$4&lt;$B153,"",IF(SUM($F153:I153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="K153" s="51" t="str">
         <f>IF(K$4&lt;$B153,"",IF(SUM($F153:J153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="L153" s="51" t="str">
         <f>IF(L$4&lt;$B153,"",IF(SUM($F153:K153)&lt;$C153,$C153/$G$136,0))</f>
         <v/>
       </c>
       <c r="M153" s="51" t="str">
@@ -23621,52 +23623,52 @@
         <f>IF(W$4&lt;$B153,"",IF(SUM($F153:V153)&lt;$C153,$C153/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="X153" s="51">
         <f>IF(X$4&lt;$B153,"",IF(SUM($F153:W153)&lt;$C153,$C153/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Y153" s="51">
         <f>IF(Y$4&lt;$B153,"",IF(SUM($F153:X153)&lt;$C153,$C153/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Z153" s="51">
         <f>IF(Z$4&lt;$B153,"",IF(SUM($F153:Y153)&lt;$C153,$C153/$G$136,0))</f>
         <v>0.65</v>
       </c>
     </row>
     <row r="154" spans="1:26" hidden="1">
       <c r="B154" s="1">
         <f t="shared" si="26"/>
         <v>18</v>
       </c>
       <c r="C154" s="51">
         <v>3.25</v>
       </c>
       <c r="D154" s="51"/>
-      <c r="E154" s="109"/>
-      <c r="F154" s="154"/>
+      <c r="E154" s="107"/>
+      <c r="F154" s="152"/>
       <c r="G154" s="51" t="str">
         <f>IF(G$4&lt;$B154,"",IF(SUM($F154:F154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="H154" s="51" t="str">
         <f>IF(H$4&lt;$B154,"",IF(SUM($F154:G154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="I154" s="51" t="str">
         <f>IF(I$4&lt;$B154,"",IF(SUM($F154:H154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="J154" s="51" t="str">
         <f>IF(J$4&lt;$B154,"",IF(SUM($F154:I154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="K154" s="51" t="str">
         <f>IF(K$4&lt;$B154,"",IF(SUM($F154:J154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="L154" s="51" t="str">
         <f>IF(L$4&lt;$B154,"",IF(SUM($F154:K154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="M154" s="51" t="str">
@@ -23713,52 +23715,52 @@
         <f>IF(W$4&lt;$B154,"",IF(SUM($F154:V154)&lt;$C154,$C154/$G$136,0))</f>
         <v/>
       </c>
       <c r="X154" s="51">
         <f>IF(X$4&lt;$B154,"",IF(SUM($F154:W154)&lt;$C154,$C154/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Y154" s="51">
         <f>IF(Y$4&lt;$B154,"",IF(SUM($F154:X154)&lt;$C154,$C154/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Z154" s="51">
         <f>IF(Z$4&lt;$B154,"",IF(SUM($F154:Y154)&lt;$C154,$C154/$G$136,0))</f>
         <v>0.65</v>
       </c>
     </row>
     <row r="155" spans="1:26" hidden="1">
       <c r="B155" s="1">
         <f t="shared" si="26"/>
         <v>19</v>
       </c>
       <c r="C155" s="51">
         <v>3.25</v>
       </c>
       <c r="D155" s="51"/>
-      <c r="E155" s="109"/>
-      <c r="F155" s="154"/>
+      <c r="E155" s="107"/>
+      <c r="F155" s="152"/>
       <c r="G155" s="51" t="str">
         <f>IF(G$4&lt;$B155,"",IF(SUM($F155:F155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="H155" s="51" t="str">
         <f>IF(H$4&lt;$B155,"",IF(SUM($F155:G155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="I155" s="51" t="str">
         <f>IF(I$4&lt;$B155,"",IF(SUM($F155:H155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="J155" s="51" t="str">
         <f>IF(J$4&lt;$B155,"",IF(SUM($F155:I155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="K155" s="51" t="str">
         <f>IF(K$4&lt;$B155,"",IF(SUM($F155:J155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="L155" s="51" t="str">
         <f>IF(L$4&lt;$B155,"",IF(SUM($F155:K155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="M155" s="51" t="str">
@@ -23805,52 +23807,52 @@
         <f>IF(W$4&lt;$B155,"",IF(SUM($F155:V155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="X155" s="51" t="str">
         <f>IF(X$4&lt;$B155,"",IF(SUM($F155:W155)&lt;$C155,$C155/$G$136,0))</f>
         <v/>
       </c>
       <c r="Y155" s="51">
         <f>IF(Y$4&lt;$B155,"",IF(SUM($F155:X155)&lt;$C155,$C155/$G$136,0))</f>
         <v>0.65</v>
       </c>
       <c r="Z155" s="51">
         <f>IF(Z$4&lt;$B155,"",IF(SUM($F155:Y155)&lt;$C155,$C155/$G$136,0))</f>
         <v>0.65</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="B156" s="1">
         <f t="shared" si="26"/>
         <v>20</v>
       </c>
       <c r="C156" s="51">
         <v>3.25</v>
       </c>
       <c r="D156" s="51"/>
-      <c r="E156" s="109"/>
-      <c r="F156" s="154"/>
+      <c r="E156" s="107"/>
+      <c r="F156" s="152"/>
       <c r="G156" s="51" t="str">
         <f>IF(G$4&lt;$B156,"",IF(SUM($F156:F156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="H156" s="51" t="str">
         <f>IF(H$4&lt;$B156,"",IF(SUM($F156:G156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="I156" s="51" t="str">
         <f>IF(I$4&lt;$B156,"",IF(SUM($F156:H156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="J156" s="51" t="str">
         <f>IF(J$4&lt;$B156,"",IF(SUM($F156:I156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="K156" s="51" t="str">
         <f>IF(K$4&lt;$B156,"",IF(SUM($F156:J156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="L156" s="51" t="str">
         <f>IF(L$4&lt;$B156,"",IF(SUM($F156:K156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="M156" s="51" t="str">
@@ -23890,58 +23892,58 @@
         <v/>
       </c>
       <c r="V156" s="51" t="str">
         <f>IF(V$4&lt;$B156,"",IF(SUM($F156:U156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="W156" s="51" t="str">
         <f>IF(W$4&lt;$B156,"",IF(SUM($F156:V156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="X156" s="51" t="str">
         <f>IF(X$4&lt;$B156,"",IF(SUM($F156:W156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="Y156" s="51" t="str">
         <f>IF(Y$4&lt;$B156,"",IF(SUM($F156:X156)&lt;$C156,$C156/$G$136,0))</f>
         <v/>
       </c>
       <c r="Z156" s="51">
         <f>IF(Z$4&lt;$B156,"",IF(SUM($F156:Y156)&lt;$C156,$C156/$G$136,0))</f>
         <v>0.65</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C157" s="45" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D157" s="45"/>
       <c r="E157" s="47"/>
-      <c r="F157" s="117"/>
+      <c r="F157" s="115"/>
       <c r="G157" s="82">
         <f t="shared" ref="G157:Z157" si="27">SUM(G137:G156)</f>
         <v>0</v>
       </c>
       <c r="H157" s="82">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="I157" s="82">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="J157" s="82">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="K157" s="82">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="L157" s="82">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="M157" s="82">
@@ -23997,103 +23999,103 @@
         <v>3.25</v>
       </c>
       <c r="Z157" s="82">
         <f t="shared" si="27"/>
         <v>3.25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C4:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000 CUI//PROPIN&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 This document contains moderate sensitivity CHIPS Applicant Data and Information.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8D8371D-72DD-4C9D-BDC9-18E71A62F474}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
-  <dimension ref="A1:AT165"/>
+  <dimension ref="A1:AT164"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="3" ySplit="8" topLeftCell="D115" activePane="bottomRight" state="frozen"/>
-      <selection pane="bottomRight" activeCell="D144" sqref="D144"/>
+      <pane xSplit="3" ySplit="8" topLeftCell="D27" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.45" outlineLevelRow="1"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" outlineLevelRow="1"/>
   <cols>
-    <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="28" max="16384" width="9.125" style="1"/>
+    <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="41.88671875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.33203125" style="1" customWidth="1"/>
+    <col min="4" max="23" width="13.33203125" style="1" customWidth="1"/>
+    <col min="24" max="25" width="9.109375" style="1"/>
+    <col min="26" max="26" width="34.44140625" style="1" customWidth="1"/>
+    <col min="27" max="27" width="10.88671875" style="1" customWidth="1"/>
+    <col min="28" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" ht="5.0999999999999996" customHeight="1"/>
-    <row r="2" spans="1:46" ht="18.95" thickBot="1">
+    <row r="2" spans="1:46" ht="18.600000000000001" thickBot="1">
       <c r="B2" s="10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="10"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
       <c r="S2" s="10"/>
       <c r="T2" s="10"/>
       <c r="U2" s="10"/>
       <c r="V2" s="10"/>
       <c r="W2" s="10"/>
     </row>
     <row r="3" spans="1:46" ht="5.0999999999999996" customHeight="1"/>
     <row r="4" spans="1:46" s="9" customFormat="1">
       <c r="A4" s="11"/>
       <c r="B4" s="12"/>
-      <c r="C4" s="293"/>
+      <c r="C4" s="266"/>
       <c r="D4" s="13">
         <v>1</v>
       </c>
       <c r="E4" s="13">
         <f>D4+1</f>
         <v>2</v>
       </c>
       <c r="F4" s="13">
         <f t="shared" ref="F4:W4" si="0">E4+1</f>
         <v>3</v>
       </c>
       <c r="G4" s="13">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="H4" s="13">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="I4" s="13">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="J4" s="13">
         <f t="shared" si="0"/>
@@ -24129,82 +24131,82 @@
       </c>
       <c r="R4" s="13">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="S4" s="13">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="T4" s="13">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="U4" s="13">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="V4" s="13">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="W4" s="13">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="X4" s="219"/>
-[...21 lines deleted...]
-      <c r="AT4" s="219"/>
+      <c r="X4" s="215"/>
+      <c r="Y4" s="215"/>
+      <c r="Z4" s="215"/>
+      <c r="AA4" s="215"/>
+      <c r="AB4" s="215"/>
+      <c r="AC4" s="215"/>
+      <c r="AD4" s="215"/>
+      <c r="AE4" s="215"/>
+      <c r="AF4" s="215"/>
+      <c r="AG4" s="215"/>
+      <c r="AH4" s="215"/>
+      <c r="AI4" s="215"/>
+      <c r="AJ4" s="215"/>
+      <c r="AK4" s="215"/>
+      <c r="AL4" s="215"/>
+      <c r="AM4" s="215"/>
+      <c r="AN4" s="215"/>
+      <c r="AO4" s="215"/>
+      <c r="AP4" s="215"/>
+      <c r="AQ4" s="215"/>
+      <c r="AR4" s="215"/>
+      <c r="AS4" s="215"/>
+      <c r="AT4" s="215"/>
     </row>
     <row r="5" spans="1:46" s="9" customFormat="1">
       <c r="A5" s="14" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B5" s="12" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="C5" s="293"/>
+        <v>110</v>
+      </c>
+      <c r="C5" s="266"/>
       <c r="D5" s="15">
         <f>+Control!B6</f>
         <v>45657</v>
       </c>
       <c r="E5" s="15">
         <f t="shared" ref="E5:W5" si="1">EOMONTH(D5,12)</f>
         <v>46022</v>
       </c>
       <c r="F5" s="16">
         <f t="shared" si="1"/>
         <v>46387</v>
       </c>
       <c r="G5" s="16">
         <f t="shared" si="1"/>
         <v>46752</v>
       </c>
       <c r="H5" s="16">
         <f t="shared" si="1"/>
         <v>47118</v>
       </c>
       <c r="I5" s="16">
         <f t="shared" si="1"/>
         <v>47483</v>
       </c>
       <c r="J5" s="16">
@@ -24241,301 +24243,301 @@
       </c>
       <c r="R5" s="16">
         <f t="shared" si="1"/>
         <v>50770</v>
       </c>
       <c r="S5" s="16">
         <f t="shared" si="1"/>
         <v>51135</v>
       </c>
       <c r="T5" s="16">
         <f t="shared" si="1"/>
         <v>51501</v>
       </c>
       <c r="U5" s="16">
         <f t="shared" si="1"/>
         <v>51866</v>
       </c>
       <c r="V5" s="16">
         <f t="shared" si="1"/>
         <v>52231</v>
       </c>
       <c r="W5" s="16">
         <f t="shared" si="1"/>
         <v>52596</v>
       </c>
-      <c r="X5" s="219"/>
-[...21 lines deleted...]
-      <c r="AT5" s="219"/>
+      <c r="X5" s="215"/>
+      <c r="Y5" s="215"/>
+      <c r="Z5" s="215"/>
+      <c r="AA5" s="215"/>
+      <c r="AB5" s="215"/>
+      <c r="AC5" s="215"/>
+      <c r="AD5" s="215"/>
+      <c r="AE5" s="215"/>
+      <c r="AF5" s="215"/>
+      <c r="AG5" s="215"/>
+      <c r="AH5" s="215"/>
+      <c r="AI5" s="215"/>
+      <c r="AJ5" s="215"/>
+      <c r="AK5" s="215"/>
+      <c r="AL5" s="215"/>
+      <c r="AM5" s="215"/>
+      <c r="AN5" s="215"/>
+      <c r="AO5" s="215"/>
+      <c r="AP5" s="215"/>
+      <c r="AQ5" s="215"/>
+      <c r="AR5" s="215"/>
+      <c r="AS5" s="215"/>
+      <c r="AT5" s="215"/>
     </row>
     <row r="6" spans="1:46" s="9" customFormat="1" ht="5.0999999999999996" customHeight="1" outlineLevel="1">
-      <c r="A6" s="219"/>
-[...1 lines deleted...]
-      <c r="C6" s="219"/>
+      <c r="A6" s="215"/>
+      <c r="B6" s="215"/>
+      <c r="C6" s="215"/>
       <c r="D6" s="17"/>
       <c r="E6" s="17"/>
       <c r="F6" s="17"/>
       <c r="G6" s="17"/>
       <c r="H6" s="17"/>
       <c r="I6" s="17"/>
       <c r="J6" s="17"/>
       <c r="K6" s="17"/>
       <c r="L6" s="17"/>
       <c r="M6" s="17"/>
       <c r="N6" s="17"/>
       <c r="O6" s="17"/>
       <c r="P6" s="17"/>
       <c r="Q6" s="17"/>
       <c r="R6" s="17"/>
       <c r="S6" s="17"/>
       <c r="T6" s="17"/>
       <c r="U6" s="17"/>
       <c r="V6" s="17"/>
       <c r="W6" s="17"/>
-      <c r="X6" s="219"/>
-[...21 lines deleted...]
-      <c r="AT6" s="219"/>
+      <c r="X6" s="215"/>
+      <c r="Y6" s="215"/>
+      <c r="Z6" s="215"/>
+      <c r="AA6" s="215"/>
+      <c r="AB6" s="215"/>
+      <c r="AC6" s="215"/>
+      <c r="AD6" s="215"/>
+      <c r="AE6" s="215"/>
+      <c r="AF6" s="215"/>
+      <c r="AG6" s="215"/>
+      <c r="AH6" s="215"/>
+      <c r="AI6" s="215"/>
+      <c r="AJ6" s="215"/>
+      <c r="AK6" s="215"/>
+      <c r="AL6" s="215"/>
+      <c r="AM6" s="215"/>
+      <c r="AN6" s="215"/>
+      <c r="AO6" s="215"/>
+      <c r="AP6" s="215"/>
+      <c r="AQ6" s="215"/>
+      <c r="AR6" s="215"/>
+      <c r="AS6" s="215"/>
+      <c r="AT6" s="215"/>
     </row>
     <row r="7" spans="1:46" s="9" customFormat="1" outlineLevel="1">
-      <c r="A7" s="219"/>
+      <c r="A7" s="215"/>
       <c r="B7" s="18" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C7" s="169" t="b">
+        <v>111</v>
+      </c>
+      <c r="C7" s="167" t="b">
         <f>IF(SUM(D106:W106)=0,TRUE,FALSE)</f>
         <v>1</v>
       </c>
-      <c r="D7" s="219"/>
+      <c r="D7" s="215"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="17"/>
       <c r="J7" s="17"/>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="17"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="17"/>
       <c r="Q7" s="17"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="17"/>
       <c r="U7" s="17"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
-      <c r="X7" s="219"/>
-      <c r="Y7" s="219"/>
+      <c r="X7" s="215"/>
+      <c r="Y7" s="215"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4"/>
       <c r="AJ7" s="4"/>
       <c r="AK7" s="4"/>
       <c r="AL7" s="4"/>
       <c r="AM7" s="4"/>
       <c r="AN7" s="4"/>
       <c r="AO7" s="4"/>
       <c r="AP7" s="4"/>
       <c r="AQ7" s="4"/>
       <c r="AR7" s="4"/>
       <c r="AS7" s="4"/>
       <c r="AT7" s="4"/>
     </row>
     <row r="8" spans="1:46" s="9" customFormat="1" ht="5.0999999999999996" customHeight="1" outlineLevel="1">
-      <c r="A8" s="219"/>
-[...1 lines deleted...]
-      <c r="C8" s="219"/>
+      <c r="A8" s="215"/>
+      <c r="B8" s="215"/>
+      <c r="C8" s="215"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
-      <c r="X8" s="219"/>
-      <c r="Y8" s="219"/>
+      <c r="X8" s="215"/>
+      <c r="Y8" s="215"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4"/>
       <c r="AJ8" s="4"/>
       <c r="AK8" s="4"/>
       <c r="AL8" s="4"/>
       <c r="AM8" s="4"/>
       <c r="AN8" s="4"/>
       <c r="AO8" s="4"/>
       <c r="AP8" s="4"/>
       <c r="AQ8" s="4"/>
       <c r="AR8" s="4"/>
       <c r="AS8" s="4"/>
       <c r="AT8" s="4"/>
     </row>
     <row r="9" spans="1:46" s="20" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B9" s="19" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C9" s="19"/>
-      <c r="D9" s="220"/>
-[...18 lines deleted...]
-      <c r="W9" s="220"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="216"/>
+      <c r="H9" s="216"/>
+      <c r="I9" s="216"/>
+      <c r="J9" s="216"/>
+      <c r="K9" s="216"/>
+      <c r="L9" s="216"/>
+      <c r="M9" s="216"/>
+      <c r="N9" s="216"/>
+      <c r="O9" s="216"/>
+      <c r="P9" s="216"/>
+      <c r="Q9" s="216"/>
+      <c r="R9" s="216"/>
+      <c r="S9" s="216"/>
+      <c r="T9" s="216"/>
+      <c r="U9" s="216"/>
+      <c r="V9" s="216"/>
+      <c r="W9" s="216"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4"/>
       <c r="AJ9" s="4"/>
       <c r="AK9" s="4"/>
       <c r="AL9" s="4"/>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
       <c r="AR9" s="4"/>
       <c r="AS9" s="4"/>
       <c r="AT9" s="4"/>
     </row>
     <row r="10" spans="1:46" ht="15" customHeight="1">
       <c r="B10" s="21"/>
       <c r="C10" s="21"/>
       <c r="Z10" s="4"/>
       <c r="AA10" s="4"/>
       <c r="AB10" s="4"/>
       <c r="AC10" s="4"/>
       <c r="AD10" s="4"/>
       <c r="AE10" s="4"/>
       <c r="AF10" s="4"/>
       <c r="AG10" s="4"/>
       <c r="AH10" s="4"/>
       <c r="AI10" s="4"/>
       <c r="AJ10" s="4"/>
       <c r="AK10" s="4"/>
       <c r="AL10" s="4"/>
       <c r="AM10" s="4"/>
       <c r="AN10" s="4"/>
       <c r="AO10" s="4"/>
       <c r="AP10" s="4"/>
       <c r="AQ10" s="4"/>
       <c r="AR10" s="4"/>
       <c r="AS10" s="4"/>
       <c r="AT10" s="4"/>
     </row>
     <row r="11" spans="1:46">
       <c r="B11" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D11" s="22">
         <f>+Control!D12*Control!D13</f>
         <v>220</v>
       </c>
       <c r="E11" s="22">
         <f>+Control!E12*Control!E13</f>
         <v>550</v>
       </c>
       <c r="F11" s="22">
         <f>+Control!F12*Control!F13</f>
         <v>825</v>
       </c>
       <c r="G11" s="22">
         <f>+Control!G12*Control!G13</f>
         <v>825</v>
       </c>
       <c r="H11" s="22">
         <f>+Control!H12*Control!H13</f>
         <v>825</v>
       </c>
       <c r="I11" s="22">
         <f>+Control!I12*Control!I13</f>
         <v>825</v>
       </c>
@@ -24597,51 +24599,51 @@
       </c>
       <c r="Z11" s="4"/>
       <c r="AA11" s="4"/>
       <c r="AB11" s="4"/>
       <c r="AC11" s="4"/>
       <c r="AD11" s="4"/>
       <c r="AE11" s="4"/>
       <c r="AF11" s="4"/>
       <c r="AG11" s="4"/>
       <c r="AH11" s="4"/>
       <c r="AI11" s="4"/>
       <c r="AJ11" s="4"/>
       <c r="AK11" s="4"/>
       <c r="AL11" s="4"/>
       <c r="AM11" s="4"/>
       <c r="AN11" s="4"/>
       <c r="AO11" s="4"/>
       <c r="AP11" s="4"/>
       <c r="AQ11" s="4"/>
       <c r="AR11" s="4"/>
       <c r="AS11" s="4"/>
       <c r="AT11" s="4"/>
     </row>
     <row r="12" spans="1:46">
       <c r="B12" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D12" s="23">
         <f>+Control!D14</f>
         <v>0.2</v>
       </c>
       <c r="E12" s="23">
         <f>+Control!E14</f>
         <v>0.5</v>
       </c>
       <c r="F12" s="23">
         <f>+Control!F14</f>
         <v>0.8</v>
       </c>
       <c r="G12" s="23">
         <f>+Control!G14</f>
         <v>1</v>
       </c>
       <c r="H12" s="23">
         <f>+Control!H14</f>
         <v>1</v>
       </c>
       <c r="I12" s="23">
         <f>+Control!I14</f>
         <v>1</v>
       </c>
@@ -24703,51 +24705,51 @@
       </c>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
       <c r="AG12" s="4"/>
       <c r="AH12" s="4"/>
       <c r="AI12" s="4"/>
       <c r="AJ12" s="4"/>
       <c r="AK12" s="4"/>
       <c r="AL12" s="4"/>
       <c r="AM12" s="4"/>
       <c r="AN12" s="4"/>
       <c r="AO12" s="4"/>
       <c r="AP12" s="4"/>
       <c r="AQ12" s="4"/>
       <c r="AR12" s="4"/>
       <c r="AS12" s="4"/>
       <c r="AT12" s="4"/>
     </row>
     <row r="13" spans="1:46" s="6" customFormat="1">
       <c r="B13" s="24" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C13" s="25"/>
       <c r="D13" s="26">
         <f>(D11*D12)</f>
         <v>44</v>
       </c>
       <c r="E13" s="26">
         <f t="shared" ref="E13:W13" si="2">(E11*E12)</f>
         <v>275</v>
       </c>
       <c r="F13" s="26">
         <f t="shared" si="2"/>
         <v>660</v>
       </c>
       <c r="G13" s="26">
         <f t="shared" si="2"/>
         <v>825</v>
       </c>
       <c r="H13" s="26">
         <f t="shared" si="2"/>
         <v>825</v>
       </c>
       <c r="I13" s="26">
         <f t="shared" si="2"/>
         <v>825</v>
@@ -24810,51 +24812,51 @@
       </c>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4"/>
       <c r="AJ13" s="4"/>
       <c r="AK13" s="4"/>
       <c r="AL13" s="4"/>
       <c r="AM13" s="4"/>
       <c r="AN13" s="4"/>
       <c r="AO13" s="4"/>
       <c r="AP13" s="4"/>
       <c r="AQ13" s="4"/>
       <c r="AR13" s="4"/>
       <c r="AS13" s="4"/>
       <c r="AT13" s="4"/>
     </row>
     <row r="14" spans="1:46">
       <c r="B14" s="27" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C14" s="28"/>
       <c r="D14" s="29">
         <f>IFERROR(D13/C13-1,0)</f>
         <v>0</v>
       </c>
       <c r="E14" s="29">
         <f t="shared" ref="E14:W14" si="3">IFERROR(E13/D13-1,0)</f>
         <v>5.25</v>
       </c>
       <c r="F14" s="29">
         <f t="shared" si="3"/>
         <v>1.4</v>
       </c>
       <c r="G14" s="29">
         <f t="shared" si="3"/>
         <v>0.25</v>
       </c>
       <c r="H14" s="29">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I14" s="29">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -24917,51 +24919,51 @@
       </c>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4"/>
       <c r="AJ14" s="4"/>
       <c r="AK14" s="4"/>
       <c r="AL14" s="4"/>
       <c r="AM14" s="4"/>
       <c r="AN14" s="4"/>
       <c r="AO14" s="4"/>
       <c r="AP14" s="4"/>
       <c r="AQ14" s="4"/>
       <c r="AR14" s="4"/>
       <c r="AS14" s="4"/>
       <c r="AT14" s="4"/>
     </row>
     <row r="15" spans="1:46">
       <c r="B15" s="30" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C15" s="31"/>
       <c r="D15" s="32">
         <f>Control!D15</f>
         <v>150</v>
       </c>
       <c r="E15" s="32">
         <f>Control!E15</f>
         <v>500</v>
       </c>
       <c r="F15" s="32">
         <f>Control!F15</f>
         <v>500</v>
       </c>
       <c r="G15" s="32">
         <f>Control!G15</f>
         <v>500</v>
       </c>
       <c r="H15" s="32">
         <f>Control!H15</f>
         <v>500</v>
       </c>
       <c r="I15" s="32">
         <f>Control!I15</f>
         <v>500</v>
@@ -25024,51 +25026,51 @@
       </c>
       <c r="Z15" s="4"/>
       <c r="AA15" s="4"/>
       <c r="AB15" s="4"/>
       <c r="AC15" s="4"/>
       <c r="AD15" s="4"/>
       <c r="AE15" s="4"/>
       <c r="AF15" s="4"/>
       <c r="AG15" s="4"/>
       <c r="AH15" s="4"/>
       <c r="AI15" s="4"/>
       <c r="AJ15" s="4"/>
       <c r="AK15" s="4"/>
       <c r="AL15" s="4"/>
       <c r="AM15" s="4"/>
       <c r="AN15" s="4"/>
       <c r="AO15" s="4"/>
       <c r="AP15" s="4"/>
       <c r="AQ15" s="4"/>
       <c r="AR15" s="4"/>
       <c r="AS15" s="4"/>
       <c r="AT15" s="4"/>
     </row>
     <row r="16" spans="1:46" s="33" customFormat="1">
       <c r="B16" s="27" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C16" s="28"/>
       <c r="D16" s="29">
         <f>IFERROR(D15/C15-1,0)</f>
         <v>0</v>
       </c>
       <c r="E16" s="29">
         <f t="shared" ref="E16:W16" si="4">IFERROR(E15/D15-1,0)</f>
         <v>2.3333333333333335</v>
       </c>
       <c r="F16" s="29">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G16" s="29">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H16" s="29">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I16" s="29">
         <f t="shared" si="4"/>
         <v>0</v>
@@ -25131,51 +25133,51 @@
       </c>
       <c r="Z16" s="4"/>
       <c r="AA16" s="4"/>
       <c r="AB16" s="4"/>
       <c r="AC16" s="4"/>
       <c r="AD16" s="4"/>
       <c r="AE16" s="4"/>
       <c r="AF16" s="4"/>
       <c r="AG16" s="4"/>
       <c r="AH16" s="4"/>
       <c r="AI16" s="4"/>
       <c r="AJ16" s="4"/>
       <c r="AK16" s="4"/>
       <c r="AL16" s="4"/>
       <c r="AM16" s="4"/>
       <c r="AN16" s="4"/>
       <c r="AO16" s="4"/>
       <c r="AP16" s="4"/>
       <c r="AQ16" s="4"/>
       <c r="AR16" s="4"/>
       <c r="AS16" s="4"/>
       <c r="AT16" s="4"/>
     </row>
     <row r="17" spans="2:46">
       <c r="B17" s="34" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C17" s="35"/>
       <c r="D17" s="36">
         <f t="shared" ref="D17:F17" si="5">D13*D15/1000</f>
         <v>6.6</v>
       </c>
       <c r="E17" s="36">
         <f t="shared" si="5"/>
         <v>137.5</v>
       </c>
       <c r="F17" s="36">
         <f t="shared" si="5"/>
         <v>330</v>
       </c>
       <c r="G17" s="36">
         <f>G13*G15/1000</f>
         <v>412.5</v>
       </c>
       <c r="H17" s="36">
         <f t="shared" ref="H17:W17" si="6">H13*H15/1000</f>
         <v>412.5</v>
       </c>
       <c r="I17" s="36">
         <f t="shared" si="6"/>
         <v>412.5</v>
@@ -25238,51 +25240,51 @@
       </c>
       <c r="Z17" s="4"/>
       <c r="AA17" s="4"/>
       <c r="AB17" s="4"/>
       <c r="AC17" s="4"/>
       <c r="AD17" s="4"/>
       <c r="AE17" s="4"/>
       <c r="AF17" s="4"/>
       <c r="AG17" s="4"/>
       <c r="AH17" s="4"/>
       <c r="AI17" s="4"/>
       <c r="AJ17" s="4"/>
       <c r="AK17" s="4"/>
       <c r="AL17" s="4"/>
       <c r="AM17" s="4"/>
       <c r="AN17" s="4"/>
       <c r="AO17" s="4"/>
       <c r="AP17" s="4"/>
       <c r="AQ17" s="4"/>
       <c r="AR17" s="4"/>
       <c r="AS17" s="4"/>
       <c r="AT17" s="4"/>
     </row>
     <row r="18" spans="2:46" s="33" customFormat="1">
       <c r="B18" s="27" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="29">
         <f>IFERROR(D17/C17-1,0)</f>
         <v>0</v>
       </c>
       <c r="E18" s="29">
         <f t="shared" ref="E18:W18" si="7">IFERROR(E17/D17-1,0)</f>
         <v>19.833333333333336</v>
       </c>
       <c r="F18" s="29">
         <f t="shared" si="7"/>
         <v>1.4</v>
       </c>
       <c r="G18" s="29">
         <f t="shared" si="7"/>
         <v>0.25</v>
       </c>
       <c r="H18" s="29">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I18" s="29">
         <f t="shared" si="7"/>
         <v>0</v>
@@ -25370,51 +25372,51 @@
       <c r="C19" s="21"/>
       <c r="Z19" s="4"/>
       <c r="AA19" s="4"/>
       <c r="AB19" s="4"/>
       <c r="AC19" s="4"/>
       <c r="AD19" s="4"/>
       <c r="AE19" s="4"/>
       <c r="AF19" s="4"/>
       <c r="AG19" s="4"/>
       <c r="AH19" s="4"/>
       <c r="AI19" s="4"/>
       <c r="AJ19" s="4"/>
       <c r="AK19" s="4"/>
       <c r="AL19" s="4"/>
       <c r="AM19" s="4"/>
       <c r="AN19" s="4"/>
       <c r="AO19" s="4"/>
       <c r="AP19" s="4"/>
       <c r="AQ19" s="4"/>
       <c r="AR19" s="4"/>
       <c r="AS19" s="4"/>
       <c r="AT19" s="4"/>
     </row>
     <row r="20" spans="2:46">
       <c r="B20" s="30" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C20" s="31"/>
       <c r="D20" s="37">
         <f>-D21*D$17</f>
         <v>-2.64</v>
       </c>
       <c r="E20" s="37">
         <f t="shared" ref="E20:W20" si="8">-E21*E$17</f>
         <v>-41.25</v>
       </c>
       <c r="F20" s="37">
         <f t="shared" si="8"/>
         <v>-66</v>
       </c>
       <c r="G20" s="37">
         <f t="shared" si="8"/>
         <v>-82.5</v>
       </c>
       <c r="H20" s="37">
         <f t="shared" si="8"/>
         <v>-82.5</v>
       </c>
       <c r="I20" s="37">
         <f t="shared" si="8"/>
         <v>-82.5</v>
@@ -25477,51 +25479,51 @@
       </c>
       <c r="Z20" s="4"/>
       <c r="AA20" s="4"/>
       <c r="AB20" s="4"/>
       <c r="AC20" s="4"/>
       <c r="AD20" s="4"/>
       <c r="AE20" s="4"/>
       <c r="AF20" s="4"/>
       <c r="AG20" s="4"/>
       <c r="AH20" s="4"/>
       <c r="AI20" s="4"/>
       <c r="AJ20" s="4"/>
       <c r="AK20" s="4"/>
       <c r="AL20" s="4"/>
       <c r="AM20" s="4"/>
       <c r="AN20" s="4"/>
       <c r="AO20" s="4"/>
       <c r="AP20" s="4"/>
       <c r="AQ20" s="4"/>
       <c r="AR20" s="4"/>
       <c r="AS20" s="4"/>
       <c r="AT20" s="4"/>
     </row>
     <row r="21" spans="2:46" s="33" customFormat="1">
       <c r="B21" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C21" s="28"/>
       <c r="D21" s="38">
         <f>Control!D20</f>
         <v>0.4</v>
       </c>
       <c r="E21" s="38">
         <f>Control!E20</f>
         <v>0.3</v>
       </c>
       <c r="F21" s="38">
         <f>Control!F20</f>
         <v>0.2</v>
       </c>
       <c r="G21" s="38">
         <f>Control!G20</f>
         <v>0.2</v>
       </c>
       <c r="H21" s="38">
         <f>Control!H20</f>
         <v>0.2</v>
       </c>
       <c r="I21" s="38">
         <f>Control!I20</f>
         <v>0.2</v>
@@ -25584,51 +25586,51 @@
       </c>
       <c r="Z21" s="4"/>
       <c r="AA21" s="4"/>
       <c r="AB21" s="4"/>
       <c r="AC21" s="4"/>
       <c r="AD21" s="4"/>
       <c r="AE21" s="4"/>
       <c r="AF21" s="4"/>
       <c r="AG21" s="4"/>
       <c r="AH21" s="4"/>
       <c r="AI21" s="4"/>
       <c r="AJ21" s="4"/>
       <c r="AK21" s="4"/>
       <c r="AL21" s="4"/>
       <c r="AM21" s="4"/>
       <c r="AN21" s="4"/>
       <c r="AO21" s="4"/>
       <c r="AP21" s="4"/>
       <c r="AQ21" s="4"/>
       <c r="AR21" s="4"/>
       <c r="AS21" s="4"/>
       <c r="AT21" s="4"/>
     </row>
     <row r="22" spans="2:46" ht="15" customHeight="1">
       <c r="B22" s="30" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C22" s="31"/>
       <c r="D22" s="37">
         <f>-D23*D$17</f>
         <v>-2.3099999999999996</v>
       </c>
       <c r="E22" s="37">
         <f t="shared" ref="E22:W22" si="9">-E23*E$17</f>
         <v>-48.125</v>
       </c>
       <c r="F22" s="37">
         <f t="shared" si="9"/>
         <v>-115.49999999999999</v>
       </c>
       <c r="G22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="H22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="I22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
@@ -25670,51 +25672,51 @@
         <v>-144.375</v>
       </c>
       <c r="S22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="T22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="U22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="V22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
       <c r="W22" s="37">
         <f t="shared" si="9"/>
         <v>-144.375</v>
       </c>
     </row>
     <row r="23" spans="2:46" s="33" customFormat="1">
       <c r="B23" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C23" s="28"/>
       <c r="D23" s="38">
         <f>Control!D21</f>
         <v>0.35</v>
       </c>
       <c r="E23" s="38">
         <f>Control!E21</f>
         <v>0.35</v>
       </c>
       <c r="F23" s="38">
         <f>Control!F21</f>
         <v>0.35</v>
       </c>
       <c r="G23" s="38">
         <f>Control!G21</f>
         <v>0.35</v>
       </c>
       <c r="H23" s="38">
         <f>Control!H21</f>
         <v>0.35</v>
       </c>
       <c r="I23" s="38">
         <f>Control!I21</f>
         <v>0.35</v>
@@ -25756,51 +25758,51 @@
         <v>0.35</v>
       </c>
       <c r="S23" s="38">
         <f>Control!S21</f>
         <v>0.35</v>
       </c>
       <c r="T23" s="38">
         <f>Control!T21</f>
         <v>0.35</v>
       </c>
       <c r="U23" s="38">
         <f>Control!U21</f>
         <v>0.35</v>
       </c>
       <c r="V23" s="38">
         <f>Control!V21</f>
         <v>0.35</v>
       </c>
       <c r="W23" s="38">
         <f>Control!W21</f>
         <v>0.35</v>
       </c>
     </row>
     <row r="24" spans="2:46" ht="15" customHeight="1">
       <c r="B24" s="30" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C24" s="31"/>
       <c r="D24" s="37">
         <f>-D25*D$17</f>
         <v>-0.66</v>
       </c>
       <c r="E24" s="37">
         <f t="shared" ref="E24:W24" si="10">-E25*E$17</f>
         <v>-13.75</v>
       </c>
       <c r="F24" s="37">
         <f t="shared" si="10"/>
         <v>-33</v>
       </c>
       <c r="G24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="H24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="I24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
@@ -25842,51 +25844,51 @@
         <v>-41.25</v>
       </c>
       <c r="S24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="T24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="U24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="V24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
       <c r="W24" s="37">
         <f t="shared" si="10"/>
         <v>-41.25</v>
       </c>
     </row>
     <row r="25" spans="2:46" s="33" customFormat="1">
       <c r="B25" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C25" s="28"/>
       <c r="D25" s="38">
         <f>Control!D22</f>
         <v>0.1</v>
       </c>
       <c r="E25" s="38">
         <f>Control!E22</f>
         <v>0.1</v>
       </c>
       <c r="F25" s="38">
         <f>Control!F22</f>
         <v>0.1</v>
       </c>
       <c r="G25" s="38">
         <f>Control!G22</f>
         <v>0.1</v>
       </c>
       <c r="H25" s="38">
         <f>Control!H22</f>
         <v>0.1</v>
       </c>
       <c r="I25" s="38">
         <f>Control!I22</f>
         <v>0.1</v>
@@ -25928,51 +25930,51 @@
         <v>0.1</v>
       </c>
       <c r="S25" s="38">
         <f>Control!S22</f>
         <v>0.1</v>
       </c>
       <c r="T25" s="38">
         <f>Control!T22</f>
         <v>0.1</v>
       </c>
       <c r="U25" s="38">
         <f>Control!U22</f>
         <v>0.1</v>
       </c>
       <c r="V25" s="38">
         <f>Control!V22</f>
         <v>0.1</v>
       </c>
       <c r="W25" s="38">
         <f>Control!W22</f>
         <v>0.1</v>
       </c>
     </row>
     <row r="26" spans="2:46" ht="15" customHeight="1">
       <c r="B26" s="30" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="44">
         <f>-Control!$D$24/1000</f>
         <v>-1</v>
       </c>
       <c r="E26" s="44">
         <f>+D26*(1+Control!E23)</f>
         <v>-1.1000000000000001</v>
       </c>
       <c r="F26" s="44">
         <f>+E26*(1+Control!F23)</f>
         <v>-1.2100000000000002</v>
       </c>
       <c r="G26" s="44">
         <f>+F26*(1+Control!G23)</f>
         <v>-1.3310000000000004</v>
       </c>
       <c r="H26" s="44">
         <f>+G26*(1+Control!H23)</f>
         <v>-1.4641000000000006</v>
       </c>
       <c r="I26" s="44">
         <f>+H26*(1+Control!I23)</f>
         <v>-1.6105100000000008</v>
@@ -26014,51 +26016,51 @@
         <v>-3.7974983358324148</v>
       </c>
       <c r="S26" s="44">
         <f>+R26*(1+Control!S23)</f>
         <v>-4.1772481694156562</v>
       </c>
       <c r="T26" s="44">
         <f>+S26*(1+Control!T23)</f>
         <v>-4.594972986357222</v>
       </c>
       <c r="U26" s="44">
         <f>+T26*(1+Control!U23)</f>
         <v>-5.0544702849929442</v>
       </c>
       <c r="V26" s="44">
         <f>+U26*(1+Control!V23)</f>
         <v>-5.5599173134922388</v>
       </c>
       <c r="W26" s="44">
         <f>+V26*(1+Control!W23)</f>
         <v>-6.1159090448414632</v>
       </c>
     </row>
     <row r="27" spans="2:46" ht="15" customHeight="1">
       <c r="B27" s="34" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C27" s="35"/>
       <c r="D27" s="36">
         <f t="shared" ref="D27:F27" si="11">SUM(D24,D22,D20,D26)</f>
         <v>-6.6099999999999994</v>
       </c>
       <c r="E27" s="36">
         <f t="shared" si="11"/>
         <v>-104.22499999999999</v>
       </c>
       <c r="F27" s="36">
         <f t="shared" si="11"/>
         <v>-215.71</v>
       </c>
       <c r="G27" s="36">
         <f>SUM(G24,G22,G20,G26)</f>
         <v>-269.45600000000002</v>
       </c>
       <c r="H27" s="36">
         <f t="shared" ref="H27:W27" si="12">SUM(H24,H22,H20,H26)</f>
         <v>-269.58909999999997</v>
       </c>
       <c r="I27" s="36">
         <f t="shared" si="12"/>
         <v>-269.73550999999998</v>
@@ -26100,51 +26102,51 @@
         <v>-271.92249833583242</v>
       </c>
       <c r="S27" s="36">
         <f t="shared" si="12"/>
         <v>-272.30224816941563</v>
       </c>
       <c r="T27" s="36">
         <f t="shared" si="12"/>
         <v>-272.71997298635722</v>
       </c>
       <c r="U27" s="36">
         <f t="shared" si="12"/>
         <v>-273.17947028499293</v>
       </c>
       <c r="V27" s="36">
         <f t="shared" si="12"/>
         <v>-273.68491731349224</v>
       </c>
       <c r="W27" s="36">
         <f t="shared" si="12"/>
         <v>-274.24090904484149</v>
       </c>
     </row>
     <row r="28" spans="2:46" s="33" customFormat="1">
       <c r="B28" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C28" s="28"/>
       <c r="D28" s="39">
         <f t="shared" ref="D28:W28" si="13">-IFERROR(D27/D$17,0)</f>
         <v>1.0015151515151515</v>
       </c>
       <c r="E28" s="39">
         <f t="shared" si="13"/>
         <v>0.75800000000000001</v>
       </c>
       <c r="F28" s="39">
         <f t="shared" si="13"/>
         <v>0.65366666666666673</v>
       </c>
       <c r="G28" s="39">
         <f t="shared" si="13"/>
         <v>0.65322666666666673</v>
       </c>
       <c r="H28" s="39">
         <f t="shared" si="13"/>
         <v>0.65354933333333332</v>
       </c>
       <c r="I28" s="39">
         <f t="shared" si="13"/>
         <v>0.65390426666666657</v>
@@ -26210,51 +26212,51 @@
       <c r="B29" s="40"/>
       <c r="C29" s="41"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>
       <c r="G29" s="42"/>
       <c r="H29" s="42"/>
       <c r="I29" s="42"/>
       <c r="J29" s="42"/>
       <c r="K29" s="42"/>
       <c r="L29" s="42"/>
       <c r="M29" s="42"/>
       <c r="N29" s="42"/>
       <c r="O29" s="42"/>
       <c r="P29" s="42"/>
       <c r="Q29" s="42"/>
       <c r="R29" s="42"/>
       <c r="S29" s="42"/>
       <c r="T29" s="42"/>
       <c r="U29" s="42"/>
       <c r="V29" s="42"/>
       <c r="W29" s="42"/>
     </row>
     <row r="30" spans="2:46" ht="15" customHeight="1">
       <c r="B30" s="30" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C30" s="31"/>
       <c r="D30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!G61</f>
         <v>0</v>
       </c>
       <c r="E30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!H61</f>
         <v>0</v>
       </c>
       <c r="F30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!I61</f>
         <v>0</v>
       </c>
       <c r="G30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!J61</f>
         <v>0</v>
       </c>
       <c r="H30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!K61</f>
         <v>-0.8666666666666667</v>
       </c>
       <c r="I30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!L61</f>
         <v>-0.8666666666666667</v>
@@ -26296,51 +26298,51 @@
         <v>-0.8666666666666667</v>
       </c>
       <c r="S30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!V61</f>
         <v>-0.8666666666666667</v>
       </c>
       <c r="T30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!W61</f>
         <v>-0.8666666666666667</v>
       </c>
       <c r="U30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!X61</f>
         <v>-0.8666666666666667</v>
       </c>
       <c r="V30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!Y61</f>
         <v>-0.8666666666666667</v>
       </c>
       <c r="W30" s="43">
         <f>-'CapEx &amp; Depr Schedule'!Z61</f>
         <v>-0.8666666666666667</v>
       </c>
     </row>
     <row r="31" spans="2:46" ht="15" customHeight="1">
       <c r="B31" s="30" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C31" s="31"/>
       <c r="D31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!G85</f>
         <v>0</v>
       </c>
       <c r="E31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!H85</f>
         <v>0</v>
       </c>
       <c r="F31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!I85</f>
         <v>-1.0833333333333333</v>
       </c>
       <c r="G31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!J85</f>
         <v>-2.1666666666666665</v>
       </c>
       <c r="H31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!K85</f>
         <v>-3.25</v>
       </c>
       <c r="I31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!L85</f>
         <v>-4.333333333333333</v>
@@ -26382,51 +26384,51 @@
         <v>-4.333333333333333</v>
       </c>
       <c r="S31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!V85</f>
         <v>-4.333333333333333</v>
       </c>
       <c r="T31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!W85</f>
         <v>-4.333333333333333</v>
       </c>
       <c r="U31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!X85</f>
         <v>-3.25</v>
       </c>
       <c r="V31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Y85</f>
         <v>-2.1666666666666665</v>
       </c>
       <c r="W31" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Z85</f>
         <v>-1.0833333333333333</v>
       </c>
     </row>
     <row r="32" spans="2:46" ht="15" customHeight="1">
       <c r="B32" s="30" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C32" s="31"/>
       <c r="D32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!G109</f>
         <v>-0.65</v>
       </c>
       <c r="E32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!H109</f>
         <v>-0.65</v>
       </c>
       <c r="F32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!I109</f>
         <v>-0.65</v>
       </c>
       <c r="G32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!J109</f>
         <v>-0.65</v>
       </c>
       <c r="H32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!K109</f>
         <v>-0.65</v>
       </c>
       <c r="I32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!L109</f>
         <v>0</v>
@@ -26468,51 +26470,51 @@
         <v>0</v>
       </c>
       <c r="S32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!V109</f>
         <v>0</v>
       </c>
       <c r="T32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!W109</f>
         <v>0</v>
       </c>
       <c r="U32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!X109</f>
         <v>0</v>
       </c>
       <c r="V32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Y109</f>
         <v>0</v>
       </c>
       <c r="W32" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Z109</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:23" ht="15" customHeight="1">
       <c r="B33" s="30" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C33" s="31"/>
       <c r="D33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!G133</f>
         <v>0</v>
       </c>
       <c r="E33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!H133</f>
         <v>0</v>
       </c>
       <c r="F33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!I133</f>
         <v>0</v>
       </c>
       <c r="G33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!J133</f>
         <v>0</v>
       </c>
       <c r="H33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!K133</f>
         <v>0</v>
       </c>
       <c r="I33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!L133</f>
         <v>0</v>
@@ -26554,51 +26556,51 @@
         <v>-0.32500000000000001</v>
       </c>
       <c r="S33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!V133</f>
         <v>-0.32500000000000001</v>
       </c>
       <c r="T33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!W133</f>
         <v>-0.32500000000000001</v>
       </c>
       <c r="U33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!X133</f>
         <v>-0.32500000000000001</v>
       </c>
       <c r="V33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Y133</f>
         <v>-0.32500000000000001</v>
       </c>
       <c r="W33" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Z133</f>
         <v>-0.32500000000000001</v>
       </c>
     </row>
     <row r="34" spans="2:23" ht="15" customHeight="1">
       <c r="B34" s="30" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C34" s="31"/>
       <c r="D34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!G157</f>
         <v>0</v>
       </c>
       <c r="E34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!H157</f>
         <v>0</v>
       </c>
       <c r="F34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!I157</f>
         <v>0</v>
       </c>
       <c r="G34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!J157</f>
         <v>0</v>
       </c>
       <c r="H34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!K157</f>
         <v>0</v>
       </c>
       <c r="I34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!L157</f>
         <v>0</v>
@@ -26640,51 +26642,51 @@
         <v>-3.25</v>
       </c>
       <c r="S34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!V157</f>
         <v>-3.25</v>
       </c>
       <c r="T34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!W157</f>
         <v>-3.25</v>
       </c>
       <c r="U34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!X157</f>
         <v>-3.25</v>
       </c>
       <c r="V34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Y157</f>
         <v>-3.25</v>
       </c>
       <c r="W34" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Z157</f>
         <v>-3.25</v>
       </c>
     </row>
     <row r="35" spans="2:23" ht="15" customHeight="1">
       <c r="B35" s="34" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C35" s="35"/>
       <c r="D35" s="36">
         <f t="shared" ref="D35:W35" si="14">SUM(D30:D34)</f>
         <v>-0.65</v>
       </c>
       <c r="E35" s="36">
         <f t="shared" ref="E35:F35" si="15">SUM(E30:E34)</f>
         <v>-0.65</v>
       </c>
       <c r="F35" s="36">
         <f t="shared" si="15"/>
         <v>-1.7333333333333334</v>
       </c>
       <c r="G35" s="36">
         <f t="shared" si="14"/>
         <v>-2.8166666666666664</v>
       </c>
       <c r="H35" s="36">
         <f t="shared" si="14"/>
         <v>-4.7666666666666675</v>
       </c>
       <c r="I35" s="36">
         <f t="shared" si="14"/>
         <v>-5.1999999999999993</v>
@@ -26726,51 +26728,51 @@
         <v>-8.7749999999999986</v>
       </c>
       <c r="S35" s="36">
         <f t="shared" si="14"/>
         <v>-8.7749999999999986</v>
       </c>
       <c r="T35" s="36">
         <f t="shared" si="14"/>
         <v>-8.7749999999999986</v>
       </c>
       <c r="U35" s="36">
         <f t="shared" si="14"/>
         <v>-7.6916666666666673</v>
       </c>
       <c r="V35" s="36">
         <f t="shared" si="14"/>
         <v>-6.6083333333333334</v>
       </c>
       <c r="W35" s="36">
         <f t="shared" si="14"/>
         <v>-5.5250000000000004</v>
       </c>
     </row>
     <row r="36" spans="2:23" s="33" customFormat="1">
       <c r="B36" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C36" s="28"/>
       <c r="D36" s="39">
         <f t="shared" ref="D36:W36" si="16">-IFERROR(D35/D$17,0)</f>
         <v>9.8484848484848495E-2</v>
       </c>
       <c r="E36" s="39">
         <f t="shared" si="16"/>
         <v>4.7272727272727275E-3</v>
       </c>
       <c r="F36" s="39">
         <f t="shared" si="16"/>
         <v>5.2525252525252525E-3</v>
       </c>
       <c r="G36" s="39">
         <f t="shared" si="16"/>
         <v>6.8282828282828275E-3</v>
       </c>
       <c r="H36" s="39">
         <f t="shared" si="16"/>
         <v>1.1555555555555557E-2</v>
       </c>
       <c r="I36" s="39">
         <f t="shared" si="16"/>
         <v>1.2606060606060605E-2</v>
@@ -26813,51 +26815,51 @@
       </c>
       <c r="S36" s="39">
         <f t="shared" si="16"/>
         <v>2.127272727272727E-2</v>
       </c>
       <c r="T36" s="39">
         <f t="shared" si="16"/>
         <v>2.127272727272727E-2</v>
       </c>
       <c r="U36" s="39">
         <f t="shared" si="16"/>
         <v>1.8646464646464647E-2</v>
       </c>
       <c r="V36" s="39">
         <f t="shared" si="16"/>
         <v>1.6020202020202021E-2</v>
       </c>
       <c r="W36" s="39">
         <f t="shared" si="16"/>
         <v>1.3393939393939396E-2</v>
       </c>
     </row>
     <row r="37" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="38" spans="2:23">
       <c r="B38" s="45" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C38" s="45"/>
       <c r="D38" s="46">
         <f>+D27+D35</f>
         <v>-7.26</v>
       </c>
       <c r="E38" s="46">
         <f t="shared" ref="E38:W38" si="17">+E27+E35</f>
         <v>-104.875</v>
       </c>
       <c r="F38" s="46">
         <f t="shared" si="17"/>
         <v>-217.44333333333333</v>
       </c>
       <c r="G38" s="46">
         <f t="shared" si="17"/>
         <v>-272.27266666666668</v>
       </c>
       <c r="H38" s="46">
         <f t="shared" si="17"/>
         <v>-274.35576666666663</v>
       </c>
       <c r="I38" s="46">
         <f t="shared" si="17"/>
         <v>-274.93550999999997</v>
@@ -26900,51 +26902,51 @@
       </c>
       <c r="S38" s="46">
         <f t="shared" si="17"/>
         <v>-281.07724816941561</v>
       </c>
       <c r="T38" s="46">
         <f t="shared" si="17"/>
         <v>-281.4949729863572</v>
       </c>
       <c r="U38" s="46">
         <f t="shared" si="17"/>
         <v>-280.87113695165959</v>
       </c>
       <c r="V38" s="46">
         <f t="shared" si="17"/>
         <v>-280.29325064682558</v>
       </c>
       <c r="W38" s="46">
         <f t="shared" si="17"/>
         <v>-279.76590904484146</v>
       </c>
     </row>
     <row r="39" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="40" spans="2:23">
       <c r="B40" s="47" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C40" s="47"/>
       <c r="D40" s="36">
         <f t="shared" ref="D40:W40" si="18">D17+D27+D35</f>
         <v>-0.65999999999999981</v>
       </c>
       <c r="E40" s="36">
         <f t="shared" si="18"/>
         <v>32.625000000000007</v>
       </c>
       <c r="F40" s="36">
         <f t="shared" si="18"/>
         <v>112.55666666666666</v>
       </c>
       <c r="G40" s="36">
         <f t="shared" si="18"/>
         <v>140.22733333333332</v>
       </c>
       <c r="H40" s="36">
         <f t="shared" si="18"/>
         <v>138.14423333333335</v>
       </c>
       <c r="I40" s="36">
         <f t="shared" si="18"/>
         <v>137.56449000000003</v>
@@ -26986,51 +26988,51 @@
         <v>131.80250166416758</v>
       </c>
       <c r="S40" s="36">
         <f t="shared" si="18"/>
         <v>131.42275183058436</v>
       </c>
       <c r="T40" s="36">
         <f t="shared" si="18"/>
         <v>131.00502701364277</v>
       </c>
       <c r="U40" s="36">
         <f t="shared" si="18"/>
         <v>131.62886304834041</v>
       </c>
       <c r="V40" s="36">
         <f t="shared" si="18"/>
         <v>132.20674935317444</v>
       </c>
       <c r="W40" s="36">
         <f t="shared" si="18"/>
         <v>132.73409095515851</v>
       </c>
     </row>
     <row r="41" spans="2:23" s="49" customFormat="1">
       <c r="B41" s="48" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D41" s="50">
         <f t="shared" ref="D41:W41" si="19">IF(ISERROR(D40/D$17),0, D40/D$17)</f>
         <v>-9.9999999999999978E-2</v>
       </c>
       <c r="E41" s="50">
         <f t="shared" si="19"/>
         <v>0.23727272727272733</v>
       </c>
       <c r="F41" s="50">
         <f t="shared" si="19"/>
         <v>0.34108080808080804</v>
       </c>
       <c r="G41" s="50">
         <f t="shared" si="19"/>
         <v>0.33994505050505047</v>
       </c>
       <c r="H41" s="50">
         <f t="shared" si="19"/>
         <v>0.33489511111111114</v>
       </c>
       <c r="I41" s="50">
         <f t="shared" si="19"/>
         <v>0.33348967272727281</v>
       </c>
@@ -27072,51 +27074,51 @@
       </c>
       <c r="S41" s="50">
         <f t="shared" si="19"/>
         <v>0.31860061049838634</v>
       </c>
       <c r="T41" s="50">
         <f t="shared" si="19"/>
         <v>0.31758794427549764</v>
       </c>
       <c r="U41" s="50">
         <f t="shared" si="19"/>
         <v>0.31910027405658281</v>
       </c>
       <c r="V41" s="50">
         <f t="shared" si="19"/>
         <v>0.32050121055315017</v>
       </c>
       <c r="W41" s="50">
         <f t="shared" si="19"/>
         <v>0.32177961443674791</v>
       </c>
     </row>
     <row r="42" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="43" spans="2:23" ht="15" customHeight="1">
       <c r="B43" s="30" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C43" s="31"/>
       <c r="D43" s="37">
         <f t="shared" ref="D43:W45" si="20">-D44*D$17</f>
         <v>-0.33</v>
       </c>
       <c r="E43" s="37">
         <f t="shared" si="20"/>
         <v>-6.875</v>
       </c>
       <c r="F43" s="37">
         <f t="shared" si="20"/>
         <v>-16.5</v>
       </c>
       <c r="G43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="H43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="I43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
@@ -27158,51 +27160,51 @@
         <v>-20.625</v>
       </c>
       <c r="S43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="T43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="U43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="V43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
       <c r="W43" s="37">
         <f t="shared" si="20"/>
         <v>-20.625</v>
       </c>
     </row>
     <row r="44" spans="2:23" s="33" customFormat="1">
       <c r="B44" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C44" s="28"/>
       <c r="D44" s="38">
         <f>Control!D29</f>
         <v>0.05</v>
       </c>
       <c r="E44" s="38">
         <f>Control!E29</f>
         <v>0.05</v>
       </c>
       <c r="F44" s="38">
         <f>Control!F29</f>
         <v>0.05</v>
       </c>
       <c r="G44" s="38">
         <f>Control!G29</f>
         <v>0.05</v>
       </c>
       <c r="H44" s="38">
         <f>Control!H29</f>
         <v>0.05</v>
       </c>
       <c r="I44" s="38">
         <f>Control!I29</f>
         <v>0.05</v>
@@ -27244,51 +27246,51 @@
         <v>0.05</v>
       </c>
       <c r="S44" s="38">
         <f>Control!S29</f>
         <v>0.05</v>
       </c>
       <c r="T44" s="38">
         <f>Control!T29</f>
         <v>0.05</v>
       </c>
       <c r="U44" s="38">
         <f>Control!U29</f>
         <v>0.05</v>
       </c>
       <c r="V44" s="38">
         <f>Control!V29</f>
         <v>0.05</v>
       </c>
       <c r="W44" s="38">
         <f>Control!W29</f>
         <v>0.05</v>
       </c>
     </row>
     <row r="45" spans="2:23">
       <c r="B45" s="30" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C45" s="31"/>
       <c r="D45" s="51">
         <f>-D46*D$17</f>
         <v>-6.6000000000000003E-2</v>
       </c>
       <c r="E45" s="51">
         <f t="shared" si="20"/>
         <v>-1.375</v>
       </c>
       <c r="F45" s="51">
         <f t="shared" si="20"/>
         <v>-3.3000000000000003</v>
       </c>
       <c r="G45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="H45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="I45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
@@ -27330,51 +27332,51 @@
         <v>-4.125</v>
       </c>
       <c r="S45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="T45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="U45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="V45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
       <c r="W45" s="51">
         <f t="shared" si="20"/>
         <v>-4.125</v>
       </c>
     </row>
     <row r="46" spans="2:23" s="33" customFormat="1">
       <c r="B46" s="27" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C46" s="28"/>
       <c r="D46" s="38">
         <f>Control!D30</f>
         <v>0.01</v>
       </c>
       <c r="E46" s="38">
         <f>Control!E30</f>
         <v>0.01</v>
       </c>
       <c r="F46" s="38">
         <f>Control!F30</f>
         <v>0.01</v>
       </c>
       <c r="G46" s="38">
         <f>Control!G30</f>
         <v>0.01</v>
       </c>
       <c r="H46" s="38">
         <f>Control!H30</f>
         <v>0.01</v>
       </c>
       <c r="I46" s="38">
         <f>Control!I30</f>
         <v>0.01</v>
@@ -27416,51 +27418,51 @@
         <v>0.01</v>
       </c>
       <c r="S46" s="38">
         <f>Control!S30</f>
         <v>0.01</v>
       </c>
       <c r="T46" s="38">
         <f>Control!T30</f>
         <v>0.01</v>
       </c>
       <c r="U46" s="38">
         <f>Control!U30</f>
         <v>0.01</v>
       </c>
       <c r="V46" s="38">
         <f>Control!V30</f>
         <v>0.01</v>
       </c>
       <c r="W46" s="38">
         <f>Control!W30</f>
         <v>0.01</v>
       </c>
     </row>
     <row r="47" spans="2:23">
       <c r="B47" s="34" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C47" s="35"/>
       <c r="D47" s="52">
         <f t="shared" ref="D47:W47" si="21">SUM(D45,D43)</f>
         <v>-0.39600000000000002</v>
       </c>
       <c r="E47" s="52">
         <f t="shared" si="21"/>
         <v>-8.25</v>
       </c>
       <c r="F47" s="52">
         <f t="shared" si="21"/>
         <v>-19.8</v>
       </c>
       <c r="G47" s="52">
         <f t="shared" si="21"/>
         <v>-24.75</v>
       </c>
       <c r="H47" s="52">
         <f t="shared" si="21"/>
         <v>-24.75</v>
       </c>
       <c r="I47" s="52">
         <f t="shared" si="21"/>
         <v>-24.75</v>
@@ -27526,51 +27528,51 @@
       <c r="B48" s="21"/>
       <c r="C48" s="21"/>
       <c r="D48" s="53"/>
       <c r="E48" s="53"/>
       <c r="F48" s="53"/>
       <c r="G48" s="53"/>
       <c r="H48" s="53"/>
       <c r="I48" s="53"/>
       <c r="J48" s="53"/>
       <c r="K48" s="53"/>
       <c r="L48" s="53"/>
       <c r="M48" s="53"/>
       <c r="N48" s="53"/>
       <c r="O48" s="53"/>
       <c r="P48" s="53"/>
       <c r="Q48" s="53"/>
       <c r="R48" s="53"/>
       <c r="S48" s="53"/>
       <c r="T48" s="53"/>
       <c r="U48" s="53"/>
       <c r="V48" s="53"/>
       <c r="W48" s="53"/>
     </row>
     <row r="49" spans="2:23">
       <c r="B49" s="47" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C49" s="47"/>
       <c r="D49" s="36">
         <f t="shared" ref="D49:W49" si="22">D40+D47</f>
         <v>-1.0559999999999998</v>
       </c>
       <c r="E49" s="36">
         <f t="shared" si="22"/>
         <v>24.375000000000007</v>
       </c>
       <c r="F49" s="36">
         <f t="shared" si="22"/>
         <v>92.756666666666661</v>
       </c>
       <c r="G49" s="36">
         <f t="shared" si="22"/>
         <v>115.47733333333332</v>
       </c>
       <c r="H49" s="36">
         <f t="shared" si="22"/>
         <v>113.39423333333335</v>
       </c>
       <c r="I49" s="36">
         <f t="shared" si="22"/>
         <v>112.81449000000003</v>
@@ -27612,51 +27614,51 @@
         <v>107.05250166416758</v>
       </c>
       <c r="S49" s="36">
         <f t="shared" si="22"/>
         <v>106.67275183058436</v>
       </c>
       <c r="T49" s="36">
         <f t="shared" si="22"/>
         <v>106.25502701364277</v>
       </c>
       <c r="U49" s="36">
         <f t="shared" si="22"/>
         <v>106.87886304834041</v>
       </c>
       <c r="V49" s="36">
         <f t="shared" si="22"/>
         <v>107.45674935317444</v>
       </c>
       <c r="W49" s="36">
         <f t="shared" si="22"/>
         <v>107.98409095515851</v>
       </c>
     </row>
     <row r="50" spans="2:23" s="54" customFormat="1">
       <c r="B50" s="48" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D50" s="50">
         <f t="shared" ref="D50:W50" si="23">IF(ISERROR(D49/D$17),0, D49/D$17)</f>
         <v>-0.15999999999999998</v>
       </c>
       <c r="E50" s="50">
         <f t="shared" si="23"/>
         <v>0.17727272727272733</v>
       </c>
       <c r="F50" s="50">
         <f t="shared" si="23"/>
         <v>0.28108080808080804</v>
       </c>
       <c r="G50" s="50">
         <f t="shared" si="23"/>
         <v>0.27994505050505047</v>
       </c>
       <c r="H50" s="50">
         <f t="shared" si="23"/>
         <v>0.27489511111111115</v>
       </c>
       <c r="I50" s="50">
         <f t="shared" si="23"/>
         <v>0.27348967272727281</v>
       </c>
@@ -27720,51 +27722,51 @@
     <row r="51" spans="2:23" s="54" customFormat="1">
       <c r="B51" s="48"/>
       <c r="D51" s="50"/>
       <c r="E51" s="50"/>
       <c r="F51" s="50"/>
       <c r="G51" s="50"/>
       <c r="H51" s="50"/>
       <c r="I51" s="50"/>
       <c r="J51" s="50"/>
       <c r="K51" s="50"/>
       <c r="L51" s="50"/>
       <c r="M51" s="50"/>
       <c r="N51" s="50"/>
       <c r="O51" s="50"/>
       <c r="P51" s="50"/>
       <c r="Q51" s="50"/>
       <c r="R51" s="50"/>
       <c r="S51" s="50"/>
       <c r="T51" s="50"/>
       <c r="U51" s="50"/>
       <c r="V51" s="50"/>
       <c r="W51" s="50"/>
     </row>
     <row r="52" spans="2:23" s="54" customFormat="1">
       <c r="B52" s="55" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C52" s="47"/>
       <c r="D52" s="36">
         <f t="shared" ref="D52:W52" si="24">D49-D35</f>
         <v>-0.40599999999999981</v>
       </c>
       <c r="E52" s="36">
         <f t="shared" si="24"/>
         <v>25.025000000000006</v>
       </c>
       <c r="F52" s="36">
         <f t="shared" si="24"/>
         <v>94.49</v>
       </c>
       <c r="G52" s="36">
         <f t="shared" si="24"/>
         <v>118.29399999999998</v>
       </c>
       <c r="H52" s="36">
         <f t="shared" si="24"/>
         <v>118.16090000000001</v>
       </c>
       <c r="I52" s="36">
         <f t="shared" si="24"/>
         <v>118.01449000000004</v>
@@ -27806,51 +27808,51 @@
         <v>115.82750166416758</v>
       </c>
       <c r="S52" s="36">
         <f t="shared" si="24"/>
         <v>115.44775183058437</v>
       </c>
       <c r="T52" s="36">
         <f t="shared" si="24"/>
         <v>115.03002701364278</v>
       </c>
       <c r="U52" s="36">
         <f t="shared" si="24"/>
         <v>114.57052971500707</v>
       </c>
       <c r="V52" s="36">
         <f t="shared" si="24"/>
         <v>114.06508268650778</v>
       </c>
       <c r="W52" s="36">
         <f t="shared" si="24"/>
         <v>113.50909095515851</v>
       </c>
     </row>
     <row r="53" spans="2:23" s="54" customFormat="1">
       <c r="B53" s="56" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C53" s="57"/>
       <c r="D53" s="58">
         <f t="shared" ref="D53:W53" si="25">IF(ISERROR(D52/D$17),0, D52/D$17)</f>
         <v>-6.1515151515151488E-2</v>
       </c>
       <c r="E53" s="58">
         <f t="shared" si="25"/>
         <v>0.18200000000000005</v>
       </c>
       <c r="F53" s="58">
         <f t="shared" si="25"/>
         <v>0.28633333333333333</v>
       </c>
       <c r="G53" s="58">
         <f t="shared" si="25"/>
         <v>0.28677333333333327</v>
       </c>
       <c r="H53" s="58">
         <f t="shared" si="25"/>
         <v>0.28645066666666669</v>
       </c>
       <c r="I53" s="58">
         <f t="shared" si="25"/>
         <v>0.28609573333333344</v>
@@ -27893,309 +27895,309 @@
       </c>
       <c r="S53" s="58">
         <f t="shared" si="25"/>
         <v>0.27987333777111362</v>
       </c>
       <c r="T53" s="58">
         <f t="shared" si="25"/>
         <v>0.27886067154822491</v>
       </c>
       <c r="U53" s="58">
         <f t="shared" si="25"/>
         <v>0.27774673870304745</v>
       </c>
       <c r="V53" s="58">
         <f t="shared" si="25"/>
         <v>0.27652141257335217</v>
       </c>
       <c r="W53" s="58">
         <f t="shared" si="25"/>
         <v>0.27517355383068731</v>
       </c>
     </row>
     <row r="54" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="55" spans="2:23" ht="15" customHeight="1">
       <c r="B55" s="30" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C55" s="31"/>
-      <c r="D55" s="231">
-        <f t="shared" ref="D55:W55" si="26">-D160</f>
+      <c r="D55" s="227">
+        <f t="shared" ref="D55:W55" si="26">-D159</f>
         <v>-0.5625</v>
       </c>
-      <c r="E55" s="231">
+      <c r="E55" s="227">
         <f t="shared" si="26"/>
         <v>-1.125</v>
       </c>
-      <c r="F55" s="231">
+      <c r="F55" s="227">
         <f t="shared" si="26"/>
         <v>-1.125</v>
       </c>
-      <c r="G55" s="231">
+      <c r="G55" s="227">
         <f t="shared" si="26"/>
         <v>-1.125</v>
       </c>
-      <c r="H55" s="231">
+      <c r="H55" s="227">
         <f t="shared" si="26"/>
         <v>-1.125</v>
       </c>
-      <c r="I55" s="231">
+      <c r="I55" s="227">
         <f t="shared" si="26"/>
         <v>-1.125</v>
       </c>
-      <c r="J55" s="231">
+      <c r="J55" s="227">
         <f t="shared" si="26"/>
         <v>-0.984375</v>
       </c>
-      <c r="K55" s="231">
+      <c r="K55" s="227">
         <f t="shared" si="26"/>
         <v>-0.703125</v>
       </c>
-      <c r="L55" s="231">
+      <c r="L55" s="227">
         <f t="shared" si="26"/>
         <v>-0.421875</v>
       </c>
-      <c r="M55" s="231">
+      <c r="M55" s="227">
         <f t="shared" si="26"/>
         <v>-0.140625</v>
       </c>
-      <c r="N55" s="231">
+      <c r="N55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="O55" s="231">
+      <c r="O55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="P55" s="231">
+      <c r="P55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Q55" s="231">
+      <c r="Q55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="R55" s="231">
+      <c r="R55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="S55" s="231">
+      <c r="S55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="T55" s="231">
+      <c r="T55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="U55" s="231">
+      <c r="U55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="V55" s="231">
+      <c r="V55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="W55" s="231">
+      <c r="W55" s="227">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:23" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-      <c r="E56" s="292">
+        <v>136</v>
+      </c>
+      <c r="D56" s="289">
+        <f t="shared" ref="D56:W56" si="27">-D162</f>
+        <v>0</v>
+      </c>
+      <c r="E56" s="289">
         <f t="shared" si="27"/>
         <v>-2.325E-2</v>
       </c>
-      <c r="F56" s="292">
+      <c r="F56" s="289">
         <f t="shared" si="27"/>
         <v>-0.13950000000000001</v>
       </c>
-      <c r="G56" s="292">
+      <c r="G56" s="289">
         <f t="shared" si="27"/>
         <v>-0.32549999999999996</v>
       </c>
-      <c r="H56" s="292">
+      <c r="H56" s="289">
         <f t="shared" si="27"/>
         <v>-0.51149999999999984</v>
       </c>
-      <c r="I56" s="292">
+      <c r="I56" s="289">
         <f t="shared" si="27"/>
         <v>-0.76724999999999999</v>
       </c>
-      <c r="J56" s="292">
+      <c r="J56" s="289">
         <f t="shared" si="27"/>
         <v>-0.81374999999999997</v>
       </c>
-      <c r="K56" s="292">
+      <c r="K56" s="289">
         <f t="shared" si="27"/>
         <v>-0.58124999999999993</v>
       </c>
-      <c r="L56" s="292">
+      <c r="L56" s="289">
         <f t="shared" si="27"/>
         <v>-0.34875</v>
       </c>
-      <c r="M56" s="292">
+      <c r="M56" s="289">
         <f t="shared" si="27"/>
         <v>-0.11624999999999999</v>
       </c>
-      <c r="N56" s="292">
+      <c r="N56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="O56" s="292">
+      <c r="O56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="P56" s="292">
+      <c r="P56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="Q56" s="292">
+      <c r="Q56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="R56" s="292">
+      <c r="R56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="S56" s="292">
+      <c r="S56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="T56" s="292">
+      <c r="T56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="U56" s="292">
+      <c r="U56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="V56" s="292">
+      <c r="V56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="W56" s="292">
+      <c r="W56" s="289">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="2:23">
       <c r="B57" s="34" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C57" s="35"/>
-      <c r="D57" s="221">
+      <c r="D57" s="217">
         <f t="shared" ref="D57:W57" si="28">SUM(D56:D56)</f>
         <v>0</v>
       </c>
-      <c r="E57" s="221">
+      <c r="E57" s="217">
         <f t="shared" si="28"/>
         <v>-2.325E-2</v>
       </c>
-      <c r="F57" s="221">
+      <c r="F57" s="217">
         <f t="shared" si="28"/>
         <v>-0.13950000000000001</v>
       </c>
-      <c r="G57" s="221">
+      <c r="G57" s="217">
         <f t="shared" si="28"/>
         <v>-0.32549999999999996</v>
       </c>
-      <c r="H57" s="221">
+      <c r="H57" s="217">
         <f t="shared" si="28"/>
         <v>-0.51149999999999984</v>
       </c>
-      <c r="I57" s="221">
+      <c r="I57" s="217">
         <f t="shared" si="28"/>
         <v>-0.76724999999999999</v>
       </c>
-      <c r="J57" s="221">
+      <c r="J57" s="217">
         <f t="shared" si="28"/>
         <v>-0.81374999999999997</v>
       </c>
-      <c r="K57" s="221">
+      <c r="K57" s="217">
         <f t="shared" si="28"/>
         <v>-0.58124999999999993</v>
       </c>
-      <c r="L57" s="221">
+      <c r="L57" s="217">
         <f t="shared" si="28"/>
         <v>-0.34875</v>
       </c>
-      <c r="M57" s="221">
+      <c r="M57" s="217">
         <f t="shared" si="28"/>
         <v>-0.11624999999999999</v>
       </c>
-      <c r="N57" s="221">
+      <c r="N57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="O57" s="221">
+      <c r="O57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="P57" s="221">
+      <c r="P57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="Q57" s="221">
+      <c r="Q57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="R57" s="221">
+      <c r="R57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="S57" s="221">
+      <c r="S57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="T57" s="221">
+      <c r="T57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="U57" s="221">
+      <c r="U57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="V57" s="221">
+      <c r="V57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="W57" s="221">
+      <c r="W57" s="217">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="59" spans="2:23">
       <c r="B59" s="30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C59" s="31"/>
       <c r="D59" s="44">
         <f>+Control!D74*Control!$E68</f>
         <v>0</v>
       </c>
       <c r="E59" s="44">
         <f>+Control!E74*Control!$E68</f>
         <v>0.38750000000000001</v>
       </c>
       <c r="F59" s="44">
         <f>+Control!F74*Control!$E68</f>
         <v>1.55</v>
       </c>
       <c r="G59" s="44">
         <f>+Control!G74*Control!$E68</f>
         <v>1.55</v>
       </c>
       <c r="H59" s="44">
         <f>+Control!H74*Control!$E68</f>
         <v>1.55</v>
       </c>
       <c r="I59" s="44">
         <f>+Control!I74*Control!$E68</f>
         <v>2.7124999999999999</v>
@@ -28237,51 +28239,51 @@
         <v>0</v>
       </c>
       <c r="S59" s="44">
         <f>+Control!S74*Control!$E68</f>
         <v>0</v>
       </c>
       <c r="T59" s="44">
         <f>+Control!T74*Control!$E68</f>
         <v>0</v>
       </c>
       <c r="U59" s="44">
         <f>+Control!U74*Control!$E68</f>
         <v>0</v>
       </c>
       <c r="V59" s="44">
         <f>+Control!V74*Control!$E68</f>
         <v>0</v>
       </c>
       <c r="W59" s="44">
         <f>+Control!W74*Control!$E68</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:23">
       <c r="B60" s="30" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C60" s="31"/>
       <c r="D60" s="44">
         <f>+Control!D77*Control!$E70</f>
         <v>5</v>
       </c>
       <c r="E60" s="44">
         <f>+Control!E77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="F60" s="44">
         <f>+Control!F77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="G60" s="44">
         <f>+Control!G77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="H60" s="44">
         <f>+Control!H77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="I60" s="44">
         <f>+Control!I77*Control!$E70</f>
         <v>0</v>
@@ -28323,51 +28325,51 @@
         <v>0</v>
       </c>
       <c r="S60" s="44">
         <f>+Control!S77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="T60" s="44">
         <f>+Control!T77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="U60" s="44">
         <f>+Control!U77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="V60" s="44">
         <f>+Control!V77*Control!$E70</f>
         <v>0</v>
       </c>
       <c r="W60" s="44">
         <f>+Control!W77*Control!$E70</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:23">
       <c r="B61" s="34" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C61" s="35"/>
       <c r="D61" s="36">
         <f t="shared" ref="D61:W61" si="29">SUM(D59:D60)</f>
         <v>5</v>
       </c>
       <c r="E61" s="36">
         <f t="shared" ref="E61:F61" si="30">SUM(E59:E60)</f>
         <v>0.38750000000000001</v>
       </c>
       <c r="F61" s="36">
         <f t="shared" si="30"/>
         <v>1.55</v>
       </c>
       <c r="G61" s="36">
         <f t="shared" si="29"/>
         <v>1.55</v>
       </c>
       <c r="H61" s="36">
         <f t="shared" si="29"/>
         <v>1.55</v>
       </c>
       <c r="I61" s="36">
         <f t="shared" si="29"/>
         <v>2.7124999999999999</v>
@@ -28413,51 +28415,51 @@
         <v>0</v>
       </c>
       <c r="T61" s="36">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U61" s="36">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="V61" s="36">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="W61" s="36">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:23" ht="5.0999999999999996" customHeight="1">
       <c r="B62" s="21"/>
       <c r="C62" s="21"/>
     </row>
     <row r="63" spans="2:23">
       <c r="B63" s="47" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C63" s="47"/>
       <c r="D63" s="36">
         <f t="shared" ref="D63:W63" si="31">D49+SUM(D61,D57)</f>
         <v>3.944</v>
       </c>
       <c r="E63" s="36">
         <f t="shared" si="31"/>
         <v>24.739250000000006</v>
       </c>
       <c r="F63" s="36">
         <f t="shared" si="31"/>
         <v>94.16716666666666</v>
       </c>
       <c r="G63" s="36">
         <f t="shared" si="31"/>
         <v>116.70183333333333</v>
       </c>
       <c r="H63" s="36">
         <f t="shared" si="31"/>
         <v>114.43273333333335</v>
       </c>
       <c r="I63" s="36">
         <f t="shared" si="31"/>
         <v>114.75974000000004</v>
@@ -28501,51 +28503,51 @@
       <c r="S63" s="36">
         <f t="shared" si="31"/>
         <v>106.67275183058436</v>
       </c>
       <c r="T63" s="36">
         <f t="shared" si="31"/>
         <v>106.25502701364277</v>
       </c>
       <c r="U63" s="36">
         <f t="shared" si="31"/>
         <v>106.87886304834041</v>
       </c>
       <c r="V63" s="36">
         <f t="shared" si="31"/>
         <v>107.45674935317444</v>
       </c>
       <c r="W63" s="36">
         <f t="shared" si="31"/>
         <v>107.98409095515851</v>
       </c>
     </row>
     <row r="64" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="65" spans="1:23" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A65" s="31"/>
       <c r="B65" s="30" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C65" s="31"/>
       <c r="D65" s="61">
         <f t="shared" ref="D65:W65" si="32">IF(-D63*D66&gt;0,0,-D63*D66)</f>
         <v>-1.0057199999999999</v>
       </c>
       <c r="E65" s="61">
         <f t="shared" si="32"/>
         <v>-6.3085087500000014</v>
       </c>
       <c r="F65" s="61">
         <f t="shared" si="32"/>
         <v>-24.012627499999997</v>
       </c>
       <c r="G65" s="61">
         <f t="shared" si="32"/>
         <v>-29.758967499999997</v>
       </c>
       <c r="H65" s="61">
         <f t="shared" si="32"/>
         <v>-29.180347000000005</v>
       </c>
       <c r="I65" s="61">
         <f t="shared" si="32"/>
         <v>-29.26373370000001</v>
@@ -28588,51 +28590,51 @@
       </c>
       <c r="S65" s="61">
         <f t="shared" si="32"/>
         <v>-27.201551716799013</v>
       </c>
       <c r="T65" s="61">
         <f t="shared" si="32"/>
         <v>-27.095031888478907</v>
       </c>
       <c r="U65" s="61">
         <f t="shared" si="32"/>
         <v>-27.254110077326803</v>
       </c>
       <c r="V65" s="61">
         <f t="shared" si="32"/>
         <v>-27.401471085059484</v>
       </c>
       <c r="W65" s="61">
         <f t="shared" si="32"/>
         <v>-27.535943193565419</v>
       </c>
     </row>
     <row r="66" spans="1:23" s="65" customFormat="1">
       <c r="A66" s="62"/>
       <c r="B66" s="63" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C66" s="62"/>
       <c r="D66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="E66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="F66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="G66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="H66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="I66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
@@ -28675,51 +28677,51 @@
       </c>
       <c r="S66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="T66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="U66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="V66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
       <c r="W66" s="64" t="str">
         <f>Control!$D$87</f>
         <v>25.5%</v>
       </c>
     </row>
     <row r="67" spans="1:23" s="4" customFormat="1">
       <c r="A67" s="41"/>
       <c r="B67" s="34" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C67" s="35"/>
       <c r="D67" s="60">
         <f t="shared" ref="D67:W67" si="33">SUM(D65)</f>
         <v>-1.0057199999999999</v>
       </c>
       <c r="E67" s="60">
         <f t="shared" ref="E67:F67" si="34">SUM(E65)</f>
         <v>-6.3085087500000014</v>
       </c>
       <c r="F67" s="60">
         <f t="shared" si="34"/>
         <v>-24.012627499999997</v>
       </c>
       <c r="G67" s="60">
         <f t="shared" si="33"/>
         <v>-29.758967499999997</v>
       </c>
       <c r="H67" s="60">
         <f t="shared" si="33"/>
         <v>-29.180347000000005</v>
       </c>
       <c r="I67" s="60">
         <f t="shared" si="33"/>
         <v>-29.26373370000001</v>
@@ -28762,51 +28764,51 @@
       </c>
       <c r="S67" s="60">
         <f t="shared" si="33"/>
         <v>-27.201551716799013</v>
       </c>
       <c r="T67" s="60">
         <f t="shared" si="33"/>
         <v>-27.095031888478907</v>
       </c>
       <c r="U67" s="60">
         <f t="shared" si="33"/>
         <v>-27.254110077326803</v>
       </c>
       <c r="V67" s="60">
         <f t="shared" si="33"/>
         <v>-27.401471085059484</v>
       </c>
       <c r="W67" s="60">
         <f t="shared" si="33"/>
         <v>-27.535943193565419</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="69" spans="1:23" ht="15" thickBot="1">
       <c r="B69" s="66" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C69" s="66"/>
       <c r="D69" s="67">
         <f t="shared" ref="D69:W69" si="35">D63+D67</f>
         <v>2.9382799999999998</v>
       </c>
       <c r="E69" s="67">
         <f t="shared" si="35"/>
         <v>18.430741250000004</v>
       </c>
       <c r="F69" s="67">
         <f t="shared" si="35"/>
         <v>70.154539166666666</v>
       </c>
       <c r="G69" s="67">
         <f t="shared" si="35"/>
         <v>86.942865833333329</v>
       </c>
       <c r="H69" s="67">
         <f t="shared" si="35"/>
         <v>85.252386333333334</v>
       </c>
       <c r="I69" s="67">
         <f t="shared" si="35"/>
         <v>85.496006300000033</v>
@@ -28848,51 +28850,51 @@
         <v>79.754113739804851</v>
       </c>
       <c r="S69" s="67">
         <f t="shared" si="35"/>
         <v>79.471200113785343</v>
       </c>
       <c r="T69" s="67">
         <f t="shared" si="35"/>
         <v>79.159995125163874</v>
       </c>
       <c r="U69" s="67">
         <f t="shared" si="35"/>
         <v>79.624752971013606</v>
       </c>
       <c r="V69" s="67">
         <f t="shared" si="35"/>
         <v>80.055278268114961</v>
       </c>
       <c r="W69" s="67">
         <f t="shared" si="35"/>
         <v>80.448147761593091</v>
       </c>
     </row>
     <row r="70" spans="1:23" s="54" customFormat="1" ht="15" thickTop="1">
       <c r="B70" s="48" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D70" s="50">
         <f t="shared" ref="D70:W70" si="36">IF(ISERROR(D69/D$17),0, D69/D$17)</f>
         <v>0.44519393939393936</v>
       </c>
       <c r="E70" s="50">
         <f t="shared" si="36"/>
         <v>0.13404175454545458</v>
       </c>
       <c r="F70" s="50">
         <f t="shared" si="36"/>
         <v>0.21258951262626263</v>
       </c>
       <c r="G70" s="50">
         <f t="shared" si="36"/>
         <v>0.21077058383838382</v>
       </c>
       <c r="H70" s="50">
         <f t="shared" si="36"/>
         <v>0.20667245171717172</v>
       </c>
       <c r="I70" s="50">
         <f t="shared" si="36"/>
         <v>0.20726304557575764</v>
       </c>
@@ -28933,94 +28935,94 @@
         <v>0.19334330603589053</v>
       </c>
       <c r="S70" s="50">
         <f t="shared" si="36"/>
         <v>0.19265745482129781</v>
       </c>
       <c r="T70" s="50">
         <f t="shared" si="36"/>
         <v>0.19190301848524577</v>
       </c>
       <c r="U70" s="50">
         <f t="shared" si="36"/>
         <v>0.1930297041721542</v>
       </c>
       <c r="V70" s="50">
         <f t="shared" si="36"/>
         <v>0.19407340186209687</v>
       </c>
       <c r="W70" s="50">
         <f t="shared" si="36"/>
         <v>0.1950258127553772</v>
       </c>
     </row>
     <row r="72" spans="1:23" s="20" customFormat="1" ht="15" customHeight="1">
       <c r="A72" s="11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B72" s="19" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C72" s="19"/>
       <c r="D72" s="13">
         <v>1</v>
       </c>
       <c r="E72" s="13">
         <f>D72+1</f>
         <v>2</v>
       </c>
       <c r="F72" s="13">
         <f t="shared" ref="F72" si="37">E72+1</f>
         <v>3</v>
       </c>
-      <c r="G72" s="220"/>
-[...15 lines deleted...]
-      <c r="W72" s="220"/>
+      <c r="G72" s="216"/>
+      <c r="H72" s="216"/>
+      <c r="I72" s="216"/>
+      <c r="J72" s="216"/>
+      <c r="K72" s="216"/>
+      <c r="L72" s="216"/>
+      <c r="M72" s="216"/>
+      <c r="N72" s="216"/>
+      <c r="O72" s="216"/>
+      <c r="P72" s="216"/>
+      <c r="Q72" s="216"/>
+      <c r="R72" s="216"/>
+      <c r="S72" s="216"/>
+      <c r="T72" s="216"/>
+      <c r="U72" s="216"/>
+      <c r="V72" s="216"/>
+      <c r="W72" s="216"/>
     </row>
     <row r="73" spans="1:23">
       <c r="B73" s="68" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C73" s="49"/>
     </row>
     <row r="74" spans="1:23" ht="15" customHeight="1">
       <c r="B74" s="30" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C74" s="31"/>
       <c r="D74" s="69">
         <f t="shared" ref="D74:W74" si="38">D131</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="E74" s="69">
         <f t="shared" si="38"/>
         <v>4.9999999999999991</v>
       </c>
       <c r="F74" s="69">
         <f t="shared" si="38"/>
         <v>18.819072499999997</v>
       </c>
       <c r="G74" s="69">
         <f t="shared" si="38"/>
         <v>74.878924999999995</v>
       </c>
       <c r="H74" s="69">
         <f t="shared" si="38"/>
         <v>143.73732999999999</v>
       </c>
       <c r="I74" s="69">
         <f t="shared" si="38"/>
         <v>237.59662350000002</v>
@@ -29062,51 +29064,51 @@
         <v>993.3180950209869</v>
       </c>
       <c r="S74" s="69">
         <f t="shared" si="38"/>
         <v>1077.9589151480857</v>
       </c>
       <c r="T74" s="69">
         <f t="shared" si="38"/>
         <v>1162.2854922878942</v>
       </c>
       <c r="U74" s="69">
         <f t="shared" si="38"/>
         <v>1245.9901521416837</v>
       </c>
       <c r="V74" s="69">
         <f t="shared" si="38"/>
         <v>1329.038327980852</v>
       </c>
       <c r="W74" s="69">
         <f t="shared" si="38"/>
         <v>1411.3919964039371</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="B75" s="30" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C75" s="31"/>
       <c r="D75" s="44">
         <f>+D$17*Control!D35</f>
         <v>0.66</v>
       </c>
       <c r="E75" s="44">
         <f>+E$17*Control!E35</f>
         <v>13.75</v>
       </c>
       <c r="F75" s="44">
         <f>+F$17*Control!F35</f>
         <v>33</v>
       </c>
       <c r="G75" s="44">
         <f>+G$17*Control!G35</f>
         <v>41.25</v>
       </c>
       <c r="H75" s="44">
         <f>+H$17*Control!H35</f>
         <v>41.25</v>
       </c>
       <c r="I75" s="44">
         <f>+I$17*Control!I35</f>
         <v>41.25</v>
@@ -29148,51 +29150,51 @@
         <v>41.25</v>
       </c>
       <c r="S75" s="44">
         <f>+S$17*Control!S35</f>
         <v>41.25</v>
       </c>
       <c r="T75" s="44">
         <f>+T$17*Control!T35</f>
         <v>41.25</v>
       </c>
       <c r="U75" s="44">
         <f>+U$17*Control!U35</f>
         <v>41.25</v>
       </c>
       <c r="V75" s="44">
         <f>+V$17*Control!V35</f>
         <v>41.25</v>
       </c>
       <c r="W75" s="44">
         <f>+W$17*Control!W35</f>
         <v>41.25</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="B76" s="30" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C76" s="31"/>
       <c r="D76" s="44">
         <f>-D$27*Control!D36</f>
         <v>0.66100000000000003</v>
       </c>
       <c r="E76" s="44">
         <f>-E$27*Control!E36</f>
         <v>10.422499999999999</v>
       </c>
       <c r="F76" s="44">
         <f>-F$27*Control!F36</f>
         <v>21.571000000000002</v>
       </c>
       <c r="G76" s="44">
         <f>-G$27*Control!G36</f>
         <v>26.945600000000002</v>
       </c>
       <c r="H76" s="44">
         <f>-H$27*Control!H36</f>
         <v>26.958909999999999</v>
       </c>
       <c r="I76" s="44">
         <f>-I$27*Control!I36</f>
         <v>26.973551</v>
@@ -29234,51 +29236,51 @@
         <v>27.192249833583244</v>
       </c>
       <c r="S76" s="44">
         <f>-S$27*Control!S36</f>
         <v>27.230224816941565</v>
       </c>
       <c r="T76" s="44">
         <f>-T$27*Control!T36</f>
         <v>27.271997298635725</v>
       </c>
       <c r="U76" s="44">
         <f>-U$27*Control!U36</f>
         <v>27.317947028499294</v>
       </c>
       <c r="V76" s="44">
         <f>-V$27*Control!V36</f>
         <v>27.368491731349224</v>
       </c>
       <c r="W76" s="44">
         <f>-W$27*Control!W36</f>
         <v>27.424090904484149</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="B77" s="30" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C77" s="31"/>
       <c r="D77" s="44">
         <f>+D$17*Control!D37</f>
         <v>0</v>
       </c>
       <c r="E77" s="44">
         <f>+E$17*Control!E37</f>
         <v>0</v>
       </c>
       <c r="F77" s="44">
         <f>+F$17*Control!F37</f>
         <v>0</v>
       </c>
       <c r="G77" s="44">
         <f>+G$17*Control!G37</f>
         <v>0</v>
       </c>
       <c r="H77" s="44">
         <f>+H$17*Control!H37</f>
         <v>0</v>
       </c>
       <c r="I77" s="44">
         <f>+I$17*Control!I37</f>
         <v>0</v>
@@ -29320,51 +29322,51 @@
         <v>0</v>
       </c>
       <c r="S77" s="44">
         <f>+S$17*Control!S37</f>
         <v>0</v>
       </c>
       <c r="T77" s="44">
         <f>+T$17*Control!T37</f>
         <v>0</v>
       </c>
       <c r="U77" s="44">
         <f>+U$17*Control!U37</f>
         <v>0</v>
       </c>
       <c r="V77" s="44">
         <f>+V$17*Control!V37</f>
         <v>0</v>
       </c>
       <c r="W77" s="44">
         <f>+W$17*Control!W37</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="B78" s="70" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C78" s="71"/>
       <c r="D78" s="46">
         <f t="shared" ref="D78:W78" si="39">SUM(D74:D77)</f>
         <v>6.3209999999999997</v>
       </c>
       <c r="E78" s="46">
         <f t="shared" si="39"/>
         <v>29.172499999999999</v>
       </c>
       <c r="F78" s="46">
         <f t="shared" si="39"/>
         <v>73.390072500000002</v>
       </c>
       <c r="G78" s="46">
         <f t="shared" si="39"/>
         <v>143.07452499999999</v>
       </c>
       <c r="H78" s="46">
         <f t="shared" si="39"/>
         <v>211.94623999999999</v>
       </c>
       <c r="I78" s="46">
         <f t="shared" si="39"/>
         <v>305.82017450000001</v>
@@ -29407,51 +29409,51 @@
       </c>
       <c r="S78" s="46">
         <f t="shared" si="39"/>
         <v>1146.4391399650272</v>
       </c>
       <c r="T78" s="46">
         <f t="shared" si="39"/>
         <v>1230.80748958653</v>
       </c>
       <c r="U78" s="46">
         <f t="shared" si="39"/>
         <v>1314.5580991701829</v>
       </c>
       <c r="V78" s="46">
         <f t="shared" si="39"/>
         <v>1397.6568197122012</v>
       </c>
       <c r="W78" s="46">
         <f t="shared" si="39"/>
         <v>1480.0660873084212</v>
       </c>
     </row>
     <row r="79" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="80" spans="1:23">
       <c r="B80" s="30" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C80" s="31"/>
       <c r="D80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:G8)-SUM('CapEx &amp; Depr Schedule'!$G19:G19)</f>
         <v>3.25</v>
       </c>
       <c r="E80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:H8)-SUM('CapEx &amp; Depr Schedule'!$G19:H19)</f>
         <v>3.25</v>
       </c>
       <c r="F80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:I8)-SUM('CapEx &amp; Depr Schedule'!$G19:I19)</f>
         <v>3.25</v>
       </c>
       <c r="G80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:J8)-SUM('CapEx &amp; Depr Schedule'!$G19:J19)</f>
         <v>3.25</v>
       </c>
       <c r="H80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:K8)-SUM('CapEx &amp; Depr Schedule'!$G19:K19)</f>
         <v>3.25</v>
       </c>
       <c r="I80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:L8)-SUM('CapEx &amp; Depr Schedule'!$G19:L19)</f>
         <v>3.25</v>
@@ -29493,51 +29495,51 @@
         <v>3.25</v>
       </c>
       <c r="S80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:V8)-SUM('CapEx &amp; Depr Schedule'!$G19:V19)</f>
         <v>3.25</v>
       </c>
       <c r="T80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:W8)-SUM('CapEx &amp; Depr Schedule'!$G19:W19)</f>
         <v>3.25</v>
       </c>
       <c r="U80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:X8)-SUM('CapEx &amp; Depr Schedule'!$G19:X19)</f>
         <v>3.25</v>
       </c>
       <c r="V80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:Y8)-SUM('CapEx &amp; Depr Schedule'!$G19:Y19)</f>
         <v>3.25</v>
       </c>
       <c r="W80" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G8:Z8)-SUM('CapEx &amp; Depr Schedule'!$G19:Z19)</f>
         <v>3.25</v>
       </c>
     </row>
     <row r="81" spans="2:23">
       <c r="B81" s="30" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C81" s="31"/>
       <c r="D81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:G9)-SUM('CapEx &amp; Depr Schedule'!$G20:G20)</f>
         <v>8</v>
       </c>
       <c r="E81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:H9)-SUM('CapEx &amp; Depr Schedule'!$G20:H20)</f>
         <v>16</v>
       </c>
       <c r="F81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:I9)-SUM('CapEx &amp; Depr Schedule'!$G20:I20)</f>
         <v>24</v>
       </c>
       <c r="G81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:J9)-SUM('CapEx &amp; Depr Schedule'!$G20:J20)</f>
         <v>32</v>
       </c>
       <c r="H81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:K9)-SUM('CapEx &amp; Depr Schedule'!$G20:K20)</f>
         <v>26</v>
       </c>
       <c r="I81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:L9)-SUM('CapEx &amp; Depr Schedule'!$G20:L20)</f>
         <v>26</v>
@@ -29579,51 +29581,51 @@
         <v>26</v>
       </c>
       <c r="S81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:V9)-SUM('CapEx &amp; Depr Schedule'!$G20:V20)</f>
         <v>26</v>
       </c>
       <c r="T81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:W9)-SUM('CapEx &amp; Depr Schedule'!$G20:W20)</f>
         <v>26</v>
       </c>
       <c r="U81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:X9)-SUM('CapEx &amp; Depr Schedule'!$G20:X20)</f>
         <v>26</v>
       </c>
       <c r="V81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:Y9)-SUM('CapEx &amp; Depr Schedule'!$G20:Y20)</f>
         <v>26</v>
       </c>
       <c r="W81" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G9:Z9)-SUM('CapEx &amp; Depr Schedule'!$G20:Z20)</f>
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="2:23">
       <c r="B82" s="30" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C82" s="31"/>
       <c r="D82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:G10)-SUM('CapEx &amp; Depr Schedule'!$G21:G21)</f>
         <v>0</v>
       </c>
       <c r="E82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:H10)-SUM('CapEx &amp; Depr Schedule'!$G21:H21)</f>
         <v>0</v>
       </c>
       <c r="F82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:I10)-SUM('CapEx &amp; Depr Schedule'!$G21:I21)</f>
         <v>16.25</v>
       </c>
       <c r="G82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:J10)-SUM('CapEx &amp; Depr Schedule'!$G21:J21)</f>
         <v>32.5</v>
       </c>
       <c r="H82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:K10)-SUM('CapEx &amp; Depr Schedule'!$G21:K21)</f>
         <v>48.75</v>
       </c>
       <c r="I82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:L10)-SUM('CapEx &amp; Depr Schedule'!$G21:L21)</f>
         <v>65</v>
@@ -29665,51 +29667,51 @@
         <v>65</v>
       </c>
       <c r="S82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:V10)-SUM('CapEx &amp; Depr Schedule'!$G21:V21)</f>
         <v>65</v>
       </c>
       <c r="T82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:W10)-SUM('CapEx &amp; Depr Schedule'!$G21:W21)</f>
         <v>65</v>
       </c>
       <c r="U82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:X10)-SUM('CapEx &amp; Depr Schedule'!$G21:X21)</f>
         <v>65</v>
       </c>
       <c r="V82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:Y10)-SUM('CapEx &amp; Depr Schedule'!$G21:Y21)</f>
         <v>65</v>
       </c>
       <c r="W82" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G10:Z10)-SUM('CapEx &amp; Depr Schedule'!$G21:Z21)</f>
         <v>65</v>
       </c>
     </row>
     <row r="83" spans="2:23">
       <c r="B83" s="30" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C83" s="31"/>
       <c r="D83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:G11)-SUM('CapEx &amp; Depr Schedule'!$G22:G22)</f>
         <v>3.25</v>
       </c>
       <c r="E83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:H11)-SUM('CapEx &amp; Depr Schedule'!$G22:H22)</f>
         <v>3.25</v>
       </c>
       <c r="F83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:I11)-SUM('CapEx &amp; Depr Schedule'!$G22:I22)</f>
         <v>3.25</v>
       </c>
       <c r="G83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:J11)-SUM('CapEx &amp; Depr Schedule'!$G22:J22)</f>
         <v>3.25</v>
       </c>
       <c r="H83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:K11)-SUM('CapEx &amp; Depr Schedule'!$G22:K22)</f>
         <v>3.25</v>
       </c>
       <c r="I83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:L11)-SUM('CapEx &amp; Depr Schedule'!$G22:L22)</f>
         <v>3.25</v>
@@ -29751,51 +29753,51 @@
         <v>3.25</v>
       </c>
       <c r="S83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:V11)-SUM('CapEx &amp; Depr Schedule'!$G22:V22)</f>
         <v>3.25</v>
       </c>
       <c r="T83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:W11)-SUM('CapEx &amp; Depr Schedule'!$G22:W22)</f>
         <v>3.25</v>
       </c>
       <c r="U83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:X11)-SUM('CapEx &amp; Depr Schedule'!$G22:X22)</f>
         <v>3.25</v>
       </c>
       <c r="V83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:Y11)-SUM('CapEx &amp; Depr Schedule'!$G22:Y22)</f>
         <v>3.25</v>
       </c>
       <c r="W83" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G11:Z11)-SUM('CapEx &amp; Depr Schedule'!$G22:Z22)</f>
         <v>3.25</v>
       </c>
     </row>
     <row r="84" spans="2:23">
       <c r="B84" s="30" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C84" s="31"/>
       <c r="D84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:G12)-SUM('CapEx &amp; Depr Schedule'!$G23:G23)</f>
         <v>0</v>
       </c>
       <c r="E84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:H12)-SUM('CapEx &amp; Depr Schedule'!$G23:H23)</f>
         <v>0</v>
       </c>
       <c r="F84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:I12)-SUM('CapEx &amp; Depr Schedule'!$G23:I23)</f>
         <v>0</v>
       </c>
       <c r="G84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:J12)-SUM('CapEx &amp; Depr Schedule'!$G23:J23)</f>
         <v>0</v>
       </c>
       <c r="H84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:K12)-SUM('CapEx &amp; Depr Schedule'!$G23:K23)</f>
         <v>0</v>
       </c>
       <c r="I84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:L12)-SUM('CapEx &amp; Depr Schedule'!$G23:L23)</f>
         <v>0</v>
@@ -29837,51 +29839,51 @@
         <v>1.625</v>
       </c>
       <c r="S84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:V12)-SUM('CapEx &amp; Depr Schedule'!$G23:V23)</f>
         <v>1.95</v>
       </c>
       <c r="T84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:W12)-SUM('CapEx &amp; Depr Schedule'!$G23:W23)</f>
         <v>2.2749999999999999</v>
       </c>
       <c r="U84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:X12)-SUM('CapEx &amp; Depr Schedule'!$G23:X23)</f>
         <v>2.5999999999999996</v>
       </c>
       <c r="V84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:Y12)-SUM('CapEx &amp; Depr Schedule'!$G23:Y23)</f>
         <v>2.9249999999999998</v>
       </c>
       <c r="W84" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G12:Z12)-SUM('CapEx &amp; Depr Schedule'!$G23:Z23)</f>
         <v>3.25</v>
       </c>
     </row>
     <row r="85" spans="2:23">
       <c r="B85" s="30" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C85" s="31"/>
       <c r="D85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:G13)-SUM('CapEx &amp; Depr Schedule'!$G24:G24)</f>
         <v>0</v>
       </c>
       <c r="E85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:H13)-SUM('CapEx &amp; Depr Schedule'!$G24:H24)</f>
         <v>0</v>
       </c>
       <c r="F85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:I13)-SUM('CapEx &amp; Depr Schedule'!$G24:I24)</f>
         <v>0</v>
       </c>
       <c r="G85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:J13)-SUM('CapEx &amp; Depr Schedule'!$G24:J24)</f>
         <v>0</v>
       </c>
       <c r="H85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:K13)-SUM('CapEx &amp; Depr Schedule'!$G24:K24)</f>
         <v>0</v>
       </c>
       <c r="I85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:L13)-SUM('CapEx &amp; Depr Schedule'!$G24:L24)</f>
         <v>0</v>
@@ -29923,51 +29925,51 @@
         <v>16.25</v>
       </c>
       <c r="S85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:V13)-SUM('CapEx &amp; Depr Schedule'!$G24:V24)</f>
         <v>19.5</v>
       </c>
       <c r="T85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:W13)-SUM('CapEx &amp; Depr Schedule'!$G24:W24)</f>
         <v>22.75</v>
       </c>
       <c r="U85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:X13)-SUM('CapEx &amp; Depr Schedule'!$G24:X24)</f>
         <v>26</v>
       </c>
       <c r="V85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:Y13)-SUM('CapEx &amp; Depr Schedule'!$G24:Y24)</f>
         <v>29.25</v>
       </c>
       <c r="W85" s="44">
         <f>SUM('CapEx &amp; Depr Schedule'!$G13:Z13)-SUM('CapEx &amp; Depr Schedule'!$G24:Z24)</f>
         <v>32.5</v>
       </c>
     </row>
     <row r="86" spans="2:23">
       <c r="B86" s="30" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C86" s="31"/>
       <c r="D86" s="37">
         <f>D35</f>
         <v>-0.65</v>
       </c>
       <c r="E86" s="37">
         <f t="shared" ref="E86:W86" si="40">D86+E35</f>
         <v>-1.3</v>
       </c>
       <c r="F86" s="37">
         <f t="shared" si="40"/>
         <v>-3.0333333333333332</v>
       </c>
       <c r="G86" s="37">
         <f t="shared" si="40"/>
         <v>-5.85</v>
       </c>
       <c r="H86" s="37">
         <f t="shared" si="40"/>
         <v>-10.616666666666667</v>
       </c>
       <c r="I86" s="37">
         <f t="shared" si="40"/>
         <v>-15.816666666666666</v>
@@ -30009,51 +30011,51 @@
         <v>-73.341666666666669</v>
       </c>
       <c r="S86" s="37">
         <f t="shared" si="40"/>
         <v>-82.116666666666674</v>
       </c>
       <c r="T86" s="37">
         <f t="shared" si="40"/>
         <v>-90.89166666666668</v>
       </c>
       <c r="U86" s="37">
         <f t="shared" si="40"/>
         <v>-98.583333333333343</v>
       </c>
       <c r="V86" s="37">
         <f t="shared" si="40"/>
         <v>-105.19166666666668</v>
       </c>
       <c r="W86" s="37">
         <f t="shared" si="40"/>
         <v>-110.71666666666668</v>
       </c>
     </row>
     <row r="87" spans="2:23">
       <c r="B87" s="30" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C87" s="31"/>
       <c r="D87" s="44">
         <f>'CapEx &amp; Depr Schedule'!G25</f>
         <v>3.5</v>
       </c>
       <c r="E87" s="44">
         <f>'CapEx &amp; Depr Schedule'!H25</f>
         <v>0</v>
       </c>
       <c r="F87" s="44">
         <f>'CapEx &amp; Depr Schedule'!I25</f>
         <v>8.75</v>
       </c>
       <c r="G87" s="44">
         <f>'CapEx &amp; Depr Schedule'!J25</f>
         <v>8.75</v>
       </c>
       <c r="H87" s="44">
         <f>'CapEx &amp; Depr Schedule'!K25</f>
         <v>22.75</v>
       </c>
       <c r="I87" s="44">
         <f>'CapEx &amp; Depr Schedule'!L25</f>
         <v>8.75</v>
@@ -30095,51 +30097,51 @@
         <v>1.925</v>
       </c>
       <c r="S87" s="44">
         <f>'CapEx &amp; Depr Schedule'!V25</f>
         <v>1.925</v>
       </c>
       <c r="T87" s="44">
         <f>'CapEx &amp; Depr Schedule'!W25</f>
         <v>1.925</v>
       </c>
       <c r="U87" s="44">
         <f>'CapEx &amp; Depr Schedule'!X25</f>
         <v>1.925</v>
       </c>
       <c r="V87" s="44">
         <f>'CapEx &amp; Depr Schedule'!Y25</f>
         <v>1.925</v>
       </c>
       <c r="W87" s="44">
         <f>'CapEx &amp; Depr Schedule'!Z25</f>
         <v>1.925</v>
       </c>
     </row>
     <row r="88" spans="2:23">
       <c r="B88" s="70" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C88" s="71"/>
       <c r="D88" s="46">
         <f t="shared" ref="D88:W88" si="41">SUM(D80:D85,D86:D87)</f>
         <v>17.350000000000001</v>
       </c>
       <c r="E88" s="46">
         <f t="shared" si="41"/>
         <v>21.2</v>
       </c>
       <c r="F88" s="46">
         <f t="shared" si="41"/>
         <v>52.466666666666669</v>
       </c>
       <c r="G88" s="46">
         <f t="shared" si="41"/>
         <v>73.900000000000006</v>
       </c>
       <c r="H88" s="46">
         <f t="shared" si="41"/>
         <v>93.383333333333326</v>
       </c>
       <c r="I88" s="46">
         <f t="shared" si="41"/>
         <v>90.433333333333337</v>
@@ -30182,51 +30184,51 @@
       </c>
       <c r="S88" s="46">
         <f t="shared" si="41"/>
         <v>38.758333333333326</v>
       </c>
       <c r="T88" s="46">
         <f t="shared" si="41"/>
         <v>33.558333333333323</v>
       </c>
       <c r="U88" s="46">
         <f t="shared" si="41"/>
         <v>29.441666666666652</v>
       </c>
       <c r="V88" s="46">
         <f t="shared" si="41"/>
         <v>26.408333333333335</v>
       </c>
       <c r="W88" s="46">
         <f t="shared" si="41"/>
         <v>24.458333333333318</v>
       </c>
     </row>
     <row r="89" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="90" spans="2:23" ht="15" thickBot="1">
       <c r="B90" s="66" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C90" s="66"/>
       <c r="D90" s="67">
         <f t="shared" ref="D90:W90" si="42">SUM(D88,D78)</f>
         <v>23.670999999999999</v>
       </c>
       <c r="E90" s="67">
         <f t="shared" si="42"/>
         <v>50.372500000000002</v>
       </c>
       <c r="F90" s="67">
         <f t="shared" si="42"/>
         <v>125.85673916666667</v>
       </c>
       <c r="G90" s="67">
         <f t="shared" si="42"/>
         <v>216.974525</v>
       </c>
       <c r="H90" s="67">
         <f t="shared" si="42"/>
         <v>305.32957333333331</v>
       </c>
       <c r="I90" s="67">
         <f t="shared" si="42"/>
         <v>396.25350783333334</v>
@@ -30269,512 +30271,512 @@
       </c>
       <c r="S90" s="67">
         <f t="shared" si="42"/>
         <v>1185.1974732983604</v>
       </c>
       <c r="T90" s="67">
         <f t="shared" si="42"/>
         <v>1264.3658229198634</v>
       </c>
       <c r="U90" s="67">
         <f t="shared" si="42"/>
         <v>1343.9997658368495</v>
       </c>
       <c r="V90" s="67">
         <f t="shared" si="42"/>
         <v>1424.0651530455345</v>
       </c>
       <c r="W90" s="67">
         <f t="shared" si="42"/>
         <v>1504.5244206417544</v>
       </c>
     </row>
     <row r="91" spans="2:23" ht="5.0999999999999996" customHeight="1" thickTop="1"/>
     <row r="92" spans="2:23">
       <c r="B92" s="68" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C92" s="49"/>
       <c r="H92" s="37"/>
     </row>
     <row r="93" spans="2:23">
       <c r="B93" s="30" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C93" s="31"/>
-      <c r="D93" s="176">
+      <c r="D93" s="173">
         <f>-D$27*Control!D40</f>
         <v>6.6099999999999992E-2</v>
       </c>
-      <c r="E93" s="176">
+      <c r="E93" s="173">
         <f>-E$27*Control!E40</f>
         <v>1.0422499999999999</v>
       </c>
-      <c r="F93" s="176">
+      <c r="F93" s="173">
         <f>-F$27*Control!F40</f>
         <v>2.1571000000000002</v>
       </c>
-      <c r="G93" s="176">
+      <c r="G93" s="173">
         <f>-G$27*Control!G40</f>
         <v>2.6945600000000001</v>
       </c>
-      <c r="H93" s="176">
+      <c r="H93" s="173">
         <f>-H$27*Control!H40</f>
         <v>2.6958909999999996</v>
       </c>
-      <c r="I93" s="176">
+      <c r="I93" s="173">
         <f>-I$27*Control!I40</f>
         <v>2.6973550999999998</v>
       </c>
-      <c r="J93" s="176">
+      <c r="J93" s="173">
         <f>-J$27*Control!J40</f>
         <v>2.6989656100000001</v>
       </c>
-      <c r="K93" s="176">
+      <c r="K93" s="173">
         <f>-K$27*Control!K40</f>
         <v>2.7007371710000001</v>
       </c>
-      <c r="L93" s="176">
+      <c r="L93" s="173">
         <f>-L$27*Control!L40</f>
         <v>2.7026858881</v>
       </c>
-      <c r="M93" s="176">
+      <c r="M93" s="173">
         <f>-M$27*Control!M40</f>
         <v>2.7048294769100001</v>
       </c>
-      <c r="N93" s="176">
+      <c r="N93" s="173">
         <f>-N$27*Control!N40</f>
         <v>2.7071874246009999</v>
       </c>
-      <c r="O93" s="176">
+      <c r="O93" s="173">
         <f>-O$27*Control!O40</f>
         <v>2.7097811670611005</v>
       </c>
-      <c r="P93" s="176">
+      <c r="P93" s="173">
         <f>-P$27*Control!P40</f>
         <v>2.7126342837672097</v>
       </c>
-      <c r="Q93" s="176">
+      <c r="Q93" s="173">
         <f>-Q$27*Control!Q40</f>
         <v>2.7157727121439308</v>
       </c>
-      <c r="R93" s="176">
+      <c r="R93" s="173">
         <f>-R$27*Control!R40</f>
         <v>2.7192249833583242</v>
       </c>
-      <c r="S93" s="176">
+      <c r="S93" s="173">
         <f>-S$27*Control!S40</f>
         <v>2.7230224816941564</v>
       </c>
-      <c r="T93" s="176">
+      <c r="T93" s="173">
         <f>-T$27*Control!T40</f>
         <v>2.7271997298635724</v>
       </c>
-      <c r="U93" s="176">
+      <c r="U93" s="173">
         <f>-U$27*Control!U40</f>
         <v>2.7317947028499292</v>
       </c>
-      <c r="V93" s="176">
+      <c r="V93" s="173">
         <f>-V$27*Control!V40</f>
         <v>2.7368491731349223</v>
       </c>
-      <c r="W93" s="176">
+      <c r="W93" s="173">
         <f>-W$27*Control!W40</f>
         <v>2.7424090904484149</v>
       </c>
     </row>
     <row r="94" spans="2:23">
-      <c r="B94" s="116" t="s">
-[...3 lines deleted...]
-      <c r="D94" s="176">
+      <c r="B94" s="114" t="s">
+        <v>158</v>
+      </c>
+      <c r="C94" s="162"/>
+      <c r="D94" s="173">
         <f>-D$27*Control!D41</f>
         <v>6.6099999999999992E-2</v>
       </c>
-      <c r="E94" s="176">
+      <c r="E94" s="173">
         <f>-E$27*Control!E41</f>
         <v>1.0422499999999999</v>
       </c>
-      <c r="F94" s="176">
+      <c r="F94" s="173">
         <f>-F$27*Control!F41</f>
         <v>2.1571000000000002</v>
       </c>
-      <c r="G94" s="176">
+      <c r="G94" s="173">
         <f>-G$27*Control!G41</f>
         <v>2.6945600000000001</v>
       </c>
-      <c r="H94" s="176">
+      <c r="H94" s="173">
         <f>-H$27*Control!H41</f>
         <v>2.6958909999999996</v>
       </c>
-      <c r="I94" s="176">
+      <c r="I94" s="173">
         <f>-I$27*Control!I41</f>
         <v>2.6973550999999998</v>
       </c>
-      <c r="J94" s="176">
+      <c r="J94" s="173">
         <f>-J$27*Control!J41</f>
         <v>2.6989656100000001</v>
       </c>
-      <c r="K94" s="176">
+      <c r="K94" s="173">
         <f>-K$27*Control!K41</f>
         <v>2.7007371710000001</v>
       </c>
-      <c r="L94" s="176">
+      <c r="L94" s="173">
         <f>-L$27*Control!L41</f>
         <v>2.7026858881</v>
       </c>
-      <c r="M94" s="176">
+      <c r="M94" s="173">
         <f>-M$27*Control!M41</f>
         <v>2.7048294769100001</v>
       </c>
-      <c r="N94" s="176">
+      <c r="N94" s="173">
         <f>-N$27*Control!N41</f>
         <v>2.7071874246009999</v>
       </c>
-      <c r="O94" s="176">
+      <c r="O94" s="173">
         <f>-O$27*Control!O41</f>
         <v>2.7097811670611005</v>
       </c>
-      <c r="P94" s="176">
+      <c r="P94" s="173">
         <f>-P$27*Control!P41</f>
         <v>2.7126342837672097</v>
       </c>
-      <c r="Q94" s="176">
+      <c r="Q94" s="173">
         <f>-Q$27*Control!Q41</f>
         <v>2.7157727121439308</v>
       </c>
-      <c r="R94" s="176">
+      <c r="R94" s="173">
         <f>-R$27*Control!R41</f>
         <v>2.7192249833583242</v>
       </c>
-      <c r="S94" s="176">
+      <c r="S94" s="173">
         <f>-S$27*Control!S41</f>
         <v>2.7230224816941564</v>
       </c>
-      <c r="T94" s="176">
+      <c r="T94" s="173">
         <f>-T$27*Control!T41</f>
         <v>2.7271997298635724</v>
       </c>
-      <c r="U94" s="176">
+      <c r="U94" s="173">
         <f>-U$27*Control!U41</f>
         <v>2.7317947028499292</v>
       </c>
-      <c r="V94" s="176">
+      <c r="V94" s="173">
         <f>-V$27*Control!V41</f>
         <v>2.7368491731349223</v>
       </c>
-      <c r="W94" s="176">
+      <c r="W94" s="173">
         <f>-W$27*Control!W41</f>
         <v>2.7424090904484149</v>
       </c>
     </row>
     <row r="95" spans="2:23" s="73" customFormat="1">
-      <c r="B95" s="116" t="s">
-[...11 lines deleted...]
-      <c r="F95" s="162">
+      <c r="B95" s="114" t="s">
+        <v>159</v>
+      </c>
+      <c r="C95" s="162"/>
+      <c r="D95" s="160">
+        <f>-E156</f>
+        <v>0</v>
+      </c>
+      <c r="E95" s="160">
+        <f t="shared" ref="E95:W95" si="43">-SUM(F144,F156)</f>
+        <v>0</v>
+      </c>
+      <c r="F95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="G95" s="162">
+      <c r="G95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="H95" s="162">
+      <c r="H95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="I95" s="162">
-        <f>-SUM(J157)</f>
+      <c r="I95" s="160">
+        <f>-SUM(J156)</f>
         <v>7.625</v>
       </c>
-      <c r="J95" s="162">
-        <f t="shared" ref="J95:L95" si="44">-SUM(K157)</f>
+      <c r="J95" s="160">
+        <f t="shared" ref="J95:L95" si="44">-SUM(K156)</f>
         <v>7.625</v>
       </c>
-      <c r="K95" s="162">
+      <c r="K95" s="160">
         <f t="shared" si="44"/>
         <v>7.625</v>
       </c>
-      <c r="L95" s="162">
+      <c r="L95" s="160">
         <f t="shared" si="44"/>
         <v>7.625</v>
       </c>
-      <c r="M95" s="162">
+      <c r="M95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="N95" s="162">
+      <c r="N95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="O95" s="162">
+      <c r="O95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="P95" s="162">
+      <c r="P95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="Q95" s="162">
+      <c r="Q95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="R95" s="162">
+      <c r="R95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="S95" s="162">
+      <c r="S95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="T95" s="162">
+      <c r="T95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="U95" s="162">
+      <c r="U95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="V95" s="162">
+      <c r="V95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
-      <c r="W95" s="162">
+      <c r="W95" s="160">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="2:23" ht="14.45" customHeight="1">
-[...4 lines deleted...]
-      <c r="D96" s="167">
+    <row r="96" spans="2:23" ht="14.4" customHeight="1">
+      <c r="B96" s="163" t="s">
+        <v>41</v>
+      </c>
+      <c r="C96" s="164"/>
+      <c r="D96" s="165">
         <f t="shared" ref="D96:W96" si="45">SUM(D93:D95)</f>
         <v>0.13219999999999998</v>
       </c>
-      <c r="E96" s="167">
+      <c r="E96" s="165">
         <f t="shared" si="45"/>
         <v>2.0844999999999998</v>
       </c>
-      <c r="F96" s="167">
+      <c r="F96" s="165">
         <f t="shared" si="45"/>
         <v>4.3142000000000005</v>
       </c>
-      <c r="G96" s="167">
+      <c r="G96" s="165">
         <f t="shared" si="45"/>
         <v>5.3891200000000001</v>
       </c>
-      <c r="H96" s="167">
+      <c r="H96" s="165">
         <f t="shared" si="45"/>
         <v>5.3917819999999992</v>
       </c>
-      <c r="I96" s="167">
+      <c r="I96" s="165">
         <f t="shared" si="45"/>
         <v>13.019710199999999</v>
       </c>
-      <c r="J96" s="167">
+      <c r="J96" s="165">
         <f t="shared" si="45"/>
         <v>13.02293122</v>
       </c>
-      <c r="K96" s="167">
+      <c r="K96" s="165">
         <f t="shared" si="45"/>
         <v>13.026474342</v>
       </c>
-      <c r="L96" s="167">
+      <c r="L96" s="165">
         <f t="shared" si="45"/>
         <v>13.030371776199999</v>
       </c>
-      <c r="M96" s="167">
+      <c r="M96" s="165">
         <f t="shared" si="45"/>
         <v>5.4096589538200002</v>
       </c>
-      <c r="N96" s="167">
+      <c r="N96" s="165">
         <f t="shared" si="45"/>
         <v>5.4143748492019999</v>
       </c>
-      <c r="O96" s="167">
+      <c r="O96" s="165">
         <f t="shared" si="45"/>
         <v>5.419562334122201</v>
       </c>
-      <c r="P96" s="167">
+      <c r="P96" s="165">
         <f t="shared" si="45"/>
         <v>5.4252685675344194</v>
       </c>
-      <c r="Q96" s="167">
+      <c r="Q96" s="165">
         <f t="shared" si="45"/>
         <v>5.4315454242878616</v>
       </c>
-      <c r="R96" s="167">
+      <c r="R96" s="165">
         <f t="shared" si="45"/>
         <v>5.4384499667166484</v>
       </c>
-      <c r="S96" s="167">
+      <c r="S96" s="165">
         <f t="shared" si="45"/>
         <v>5.4460449633883128</v>
       </c>
-      <c r="T96" s="167">
+      <c r="T96" s="165">
         <f t="shared" si="45"/>
         <v>5.4543994597271448</v>
       </c>
-      <c r="U96" s="167">
+      <c r="U96" s="165">
         <f t="shared" si="45"/>
         <v>5.4635894056998584</v>
       </c>
-      <c r="V96" s="167">
+      <c r="V96" s="165">
         <f t="shared" si="45"/>
         <v>5.4736983462698445</v>
       </c>
-      <c r="W96" s="167">
+      <c r="W96" s="165">
         <f t="shared" si="45"/>
         <v>5.4848181808968297</v>
       </c>
     </row>
     <row r="97" spans="1:23" ht="5.0999999999999996" customHeight="1">
-      <c r="B97" s="112"/>
-[...20 lines deleted...]
-      <c r="W97" s="112"/>
+      <c r="B97" s="110"/>
+      <c r="C97" s="110"/>
+      <c r="D97" s="110"/>
+      <c r="E97" s="110"/>
+      <c r="F97" s="110"/>
+      <c r="G97" s="110"/>
+      <c r="H97" s="110"/>
+      <c r="I97" s="110"/>
+      <c r="J97" s="110"/>
+      <c r="K97" s="110"/>
+      <c r="L97" s="110"/>
+      <c r="M97" s="110"/>
+      <c r="N97" s="110"/>
+      <c r="O97" s="110"/>
+      <c r="P97" s="110"/>
+      <c r="Q97" s="110"/>
+      <c r="R97" s="110"/>
+      <c r="S97" s="110"/>
+      <c r="T97" s="110"/>
+      <c r="U97" s="110"/>
+      <c r="V97" s="110"/>
+      <c r="W97" s="110"/>
     </row>
     <row r="98" spans="1:23" s="73" customFormat="1">
-      <c r="B98" s="116" t="s">
-[...4 lines deleted...]
-        <f>SUM(D158,E157)</f>
+      <c r="B98" s="114" t="s">
+        <v>160</v>
+      </c>
+      <c r="C98" s="162"/>
+      <c r="D98" s="166">
+        <f>SUM(D157,E156)</f>
         <v>15</v>
       </c>
-      <c r="E98" s="168">
-        <f t="shared" ref="E98:W98" si="46">SUM(E158,F157)</f>
+      <c r="E98" s="166">
+        <f t="shared" ref="E98:W98" si="46">SUM(E157,F156)</f>
         <v>15.775</v>
       </c>
-      <c r="F98" s="168">
+      <c r="F98" s="166">
         <f t="shared" si="46"/>
         <v>18.875</v>
       </c>
-      <c r="G98" s="168">
+      <c r="G98" s="166">
         <f t="shared" si="46"/>
         <v>21.975000000000001</v>
       </c>
-      <c r="H98" s="168">
+      <c r="H98" s="166">
         <f t="shared" si="46"/>
         <v>25.074999999999999</v>
       </c>
-      <c r="I98" s="168">
+      <c r="I98" s="166">
         <f t="shared" si="46"/>
         <v>22.875</v>
       </c>
-      <c r="J98" s="168">
+      <c r="J98" s="166">
         <f t="shared" si="46"/>
         <v>15.25</v>
       </c>
-      <c r="K98" s="168">
+      <c r="K98" s="166">
         <f t="shared" si="46"/>
         <v>7.625</v>
       </c>
-      <c r="L98" s="168">
+      <c r="L98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="M98" s="168">
+      <c r="M98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="N98" s="168">
+      <c r="N98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="O98" s="168">
+      <c r="O98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="P98" s="168">
+      <c r="P98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="Q98" s="168">
+      <c r="Q98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="R98" s="168">
+      <c r="R98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="S98" s="168">
+      <c r="S98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="T98" s="168">
+      <c r="T98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="U98" s="168">
+      <c r="U98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="V98" s="168">
+      <c r="V98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
-      <c r="W98" s="168">
+      <c r="W98" s="166">
         <f t="shared" si="46"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:23">
       <c r="B99" s="70" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C99" s="71"/>
       <c r="D99" s="46">
         <f t="shared" ref="D99:W99" si="47">SUM(D98)</f>
         <v>15</v>
       </c>
       <c r="E99" s="74">
         <f t="shared" si="47"/>
         <v>15.775</v>
       </c>
       <c r="F99" s="74">
         <f t="shared" si="47"/>
         <v>18.875</v>
       </c>
       <c r="G99" s="74">
         <f t="shared" si="47"/>
         <v>21.975000000000001</v>
       </c>
       <c r="H99" s="74">
         <f t="shared" si="47"/>
         <v>25.074999999999999</v>
       </c>
       <c r="I99" s="74">
         <f t="shared" si="47"/>
         <v>22.875</v>
@@ -30817,51 +30819,51 @@
       </c>
       <c r="S99" s="74">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="T99" s="74">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="U99" s="74">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="V99" s="74">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="W99" s="74">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="101" spans="1:23">
       <c r="B101" s="30" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C101" s="31"/>
       <c r="D101" s="37">
         <f>SUM($D$119:D119,$D$124:D124)</f>
         <v>5.6005199999999995</v>
       </c>
       <c r="E101" s="37">
         <f>SUM($D$119:E119,$D$124:E124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="F101" s="37">
         <f>SUM($D$119:F119,$D$124:F124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="G101" s="37">
         <f>SUM($D$119:G119,$D$124:G124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="H101" s="37">
         <f>SUM($D$119:H119,$D$124:H124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="I101" s="37">
         <f>SUM($D$119:I119,$D$124:I124)</f>
         <v>11.143978749999995</v>
@@ -30903,51 +30905,51 @@
         <v>11.143978749999995</v>
       </c>
       <c r="S101" s="37">
         <f>SUM($D$119:S119,$D$124:S124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="T101" s="37">
         <f>SUM($D$119:T119,$D$124:T124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="U101" s="37">
         <f>SUM($D$119:U119,$D$124:U124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="V101" s="37">
         <f>SUM($D$119:V119,$D$124:V124)</f>
         <v>11.143978749999995</v>
       </c>
       <c r="W101" s="37">
         <f>SUM($D$119:W119,$D$124:W124)</f>
         <v>11.143978749999995</v>
       </c>
     </row>
     <row r="102" spans="1:23">
       <c r="B102" s="30" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C102" s="31"/>
       <c r="D102" s="37">
         <f>D69</f>
         <v>2.9382799999999998</v>
       </c>
       <c r="E102" s="37">
         <f t="shared" ref="E102:W102" si="48">E69+D102</f>
         <v>21.369021250000003</v>
       </c>
       <c r="F102" s="59">
         <f t="shared" si="48"/>
         <v>91.523560416666669</v>
       </c>
       <c r="G102" s="59">
         <f t="shared" si="48"/>
         <v>178.46642624999998</v>
       </c>
       <c r="H102" s="59">
         <f t="shared" si="48"/>
         <v>263.71881258333332</v>
       </c>
       <c r="I102" s="59">
         <f t="shared" si="48"/>
         <v>349.21481888333335</v>
@@ -30989,51 +30991,51 @@
         <v>1089.1362494711868</v>
       </c>
       <c r="S102" s="59">
         <f t="shared" si="48"/>
         <v>1168.6074495849721</v>
       </c>
       <c r="T102" s="59">
         <f t="shared" si="48"/>
         <v>1247.767444710136</v>
       </c>
       <c r="U102" s="59">
         <f t="shared" si="48"/>
         <v>1327.3921976811496</v>
       </c>
       <c r="V102" s="59">
         <f t="shared" si="48"/>
         <v>1407.4474759492646</v>
       </c>
       <c r="W102" s="59">
         <f t="shared" si="48"/>
         <v>1487.8956237108578</v>
       </c>
     </row>
     <row r="103" spans="1:23">
       <c r="B103" s="70" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C103" s="71"/>
       <c r="D103" s="46">
         <f t="shared" ref="D103:W103" si="49">SUM(D101:D102)</f>
         <v>8.5387999999999984</v>
       </c>
       <c r="E103" s="46">
         <f>SUM(E101:E102)</f>
         <v>32.512999999999998</v>
       </c>
       <c r="F103" s="74">
         <f t="shared" si="49"/>
         <v>102.66753916666667</v>
       </c>
       <c r="G103" s="74">
         <f t="shared" si="49"/>
         <v>189.61040499999999</v>
       </c>
       <c r="H103" s="74">
         <f t="shared" si="49"/>
         <v>274.86279133333329</v>
       </c>
       <c r="I103" s="74">
         <f t="shared" si="49"/>
         <v>360.35879763333332</v>
@@ -31076,51 +31078,51 @@
       </c>
       <c r="S103" s="74">
         <f t="shared" si="49"/>
         <v>1179.7514283349722</v>
       </c>
       <c r="T103" s="74">
         <f t="shared" si="49"/>
         <v>1258.9114234601361</v>
       </c>
       <c r="U103" s="74">
         <f t="shared" si="49"/>
         <v>1338.5361764311497</v>
       </c>
       <c r="V103" s="74">
         <f t="shared" si="49"/>
         <v>1418.5914546992647</v>
       </c>
       <c r="W103" s="74">
         <f t="shared" si="49"/>
         <v>1499.0396024608579</v>
       </c>
     </row>
     <row r="104" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="105" spans="1:23" ht="15" thickBot="1">
       <c r="B105" s="66" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C105" s="66"/>
       <c r="D105" s="67">
         <f t="shared" ref="D105:W105" si="50">SUM(D103,D99,D96)</f>
         <v>23.670999999999999</v>
       </c>
       <c r="E105" s="67">
         <f>SUM(E103,E99,E96)</f>
         <v>50.372499999999995</v>
       </c>
       <c r="F105" s="67">
         <f t="shared" si="50"/>
         <v>125.85673916666667</v>
       </c>
       <c r="G105" s="67">
         <f t="shared" si="50"/>
         <v>216.97452499999997</v>
       </c>
       <c r="H105" s="67">
         <f t="shared" si="50"/>
         <v>305.32957333333326</v>
       </c>
       <c r="I105" s="67">
         <f t="shared" si="50"/>
         <v>396.25350783333334</v>
@@ -31162,197 +31164,197 @@
         <v>1105.7186781879036</v>
       </c>
       <c r="S105" s="67">
         <f t="shared" si="50"/>
         <v>1185.1974732983604</v>
       </c>
       <c r="T105" s="67">
         <f t="shared" si="50"/>
         <v>1264.3658229198634</v>
       </c>
       <c r="U105" s="67">
         <f t="shared" si="50"/>
         <v>1343.9997658368495</v>
       </c>
       <c r="V105" s="67">
         <f t="shared" si="50"/>
         <v>1424.0651530455345</v>
       </c>
       <c r="W105" s="67">
         <f t="shared" si="50"/>
         <v>1504.5244206417547</v>
       </c>
     </row>
     <row r="106" spans="1:23" s="75" customFormat="1" ht="15" thickTop="1">
       <c r="B106" s="75" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D106" s="177">
+        <v>166</v>
+      </c>
+      <c r="D106" s="174">
         <f t="shared" ref="D106:W106" si="51">ROUND(D90-D105,3)</f>
         <v>0</v>
       </c>
-      <c r="E106" s="177">
+      <c r="E106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="F106" s="177">
+      <c r="F106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="G106" s="177">
+      <c r="G106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="H106" s="177">
+      <c r="H106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="I106" s="177">
+      <c r="I106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="J106" s="177">
+      <c r="J106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="K106" s="177">
+      <c r="K106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="L106" s="177">
+      <c r="L106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="M106" s="177">
+      <c r="M106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="N106" s="177">
+      <c r="N106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="O106" s="177">
+      <c r="O106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="P106" s="177">
+      <c r="P106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="Q106" s="177">
+      <c r="Q106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="R106" s="177">
+      <c r="R106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="S106" s="177">
+      <c r="S106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="T106" s="177">
+      <c r="T106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="U106" s="177">
+      <c r="U106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="V106" s="177">
+      <c r="V106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
-      <c r="W106" s="177">
+      <c r="W106" s="174">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:23">
       <c r="B107" s="49"/>
       <c r="C107" s="49"/>
-      <c r="D107" s="97"/>
-[...18 lines deleted...]
-      <c r="W107" s="97"/>
+      <c r="D107" s="95"/>
+      <c r="E107" s="95"/>
+      <c r="F107" s="95"/>
+      <c r="G107" s="95"/>
+      <c r="H107" s="95"/>
+      <c r="I107" s="95"/>
+      <c r="J107" s="95"/>
+      <c r="K107" s="95"/>
+      <c r="L107" s="95"/>
+      <c r="M107" s="95"/>
+      <c r="N107" s="95"/>
+      <c r="O107" s="95"/>
+      <c r="P107" s="95"/>
+      <c r="Q107" s="95"/>
+      <c r="R107" s="95"/>
+      <c r="S107" s="95"/>
+      <c r="T107" s="95"/>
+      <c r="U107" s="95"/>
+      <c r="V107" s="95"/>
+      <c r="W107" s="95"/>
     </row>
     <row r="108" spans="1:23" s="20" customFormat="1" ht="15" customHeight="1" collapsed="1">
       <c r="A108" s="11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B108" s="19" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C108" s="19"/>
       <c r="D108" s="13">
         <v>1</v>
       </c>
       <c r="E108" s="13">
         <f>D108+1</f>
         <v>2</v>
       </c>
       <c r="F108" s="13">
         <f t="shared" ref="F108" si="52">E108+1</f>
         <v>3</v>
       </c>
-      <c r="G108" s="220"/>
-[...15 lines deleted...]
-      <c r="W108" s="220"/>
+      <c r="G108" s="216"/>
+      <c r="H108" s="216"/>
+      <c r="I108" s="216"/>
+      <c r="J108" s="216"/>
+      <c r="K108" s="216"/>
+      <c r="L108" s="216"/>
+      <c r="M108" s="216"/>
+      <c r="N108" s="216"/>
+      <c r="O108" s="216"/>
+      <c r="P108" s="216"/>
+      <c r="Q108" s="216"/>
+      <c r="R108" s="216"/>
+      <c r="S108" s="216"/>
+      <c r="T108" s="216"/>
+      <c r="U108" s="216"/>
+      <c r="V108" s="216"/>
+      <c r="W108" s="216"/>
     </row>
     <row r="109" spans="1:23">
       <c r="B109" s="40" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C109" s="41"/>
       <c r="D109" s="74">
         <f t="shared" ref="D109:W109" si="53">D69</f>
         <v>2.9382799999999998</v>
       </c>
       <c r="E109" s="74">
         <f t="shared" si="53"/>
         <v>18.430741250000004</v>
       </c>
       <c r="F109" s="74">
         <f t="shared" si="53"/>
         <v>70.154539166666666</v>
       </c>
       <c r="G109" s="74">
         <f t="shared" si="53"/>
         <v>86.942865833333329</v>
       </c>
       <c r="H109" s="74">
         <f t="shared" si="53"/>
         <v>85.252386333333334</v>
       </c>
       <c r="I109" s="74">
         <f t="shared" si="53"/>
         <v>85.496006300000033</v>
@@ -31394,51 +31396,51 @@
         <v>79.754113739804851</v>
       </c>
       <c r="S109" s="74">
         <f t="shared" si="53"/>
         <v>79.471200113785343</v>
       </c>
       <c r="T109" s="74">
         <f t="shared" si="53"/>
         <v>79.159995125163874</v>
       </c>
       <c r="U109" s="74">
         <f t="shared" si="53"/>
         <v>79.624752971013606</v>
       </c>
       <c r="V109" s="74">
         <f t="shared" si="53"/>
         <v>80.055278268114961</v>
       </c>
       <c r="W109" s="74">
         <f t="shared" si="53"/>
         <v>80.448147761593091</v>
       </c>
     </row>
     <row r="110" spans="1:23">
       <c r="B110" s="30" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C110" s="21"/>
       <c r="D110" s="37">
         <f t="shared" ref="D110:W110" si="54">-D35</f>
         <v>0.65</v>
       </c>
       <c r="E110" s="37">
         <f t="shared" si="54"/>
         <v>0.65</v>
       </c>
       <c r="F110" s="37">
         <f t="shared" si="54"/>
         <v>1.7333333333333334</v>
       </c>
       <c r="G110" s="37">
         <f t="shared" si="54"/>
         <v>2.8166666666666664</v>
       </c>
       <c r="H110" s="37">
         <f t="shared" si="54"/>
         <v>4.7666666666666675</v>
       </c>
       <c r="I110" s="37">
         <f t="shared" si="54"/>
         <v>5.1999999999999993</v>
@@ -31480,51 +31482,51 @@
         <v>8.7749999999999986</v>
       </c>
       <c r="S110" s="37">
         <f t="shared" si="54"/>
         <v>8.7749999999999986</v>
       </c>
       <c r="T110" s="37">
         <f t="shared" si="54"/>
         <v>8.7749999999999986</v>
       </c>
       <c r="U110" s="37">
         <f t="shared" si="54"/>
         <v>7.6916666666666673</v>
       </c>
       <c r="V110" s="37">
         <f t="shared" si="54"/>
         <v>6.6083333333333334</v>
       </c>
       <c r="W110" s="37">
         <f t="shared" si="54"/>
         <v>5.5250000000000004</v>
       </c>
     </row>
     <row r="111" spans="1:23">
       <c r="B111" s="30" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C111" s="21"/>
       <c r="D111" s="37">
         <f t="shared" ref="D111:W111" si="55">-(SUM(D76,D75,C93,C94,D77)-SUM(C76,C75,D93,D94,C77))</f>
         <v>-1.1888000000000001</v>
       </c>
       <c r="E111" s="37">
         <f t="shared" si="55"/>
         <v>-20.899199999999997</v>
       </c>
       <c r="F111" s="37">
         <f t="shared" si="55"/>
         <v>-28.168800000000005</v>
       </c>
       <c r="G111" s="37">
         <f t="shared" si="55"/>
         <v>-12.549679999999995</v>
       </c>
       <c r="H111" s="37">
         <f t="shared" si="55"/>
         <v>-1.0647999999989111E-2</v>
       </c>
       <c r="I111" s="37">
         <f t="shared" si="55"/>
         <v>-1.171280000001218E-2</v>
@@ -31566,51 +31568,51 @@
         <v>-2.7618169715140084E-2</v>
       </c>
       <c r="S111" s="37">
         <f t="shared" si="55"/>
         <v>-3.0379986686654092E-2</v>
       </c>
       <c r="T111" s="37">
         <f t="shared" si="55"/>
         <v>-3.3417985355342239E-2</v>
       </c>
       <c r="U111" s="37">
         <f t="shared" si="55"/>
         <v>-3.6759783890857989E-2</v>
       </c>
       <c r="V111" s="37">
         <f t="shared" si="55"/>
         <v>-4.0435762279926735E-2</v>
       </c>
       <c r="W111" s="37">
         <f t="shared" si="55"/>
         <v>-4.4479338507940724E-2</v>
       </c>
     </row>
     <row r="112" spans="1:23">
       <c r="B112" s="45" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C112" s="45"/>
       <c r="D112" s="46">
         <f t="shared" ref="D112:W112" si="56">SUM(D109:D111)</f>
         <v>2.3994799999999996</v>
       </c>
       <c r="E112" s="46">
         <f>SUM(E109:E111)</f>
         <v>-1.8184587499999942</v>
       </c>
       <c r="F112" s="46">
         <f t="shared" si="56"/>
         <v>43.719072499999996</v>
       </c>
       <c r="G112" s="46">
         <f t="shared" si="56"/>
         <v>77.209852499999997</v>
       </c>
       <c r="H112" s="46">
         <f t="shared" si="56"/>
         <v>90.00840500000001</v>
       </c>
       <c r="I112" s="46">
         <f t="shared" si="56"/>
         <v>90.684293500000024</v>
@@ -31652,51 +31654,51 @@
         <v>88.501495570089702</v>
       </c>
       <c r="S112" s="46">
         <f t="shared" si="56"/>
         <v>88.215820127098681</v>
       </c>
       <c r="T112" s="46">
         <f t="shared" si="56"/>
         <v>87.901577139808538</v>
       </c>
       <c r="U112" s="46">
         <f t="shared" si="56"/>
         <v>87.279659853789411</v>
       </c>
       <c r="V112" s="46">
         <f t="shared" si="56"/>
         <v>86.623175839168368</v>
       </c>
       <c r="W112" s="46">
         <f t="shared" si="56"/>
         <v>85.928668423085156</v>
       </c>
     </row>
     <row r="113" spans="2:23" s="73" customFormat="1">
       <c r="B113" s="76" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C113" s="76"/>
       <c r="D113" s="77">
         <f t="shared" ref="D113:W113" si="57">D112-(D61*(1-D66))</f>
         <v>-1.3255200000000005</v>
       </c>
       <c r="E113" s="78">
         <f t="shared" si="57"/>
         <v>-2.1071462499999942</v>
       </c>
       <c r="F113" s="78">
         <f t="shared" si="57"/>
         <v>42.564322499999996</v>
       </c>
       <c r="G113" s="78">
         <f t="shared" si="57"/>
         <v>76.055102500000004</v>
       </c>
       <c r="H113" s="78">
         <f t="shared" si="57"/>
         <v>88.853655000000003</v>
       </c>
       <c r="I113" s="78">
         <f t="shared" si="57"/>
         <v>88.663481000000019</v>
@@ -31739,51 +31741,51 @@
       </c>
       <c r="S113" s="78">
         <f t="shared" si="57"/>
         <v>88.215820127098681</v>
       </c>
       <c r="T113" s="78">
         <f t="shared" si="57"/>
         <v>87.901577139808538</v>
       </c>
       <c r="U113" s="78">
         <f t="shared" si="57"/>
         <v>87.279659853789411</v>
       </c>
       <c r="V113" s="78">
         <f t="shared" si="57"/>
         <v>86.623175839168368</v>
       </c>
       <c r="W113" s="78">
         <f t="shared" si="57"/>
         <v>85.928668423085156</v>
       </c>
     </row>
     <row r="114" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="115" spans="2:23">
       <c r="B115" s="30" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C115" s="21"/>
       <c r="D115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!G14</f>
         <v>-18</v>
       </c>
       <c r="E115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!H14</f>
         <v>-8</v>
       </c>
       <c r="F115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!I14</f>
         <v>-33</v>
       </c>
       <c r="G115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!J14</f>
         <v>-33</v>
       </c>
       <c r="H115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!K14</f>
         <v>-33</v>
       </c>
       <c r="I115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!L14</f>
         <v>-25</v>
@@ -31825,254 +31827,254 @@
         <v>-5.5</v>
       </c>
       <c r="S115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!V14</f>
         <v>-5.5</v>
       </c>
       <c r="T115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!W14</f>
         <v>-5.5</v>
       </c>
       <c r="U115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!X14</f>
         <v>-5.5</v>
       </c>
       <c r="V115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Y14</f>
         <v>-5.5</v>
       </c>
       <c r="W115" s="44">
         <f>-'CapEx &amp; Depr Schedule'!Z14</f>
         <v>-5.5</v>
       </c>
     </row>
     <row r="116" spans="2:23">
       <c r="B116" s="30" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C116" s="21"/>
       <c r="D116" s="44">
         <f>'CapEx &amp; Depr Schedule'!G26</f>
         <v>0</v>
       </c>
-      <c r="E116" s="228">
+      <c r="E116" s="224">
         <f>'CapEx &amp; Depr Schedule'!H26</f>
         <v>3.5</v>
       </c>
-      <c r="F116" s="228">
+      <c r="F116" s="224">
         <f>'CapEx &amp; Depr Schedule'!I26</f>
         <v>0</v>
       </c>
-      <c r="G116" s="228">
+      <c r="G116" s="224">
         <f>'CapEx &amp; Depr Schedule'!J26</f>
         <v>8.75</v>
       </c>
-      <c r="H116" s="228">
+      <c r="H116" s="224">
         <f>'CapEx &amp; Depr Schedule'!K26</f>
         <v>8.75</v>
       </c>
-      <c r="I116" s="228">
+      <c r="I116" s="224">
         <f>'CapEx &amp; Depr Schedule'!L26</f>
         <v>22.75</v>
       </c>
-      <c r="J116" s="228">
+      <c r="J116" s="224">
         <f>'CapEx &amp; Depr Schedule'!M26</f>
         <v>8.75</v>
       </c>
-      <c r="K116" s="228">
+      <c r="K116" s="224">
         <f>'CapEx &amp; Depr Schedule'!N26</f>
         <v>0</v>
       </c>
-      <c r="L116" s="228">
+      <c r="L116" s="224">
         <f>'CapEx &amp; Depr Schedule'!O26</f>
         <v>0</v>
       </c>
-      <c r="M116" s="228">
+      <c r="M116" s="224">
         <f>'CapEx &amp; Depr Schedule'!P26</f>
         <v>0</v>
       </c>
-      <c r="N116" s="228">
+      <c r="N116" s="224">
         <f>'CapEx &amp; Depr Schedule'!Q26</f>
         <v>0</v>
       </c>
-      <c r="O116" s="228">
+      <c r="O116" s="224">
         <f>'CapEx &amp; Depr Schedule'!R26</f>
         <v>1.925</v>
       </c>
-      <c r="P116" s="228">
+      <c r="P116" s="224">
         <f>'CapEx &amp; Depr Schedule'!S26</f>
         <v>1.925</v>
       </c>
-      <c r="Q116" s="228">
+      <c r="Q116" s="224">
         <f>'CapEx &amp; Depr Schedule'!T26</f>
         <v>1.925</v>
       </c>
-      <c r="R116" s="228">
+      <c r="R116" s="224">
         <f>'CapEx &amp; Depr Schedule'!U26</f>
         <v>1.925</v>
       </c>
-      <c r="S116" s="228">
+      <c r="S116" s="224">
         <f>'CapEx &amp; Depr Schedule'!V26</f>
         <v>1.925</v>
       </c>
-      <c r="T116" s="228">
+      <c r="T116" s="224">
         <f>'CapEx &amp; Depr Schedule'!W26</f>
         <v>1.925</v>
       </c>
-      <c r="U116" s="228">
+      <c r="U116" s="224">
         <f>'CapEx &amp; Depr Schedule'!X26</f>
         <v>1.925</v>
       </c>
-      <c r="V116" s="228">
+      <c r="V116" s="224">
         <f>'CapEx &amp; Depr Schedule'!Y26</f>
         <v>1.925</v>
       </c>
-      <c r="W116" s="228">
+      <c r="W116" s="224">
         <f>'CapEx &amp; Depr Schedule'!Z26</f>
         <v>1.925</v>
       </c>
     </row>
     <row r="117" spans="2:23">
       <c r="B117" s="45" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C117" s="45"/>
-      <c r="D117" s="229">
+      <c r="D117" s="225">
         <f t="shared" ref="D117:W117" si="58">SUM(D115:D116)</f>
         <v>-18</v>
       </c>
-      <c r="E117" s="230">
+      <c r="E117" s="226">
         <f t="shared" si="58"/>
         <v>-4.5</v>
       </c>
-      <c r="F117" s="230">
+      <c r="F117" s="226">
         <f t="shared" si="58"/>
         <v>-33</v>
       </c>
-      <c r="G117" s="230">
+      <c r="G117" s="226">
         <f t="shared" si="58"/>
         <v>-24.25</v>
       </c>
-      <c r="H117" s="230">
+      <c r="H117" s="226">
         <f t="shared" si="58"/>
         <v>-24.25</v>
       </c>
-      <c r="I117" s="230">
+      <c r="I117" s="226">
         <f t="shared" si="58"/>
         <v>-2.25</v>
       </c>
-      <c r="J117" s="230">
+      <c r="J117" s="226">
         <f t="shared" si="58"/>
         <v>8.75</v>
       </c>
-      <c r="K117" s="230">
+      <c r="K117" s="226">
         <f t="shared" si="58"/>
         <v>0</v>
       </c>
-      <c r="L117" s="230">
+      <c r="L117" s="226">
         <f t="shared" si="58"/>
         <v>0</v>
       </c>
-      <c r="M117" s="230">
+      <c r="M117" s="226">
         <f t="shared" si="58"/>
         <v>0</v>
       </c>
-      <c r="N117" s="230">
+      <c r="N117" s="226">
         <f t="shared" si="58"/>
         <v>-5.5</v>
       </c>
-      <c r="O117" s="230">
+      <c r="O117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="P117" s="230">
+      <c r="P117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="Q117" s="230">
+      <c r="Q117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="R117" s="230">
+      <c r="R117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="S117" s="230">
+      <c r="S117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="T117" s="230">
+      <c r="T117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="U117" s="230">
+      <c r="U117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="V117" s="230">
+      <c r="V117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
-      <c r="W117" s="230">
+      <c r="W117" s="226">
         <f t="shared" si="58"/>
         <v>-3.5750000000000002</v>
       </c>
     </row>
     <row r="118" spans="2:23" ht="5.0999999999999996" customHeight="1">
       <c r="B118" s="79"/>
       <c r="C118" s="79"/>
       <c r="D118" s="37"/>
       <c r="E118" s="37"/>
       <c r="F118" s="37"/>
       <c r="G118" s="37"/>
       <c r="H118" s="37"/>
       <c r="I118" s="37"/>
       <c r="J118" s="37"/>
       <c r="K118" s="37"/>
       <c r="L118" s="37"/>
       <c r="M118" s="37"/>
       <c r="N118" s="37"/>
       <c r="O118" s="37"/>
       <c r="P118" s="37"/>
       <c r="Q118" s="37"/>
       <c r="R118" s="37"/>
       <c r="S118" s="37"/>
       <c r="T118" s="37"/>
       <c r="U118" s="37"/>
       <c r="V118" s="37"/>
       <c r="W118" s="37"/>
     </row>
     <row r="119" spans="2:23">
       <c r="B119" s="30" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C119" s="21"/>
-      <c r="D119" s="178">
+      <c r="D119" s="175">
         <f>Control!D65</f>
         <v>5.6005199999999995</v>
       </c>
-      <c r="E119" s="178">
+      <c r="E119" s="175">
         <f>Control!E65</f>
         <v>5.5434587499999948</v>
       </c>
       <c r="F119" s="44">
         <f>Control!F65</f>
         <v>0</v>
       </c>
       <c r="G119" s="44">
         <f>Control!G65</f>
         <v>0</v>
       </c>
       <c r="H119" s="44">
         <f>Control!H65</f>
         <v>0</v>
       </c>
       <c r="I119" s="44">
         <f>Control!I65</f>
         <v>0</v>
       </c>
       <c r="J119" s="44">
         <f>Control!J65</f>
         <v>0</v>
       </c>
       <c r="K119" s="44">
         <f>Control!K65</f>
@@ -32107,55 +32109,55 @@
         <v>0</v>
       </c>
       <c r="S119" s="44">
         <f>Control!S65</f>
         <v>0</v>
       </c>
       <c r="T119" s="44">
         <f>Control!T65</f>
         <v>0</v>
       </c>
       <c r="U119" s="44">
         <f>Control!U65</f>
         <v>0</v>
       </c>
       <c r="V119" s="44">
         <f>Control!V65</f>
         <v>0</v>
       </c>
       <c r="W119" s="44">
         <f>Control!W65</f>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="2:23" s="73" customFormat="1" ht="15" customHeight="1">
       <c r="B120" s="72" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C120" s="80"/>
       <c r="D120" s="81">
-        <f t="shared" ref="D120:W120" si="59">D144</f>
+        <f t="shared" ref="D120:W120" si="59">D143</f>
         <v>15</v>
       </c>
       <c r="E120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="F120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="G120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="H120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="I120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="J120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
@@ -32193,141 +32195,141 @@
         <v>0</v>
       </c>
       <c r="S120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="T120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="U120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="V120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="W120" s="37">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="2:23">
       <c r="B121" s="72" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C121" s="21"/>
-      <c r="D121" s="178">
-[...3 lines deleted...]
-      <c r="E121" s="178">
+      <c r="D121" s="175">
+        <f t="shared" ref="D121:W121" si="60">D149</f>
+        <v>0</v>
+      </c>
+      <c r="E121" s="175">
         <f t="shared" si="60"/>
         <v>0.77500000000000002</v>
       </c>
-      <c r="F121" s="178">
+      <c r="F121" s="175">
         <f t="shared" si="60"/>
         <v>3.1</v>
       </c>
-      <c r="G121" s="178">
+      <c r="G121" s="175">
         <f t="shared" si="60"/>
         <v>3.1</v>
       </c>
-      <c r="H121" s="178">
+      <c r="H121" s="175">
         <f t="shared" si="60"/>
         <v>3.1</v>
       </c>
-      <c r="I121" s="178">
+      <c r="I121" s="175">
         <f t="shared" si="60"/>
         <v>5.4249999999999998</v>
       </c>
-      <c r="J121" s="178">
+      <c r="J121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="K121" s="178">
+      <c r="K121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="L121" s="178">
+      <c r="L121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="M121" s="178">
+      <c r="M121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="N121" s="178">
+      <c r="N121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="O121" s="178">
+      <c r="O121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="P121" s="178">
+      <c r="P121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="Q121" s="178">
+      <c r="Q121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="R121" s="178">
+      <c r="R121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="S121" s="178">
+      <c r="S121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="T121" s="178">
+      <c r="T121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="U121" s="178">
+      <c r="U121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="V121" s="178">
+      <c r="V121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
-      <c r="W121" s="178">
+      <c r="W121" s="175">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="2:23">
       <c r="B122" s="30" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C122" s="21"/>
       <c r="D122" s="37">
-        <f t="shared" ref="D122:W122" si="61">D145</f>
+        <f t="shared" ref="D122:W122" si="61">D144</f>
         <v>0</v>
       </c>
       <c r="E122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="F122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="G122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="H122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="I122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="J122" s="37">
         <f t="shared" si="61"/>
         <v>-3.75</v>
@@ -32365,55 +32367,55 @@
         <v>0</v>
       </c>
       <c r="S122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="T122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="U122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="V122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="W122" s="37">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="2:23" s="73" customFormat="1" ht="15" customHeight="1">
       <c r="B123" s="72" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C123" s="80"/>
       <c r="D123" s="81">
-        <f t="shared" ref="D123:W123" si="62">D151</f>
+        <f t="shared" ref="D123:W123" si="62">D150</f>
         <v>0</v>
       </c>
       <c r="E123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="F123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="G123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="H123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="I123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="J123" s="81">
         <f t="shared" si="62"/>
         <v>-3.875</v>
@@ -32451,67 +32453,67 @@
         <v>0</v>
       </c>
       <c r="S123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="T123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="U123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="V123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="W123" s="81">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="2:23">
       <c r="B124" s="30" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C124" s="21"/>
       <c r="D124" s="37">
-        <f>MAX(-SUM(D136,D120:D123,-$C133),0)</f>
+        <f t="shared" ref="D124:W124" si="63">MAX(-SUM(D135,D120:D123,-$C133),0)</f>
         <v>0</v>
       </c>
       <c r="E124" s="37">
-        <f>MAX(-SUM(E136,E120:E123,-$C133),0)</f>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="F124" s="51">
-        <f>MAX(-SUM(F136,F120:F123,-$C133),0)</f>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="G124" s="51">
-        <f t="shared" ref="F124:W124" si="63">MAX(-SUM(G136,G120:G123,-$C133),0)</f>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="H124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="I124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="J124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="K124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="L124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="M124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
@@ -32537,138 +32539,138 @@
         <v>0</v>
       </c>
       <c r="S124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="T124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="U124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="V124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="W124" s="51">
         <f t="shared" si="63"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="2:23">
       <c r="B125" s="45" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C125" s="45"/>
-      <c r="D125" s="229">
+      <c r="D125" s="225">
         <f t="shared" ref="D125:W125" si="64">SUM(D119:D124)</f>
         <v>20.600519999999999</v>
       </c>
-      <c r="E125" s="229">
+      <c r="E125" s="225">
         <f t="shared" si="64"/>
         <v>6.3184587499999951</v>
       </c>
-      <c r="F125" s="229">
+      <c r="F125" s="225">
         <f t="shared" si="64"/>
         <v>3.1</v>
       </c>
-      <c r="G125" s="229">
+      <c r="G125" s="225">
         <f t="shared" si="64"/>
         <v>3.1</v>
       </c>
-      <c r="H125" s="229">
+      <c r="H125" s="225">
         <f t="shared" si="64"/>
         <v>3.1</v>
       </c>
-      <c r="I125" s="229">
+      <c r="I125" s="225">
         <f t="shared" si="64"/>
         <v>5.4249999999999998</v>
       </c>
-      <c r="J125" s="229">
+      <c r="J125" s="225">
         <f t="shared" si="64"/>
         <v>-7.625</v>
       </c>
-      <c r="K125" s="229">
+      <c r="K125" s="225">
         <f t="shared" si="64"/>
         <v>-7.625</v>
       </c>
-      <c r="L125" s="229">
+      <c r="L125" s="225">
         <f t="shared" si="64"/>
         <v>-7.625</v>
       </c>
-      <c r="M125" s="229">
+      <c r="M125" s="225">
         <f t="shared" si="64"/>
         <v>-7.625</v>
       </c>
-      <c r="N125" s="229">
+      <c r="N125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="O125" s="229">
+      <c r="O125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="P125" s="229">
+      <c r="P125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="Q125" s="229">
+      <c r="Q125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="R125" s="229">
+      <c r="R125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="S125" s="229">
+      <c r="S125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="T125" s="229">
+      <c r="T125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="U125" s="229">
+      <c r="U125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="V125" s="229">
+      <c r="V125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
-      <c r="W125" s="229">
+      <c r="W125" s="225">
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="2:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="127" spans="2:23" ht="15" thickBot="1">
       <c r="B127" s="66" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C127" s="66"/>
       <c r="D127" s="83">
         <f t="shared" ref="D127:W127" si="65">SUM(D125,D117,D112)</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="E127" s="83">
         <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="F127" s="83">
         <f t="shared" si="65"/>
         <v>13.819072499999997</v>
       </c>
       <c r="G127" s="83">
         <f t="shared" si="65"/>
         <v>56.059852499999998</v>
       </c>
       <c r="H127" s="83">
         <f t="shared" si="65"/>
         <v>68.858405000000005</v>
       </c>
       <c r="I127" s="83">
         <f t="shared" si="65"/>
         <v>93.859293500000021</v>
@@ -32711,51 +32713,51 @@
       </c>
       <c r="S127" s="83">
         <f t="shared" si="65"/>
         <v>84.640820127098678</v>
       </c>
       <c r="T127" s="83">
         <f t="shared" si="65"/>
         <v>84.326577139808535</v>
       </c>
       <c r="U127" s="83">
         <f t="shared" si="65"/>
         <v>83.704659853789408</v>
       </c>
       <c r="V127" s="83">
         <f t="shared" si="65"/>
         <v>83.048175839168366</v>
       </c>
       <c r="W127" s="83">
         <f t="shared" si="65"/>
         <v>82.353668423085153</v>
       </c>
     </row>
     <row r="128" spans="2:23" ht="5.0999999999999996" customHeight="1" thickTop="1"/>
     <row r="129" spans="1:23" ht="15" customHeight="1">
       <c r="B129" s="30" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C129" s="21"/>
       <c r="D129" s="44">
         <v>0</v>
       </c>
       <c r="E129" s="51">
         <f t="shared" ref="E129:W129" si="66">D131</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="F129" s="51">
         <f t="shared" si="66"/>
         <v>4.9999999999999991</v>
       </c>
       <c r="G129" s="51">
         <f t="shared" si="66"/>
         <v>18.819072499999997</v>
       </c>
       <c r="H129" s="51">
         <f t="shared" si="66"/>
         <v>74.878924999999995</v>
       </c>
       <c r="I129" s="51">
         <f t="shared" si="66"/>
         <v>143.73732999999999</v>
       </c>
@@ -32796,51 +32798,51 @@
         <v>908.39159945089716</v>
       </c>
       <c r="S129" s="51">
         <f t="shared" si="66"/>
         <v>993.3180950209869</v>
       </c>
       <c r="T129" s="51">
         <f t="shared" si="66"/>
         <v>1077.9589151480857</v>
       </c>
       <c r="U129" s="51">
         <f t="shared" si="66"/>
         <v>1162.2854922878942</v>
       </c>
       <c r="V129" s="51">
         <f t="shared" si="66"/>
         <v>1245.9901521416837</v>
       </c>
       <c r="W129" s="51">
         <f t="shared" si="66"/>
         <v>1329.038327980852</v>
       </c>
     </row>
     <row r="130" spans="1:23" ht="15" customHeight="1">
       <c r="B130" s="30" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C130" s="21"/>
       <c r="D130" s="37">
         <f t="shared" ref="D130:W130" si="67">D127</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="E130" s="51">
         <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="F130" s="51">
         <f t="shared" si="67"/>
         <v>13.819072499999997</v>
       </c>
       <c r="G130" s="51">
         <f t="shared" si="67"/>
         <v>56.059852499999998</v>
       </c>
       <c r="H130" s="51">
         <f t="shared" si="67"/>
         <v>68.858405000000005</v>
       </c>
       <c r="I130" s="51">
         <f t="shared" si="67"/>
         <v>93.859293500000021</v>
@@ -32882,51 +32884,51 @@
         <v>84.926495570089699</v>
       </c>
       <c r="S130" s="51">
         <f t="shared" si="67"/>
         <v>84.640820127098678</v>
       </c>
       <c r="T130" s="51">
         <f t="shared" si="67"/>
         <v>84.326577139808535</v>
       </c>
       <c r="U130" s="51">
         <f t="shared" si="67"/>
         <v>83.704659853789408</v>
       </c>
       <c r="V130" s="51">
         <f t="shared" si="67"/>
         <v>83.048175839168366</v>
       </c>
       <c r="W130" s="51">
         <f t="shared" si="67"/>
         <v>82.353668423085153</v>
       </c>
     </row>
     <row r="131" spans="1:23" ht="15" customHeight="1">
       <c r="B131" s="45" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C131" s="45"/>
       <c r="D131" s="46">
         <f>SUM(D129:D130)</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="E131" s="82">
         <f t="shared" ref="E131:W131" si="68">SUM(E129:E130)</f>
         <v>4.9999999999999991</v>
       </c>
       <c r="F131" s="82">
         <f>SUM(F129:F130)</f>
         <v>18.819072499999997</v>
       </c>
       <c r="G131" s="82">
         <f t="shared" si="68"/>
         <v>74.878924999999995</v>
       </c>
       <c r="H131" s="82">
         <f>SUM(H129:H130)</f>
         <v>143.73732999999999</v>
       </c>
       <c r="I131" s="82">
         <f>SUM(I129:I130)</f>
         <v>237.59662350000002</v>
@@ -32968,2207 +32970,1878 @@
         <v>993.3180950209869</v>
       </c>
       <c r="S131" s="82">
         <f t="shared" si="68"/>
         <v>1077.9589151480857</v>
       </c>
       <c r="T131" s="82">
         <f t="shared" si="68"/>
         <v>1162.2854922878942</v>
       </c>
       <c r="U131" s="82">
         <f t="shared" si="68"/>
         <v>1245.9901521416837</v>
       </c>
       <c r="V131" s="82">
         <f t="shared" si="68"/>
         <v>1329.038327980852</v>
       </c>
       <c r="W131" s="82">
         <f t="shared" si="68"/>
         <v>1411.3919964039371</v>
       </c>
     </row>
     <row r="132" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
     <row r="133" spans="1:23">
-      <c r="B133" s="84" t="s">
-[...2 lines deleted...]
-      <c r="C133" s="170">
+      <c r="B133" s="294" t="s">
+        <v>186</v>
+      </c>
+      <c r="C133" s="295">
         <f>Control!D90</f>
         <v>5</v>
       </c>
       <c r="D133" s="69"/>
     </row>
-    <row r="134" spans="1:23">
-[...18 lines deleted...]
-        <f t="shared" ref="D136:W136" si="69">SUM(D129,D112,D117,D119)</f>
+    <row r="134" spans="1:23" ht="5.0999999999999996" customHeight="1">
+      <c r="B134" s="63"/>
+      <c r="C134" s="84"/>
+    </row>
+    <row r="135" spans="1:23" ht="15" customHeight="1">
+      <c r="B135" s="63" t="s">
+        <v>187</v>
+      </c>
+      <c r="C135" s="48"/>
+      <c r="D135" s="205">
+        <f t="shared" ref="D135:W135" si="69">SUM(D129,D112,D117,D119)</f>
         <v>-10</v>
       </c>
-      <c r="E136" s="208">
+      <c r="E135" s="205">
         <f t="shared" si="69"/>
         <v>4.2249999999999996</v>
       </c>
-      <c r="F136" s="208">
+      <c r="F135" s="205">
         <f t="shared" si="69"/>
         <v>15.719072499999996</v>
       </c>
-      <c r="G136" s="208">
+      <c r="G135" s="205">
         <f t="shared" si="69"/>
         <v>71.778924999999987</v>
       </c>
-      <c r="H136" s="208">
+      <c r="H135" s="205">
         <f t="shared" si="69"/>
         <v>140.63733000000002</v>
       </c>
-      <c r="I136" s="208">
+      <c r="I135" s="205">
         <f t="shared" si="69"/>
         <v>232.17162350000001</v>
       </c>
-      <c r="J136" s="208">
+      <c r="J135" s="205">
         <f t="shared" si="69"/>
         <v>334.85430772500001</v>
       </c>
-      <c r="K136" s="208">
+      <c r="K135" s="205">
         <f t="shared" si="69"/>
         <v>415.77693474750004</v>
       </c>
-      <c r="L136" s="208">
+      <c r="L135" s="205">
         <f t="shared" si="69"/>
         <v>496.72617759725006</v>
       </c>
-      <c r="M136" s="208">
+      <c r="M135" s="205">
         <f t="shared" si="69"/>
         <v>577.68737660697502</v>
       </c>
-      <c r="N136" s="208">
+      <c r="N135" s="205">
         <f t="shared" si="69"/>
         <v>653.2401248926725</v>
       </c>
-      <c r="O136" s="208">
+      <c r="O135" s="205">
         <f t="shared" si="69"/>
         <v>738.33007800693963</v>
       </c>
-      <c r="P136" s="208">
+      <c r="P135" s="205">
         <f t="shared" si="69"/>
         <v>823.38772393263366</v>
       </c>
-      <c r="Q136" s="208">
+      <c r="Q135" s="205">
         <f t="shared" si="69"/>
         <v>908.39159945089705</v>
       </c>
-      <c r="R136" s="208">
+      <c r="R135" s="205">
         <f t="shared" si="69"/>
         <v>993.31809502098679</v>
       </c>
-      <c r="S136" s="208">
+      <c r="S135" s="205">
         <f t="shared" si="69"/>
         <v>1077.9589151480855</v>
       </c>
-      <c r="T136" s="208">
+      <c r="T135" s="205">
         <f t="shared" si="69"/>
         <v>1162.2854922878942</v>
       </c>
-      <c r="U136" s="208">
+      <c r="U135" s="205">
         <f t="shared" si="69"/>
         <v>1245.9901521416834</v>
       </c>
-      <c r="V136" s="208">
+      <c r="V135" s="205">
         <f t="shared" si="69"/>
         <v>1329.038327980852</v>
       </c>
-      <c r="W136" s="208">
+      <c r="W135" s="205">
         <f t="shared" si="69"/>
         <v>1411.3919964039371</v>
       </c>
     </row>
-    <row r="137" spans="1:23" s="73" customFormat="1" ht="15" customHeight="1">
-[...5 lines deleted...]
-        <f>IF(D136&lt;$C$133,$C$133-D136,0)</f>
+    <row r="136" spans="1:23" s="73" customFormat="1" ht="15" customHeight="1">
+      <c r="B136" s="85" t="s">
+        <v>188</v>
+      </c>
+      <c r="C136" s="86"/>
+      <c r="D136" s="203">
+        <f>IF(D135&lt;$C$133,$C$133-D135,0)</f>
         <v>15</v>
       </c>
-      <c r="E137" s="207">
-        <f>IF(E136&lt;$C$133,$C$133-E136,0)</f>
+      <c r="E136" s="204">
+        <f>IF(E135&lt;$C$133,$C$133-E135,0)</f>
         <v>0.77500000000000036</v>
       </c>
-      <c r="F137" s="207">
-[...3 lines deleted...]
-      <c r="G137" s="207">
+      <c r="F136" s="204">
+        <f t="shared" ref="F136:W136" si="70">IF(F135&lt;$C$133,$C$133-F135,0)</f>
+        <v>0</v>
+      </c>
+      <c r="G136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="H137" s="207">
+      <c r="H136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="I137" s="207">
+      <c r="I136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="J137" s="207">
+      <c r="J136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="K137" s="207">
+      <c r="K136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="L137" s="207">
+      <c r="L136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="M137" s="207">
+      <c r="M136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="N137" s="207">
+      <c r="N136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="O137" s="207">
+      <c r="O136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="P137" s="207">
+      <c r="P136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="Q137" s="207">
+      <c r="Q136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="R137" s="207">
+      <c r="R136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="S137" s="207">
+      <c r="S136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="T137" s="207">
+      <c r="T136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="U137" s="207">
+      <c r="U136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="V137" s="207">
+      <c r="V136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
-      <c r="W137" s="207">
+      <c r="W136" s="204">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
     </row>
-    <row r="138" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
+    <row r="137" spans="1:23" ht="5.0999999999999996" customHeight="1"/>
+    <row r="139" spans="1:23" s="20" customFormat="1" ht="15" customHeight="1">
+      <c r="A139" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B139" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="C139" s="19"/>
+      <c r="D139" s="13">
+        <v>1</v>
+      </c>
+      <c r="E139" s="13">
+        <f>D139+1</f>
+        <v>2</v>
+      </c>
+      <c r="F139" s="13">
+        <f t="shared" ref="F139" si="71">E139+1</f>
+        <v>3</v>
+      </c>
+      <c r="G139" s="13">
+        <f t="shared" ref="G139" si="72">F139+1</f>
+        <v>4</v>
+      </c>
+      <c r="H139" s="13">
+        <f t="shared" ref="H139" si="73">G139+1</f>
+        <v>5</v>
+      </c>
+      <c r="I139" s="13">
+        <f t="shared" ref="I139" si="74">H139+1</f>
+        <v>6</v>
+      </c>
+      <c r="J139" s="13">
+        <f t="shared" ref="J139" si="75">I139+1</f>
+        <v>7</v>
+      </c>
+      <c r="K139" s="13">
+        <f t="shared" ref="K139" si="76">J139+1</f>
+        <v>8</v>
+      </c>
+      <c r="L139" s="13">
+        <f t="shared" ref="L139" si="77">K139+1</f>
+        <v>9</v>
+      </c>
+      <c r="M139" s="13">
+        <f t="shared" ref="M139" si="78">L139+1</f>
+        <v>10</v>
+      </c>
+      <c r="N139" s="13">
+        <f t="shared" ref="N139" si="79">M139+1</f>
+        <v>11</v>
+      </c>
+      <c r="O139" s="13">
+        <f t="shared" ref="O139" si="80">N139+1</f>
+        <v>12</v>
+      </c>
+      <c r="P139" s="13">
+        <f t="shared" ref="P139" si="81">O139+1</f>
+        <v>13</v>
+      </c>
+      <c r="Q139" s="13">
+        <f t="shared" ref="Q139" si="82">P139+1</f>
+        <v>14</v>
+      </c>
+      <c r="R139" s="13">
+        <f t="shared" ref="R139" si="83">Q139+1</f>
+        <v>15</v>
+      </c>
+      <c r="S139" s="13">
+        <f t="shared" ref="S139" si="84">R139+1</f>
+        <v>16</v>
+      </c>
+      <c r="T139" s="13">
+        <f t="shared" ref="T139" si="85">S139+1</f>
+        <v>17</v>
+      </c>
+      <c r="U139" s="13">
+        <f t="shared" ref="U139" si="86">T139+1</f>
+        <v>18</v>
+      </c>
+      <c r="V139" s="13">
+        <f t="shared" ref="V139" si="87">U139+1</f>
+        <v>19</v>
+      </c>
+      <c r="W139" s="13">
+        <f t="shared" ref="W139" si="88">V139+1</f>
+        <v>20</v>
+      </c>
+    </row>
     <row r="140" spans="1:23" s="20" customFormat="1" ht="15" customHeight="1">
-      <c r="A140" s="11" t="s">
-[...62 lines deleted...]
-        <f t="shared" ref="R140" si="83">Q140+1</f>
+      <c r="A140" s="87"/>
+      <c r="B140" s="88"/>
+      <c r="C140" s="88"/>
+      <c r="D140" s="89"/>
+      <c r="E140" s="215"/>
+      <c r="F140" s="215"/>
+      <c r="G140" s="215"/>
+      <c r="H140" s="215"/>
+      <c r="I140" s="215"/>
+      <c r="J140" s="215"/>
+      <c r="K140" s="215"/>
+      <c r="L140" s="215"/>
+      <c r="M140" s="215"/>
+      <c r="N140" s="215"/>
+      <c r="O140" s="215"/>
+      <c r="P140" s="215"/>
+      <c r="Q140" s="215"/>
+      <c r="R140" s="215"/>
+      <c r="S140" s="215"/>
+      <c r="T140" s="215"/>
+      <c r="U140" s="215"/>
+      <c r="V140" s="215"/>
+      <c r="W140" s="215"/>
+    </row>
+    <row r="141" spans="1:23">
+      <c r="B141" s="68" t="s">
+        <v>71</v>
+      </c>
+      <c r="C141" s="49"/>
+    </row>
+    <row r="142" spans="1:23">
+      <c r="B142" s="30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C142" s="31"/>
+      <c r="D142" s="218">
+        <v>0</v>
+      </c>
+      <c r="E142" s="219">
+        <f>+D145</f>
         <v>15</v>
       </c>
-      <c r="S140" s="13">
-[...49 lines deleted...]
-      <c r="C142" s="49"/>
+      <c r="F142" s="219">
+        <f t="shared" ref="F142:W142" si="89">+E145</f>
+        <v>15</v>
+      </c>
+      <c r="G142" s="219">
+        <f t="shared" si="89"/>
+        <v>15</v>
+      </c>
+      <c r="H142" s="219">
+        <f t="shared" si="89"/>
+        <v>15</v>
+      </c>
+      <c r="I142" s="219">
+        <f t="shared" si="89"/>
+        <v>15</v>
+      </c>
+      <c r="J142" s="219">
+        <f t="shared" si="89"/>
+        <v>15</v>
+      </c>
+      <c r="K142" s="219">
+        <f t="shared" si="89"/>
+        <v>11.25</v>
+      </c>
+      <c r="L142" s="219">
+        <f t="shared" si="89"/>
+        <v>7.5</v>
+      </c>
+      <c r="M142" s="219">
+        <f t="shared" si="89"/>
+        <v>3.75</v>
+      </c>
+      <c r="N142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="O142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="P142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="Q142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="R142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="S142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="T142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="U142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="V142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="W142" s="219">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="143" spans="1:23">
       <c r="B143" s="30" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C143" s="31"/>
-      <c r="D143" s="222">
-[...3 lines deleted...]
-        <f>+D146</f>
+      <c r="D143" s="220">
+        <f>+Control!D84*Control!$D$80</f>
         <v>15</v>
       </c>
-      <c r="F143" s="223">
-[...68 lines deleted...]
-        <f t="shared" si="89"/>
+      <c r="E143" s="220">
+        <f>+Control!E84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="F143" s="220">
+        <f>+Control!F84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="G143" s="220">
+        <f>+Control!G84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="H143" s="220">
+        <f>+Control!H84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="I143" s="220">
+        <f>+Control!I84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="J143" s="220">
+        <f>+Control!J84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="K143" s="220">
+        <f>+Control!K84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="L143" s="220">
+        <f>+Control!L84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="M143" s="220">
+        <f>+Control!M84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="N143" s="220">
+        <f>+Control!N84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="O143" s="220">
+        <f>+Control!O84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="P143" s="220">
+        <f>+Control!P84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="Q143" s="220">
+        <f>+Control!Q84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="R143" s="220">
+        <f>+Control!R84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="S143" s="220">
+        <f>+Control!S84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="T143" s="220">
+        <f>+Control!T84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="U143" s="220">
+        <f>+Control!U84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="V143" s="220">
+        <f>+Control!V84*Control!$D$80</f>
+        <v>0</v>
+      </c>
+      <c r="W143" s="220">
+        <f>+Control!W84*Control!$D$80</f>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:23">
       <c r="B144" s="30" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C144" s="31"/>
-      <c r="D144" s="224">
-[...85 lines deleted...]
-      <c r="D145" s="224">
+      <c r="D144" s="220">
         <f>-Control!D85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="E145" s="224">
+      <c r="E144" s="220">
         <f>-Control!E85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="F145" s="224">
+      <c r="F144" s="220">
         <f>-Control!F85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="G145" s="224">
+      <c r="G144" s="220">
         <f>-Control!G85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="H145" s="224">
+      <c r="H144" s="220">
         <f>-Control!H85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="I145" s="224">
+      <c r="I144" s="220">
         <f>-Control!I85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="J145" s="224">
+      <c r="J144" s="220">
         <f>-Control!J85*Control!$D$80</f>
         <v>-3.75</v>
       </c>
-      <c r="K145" s="224">
+      <c r="K144" s="220">
         <f>-Control!K85*Control!$D$80</f>
         <v>-3.75</v>
       </c>
-      <c r="L145" s="224">
+      <c r="L144" s="220">
         <f>-Control!L85*Control!$D$80</f>
         <v>-3.75</v>
       </c>
-      <c r="M145" s="224">
+      <c r="M144" s="220">
         <f>-Control!M85*Control!$D$80</f>
         <v>-3.75</v>
       </c>
-      <c r="N145" s="224">
+      <c r="N144" s="220">
         <f>-Control!N85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="O145" s="224">
+      <c r="O144" s="220">
         <f>-Control!O85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="P145" s="224">
+      <c r="P144" s="220">
         <f>-Control!P85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="Q145" s="224">
+      <c r="Q144" s="220">
         <f>-Control!Q85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="R145" s="224">
+      <c r="R144" s="220">
         <f>-Control!R85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="S145" s="224">
+      <c r="S144" s="220">
         <f>-Control!S85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="T145" s="224">
+      <c r="T144" s="220">
         <f>-Control!T85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="U145" s="224">
+      <c r="U144" s="220">
         <f>-Control!U85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="V145" s="224">
+      <c r="V144" s="220">
         <f>-Control!V85*Control!$D$80</f>
         <v>0</v>
       </c>
-      <c r="W145" s="224">
+      <c r="W144" s="220">
         <f>-Control!W85*Control!$D$80</f>
         <v>0</v>
       </c>
     </row>
-    <row r="146" spans="2:23">
-[...5 lines deleted...]
-        <f t="shared" ref="D146:W146" si="90">SUM(D143:D145)</f>
+    <row r="145" spans="2:23">
+      <c r="B145" s="70" t="s">
+        <v>193</v>
+      </c>
+      <c r="C145" s="71"/>
+      <c r="D145" s="151">
+        <f t="shared" ref="D145:W145" si="90">SUM(D142:D144)</f>
         <v>15</v>
       </c>
-      <c r="E146" s="153">
+      <c r="E145" s="151">
         <f t="shared" si="90"/>
         <v>15</v>
       </c>
-      <c r="F146" s="153">
+      <c r="F145" s="151">
         <f t="shared" si="90"/>
         <v>15</v>
       </c>
-      <c r="G146" s="153">
+      <c r="G145" s="151">
         <f t="shared" si="90"/>
         <v>15</v>
       </c>
-      <c r="H146" s="153">
+      <c r="H145" s="151">
         <f t="shared" si="90"/>
         <v>15</v>
       </c>
-      <c r="I146" s="153">
+      <c r="I145" s="151">
         <f t="shared" si="90"/>
         <v>15</v>
       </c>
-      <c r="J146" s="153">
+      <c r="J145" s="151">
         <f t="shared" si="90"/>
         <v>11.25</v>
       </c>
-      <c r="K146" s="153">
+      <c r="K145" s="151">
         <f t="shared" si="90"/>
         <v>7.5</v>
       </c>
-      <c r="L146" s="153">
+      <c r="L145" s="151">
         <f t="shared" si="90"/>
         <v>3.75</v>
       </c>
-      <c r="M146" s="153">
+      <c r="M145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="N146" s="153">
+      <c r="N145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="O146" s="153">
+      <c r="O145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="P146" s="153">
+      <c r="P145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="Q146" s="153">
+      <c r="Q145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="R146" s="153">
+      <c r="R145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="S146" s="153">
+      <c r="S145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="T146" s="153">
+      <c r="T145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="U146" s="153">
+      <c r="U145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="V146" s="153">
+      <c r="V145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
-      <c r="W146" s="153">
+      <c r="W145" s="151">
         <f t="shared" si="90"/>
         <v>0</v>
       </c>
     </row>
+    <row r="146" spans="2:23">
+      <c r="D146" s="110"/>
+      <c r="E146" s="110"/>
+      <c r="F146" s="110"/>
+      <c r="G146" s="110"/>
+      <c r="H146" s="110"/>
+      <c r="I146" s="110"/>
+      <c r="J146" s="110"/>
+      <c r="K146" s="110"/>
+      <c r="L146" s="110"/>
+      <c r="M146" s="110"/>
+      <c r="N146" s="110"/>
+      <c r="O146" s="110"/>
+      <c r="P146" s="110"/>
+      <c r="Q146" s="110"/>
+      <c r="R146" s="110"/>
+      <c r="S146" s="110"/>
+      <c r="T146" s="110"/>
+      <c r="U146" s="110"/>
+      <c r="V146" s="110"/>
+      <c r="W146" s="110"/>
+    </row>
     <row r="147" spans="2:23">
-      <c r="D147" s="112"/>
-[...18 lines deleted...]
-      <c r="W147" s="112"/>
+      <c r="B147" s="68" t="s">
+        <v>65</v>
+      </c>
+      <c r="C147" s="49"/>
     </row>
     <row r="148" spans="2:23">
-      <c r="B148" s="68" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="49"/>
+      <c r="B148" s="30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C148" s="31"/>
+      <c r="D148" s="218">
+        <v>0</v>
+      </c>
+      <c r="E148" s="219">
+        <f>+D151</f>
+        <v>0</v>
+      </c>
+      <c r="F148" s="219">
+        <f t="shared" ref="F148" si="91">+E151</f>
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="G148" s="219">
+        <f t="shared" ref="G148" si="92">+F151</f>
+        <v>3.875</v>
+      </c>
+      <c r="H148" s="219">
+        <f t="shared" ref="H148" si="93">+G151</f>
+        <v>6.9749999999999996</v>
+      </c>
+      <c r="I148" s="219">
+        <f t="shared" ref="I148" si="94">+H151</f>
+        <v>10.074999999999999</v>
+      </c>
+      <c r="J148" s="219">
+        <f t="shared" ref="J148" si="95">+I151</f>
+        <v>15.5</v>
+      </c>
+      <c r="K148" s="219">
+        <f t="shared" ref="K148" si="96">+J151</f>
+        <v>11.625</v>
+      </c>
+      <c r="L148" s="219">
+        <f t="shared" ref="L148" si="97">+K151</f>
+        <v>7.75</v>
+      </c>
+      <c r="M148" s="219">
+        <f t="shared" ref="M148" si="98">+L151</f>
+        <v>3.875</v>
+      </c>
+      <c r="N148" s="219">
+        <f t="shared" ref="N148" si="99">+M151</f>
+        <v>0</v>
+      </c>
+      <c r="O148" s="219">
+        <f t="shared" ref="O148" si="100">+N151</f>
+        <v>0</v>
+      </c>
+      <c r="P148" s="219">
+        <f t="shared" ref="P148" si="101">+O151</f>
+        <v>0</v>
+      </c>
+      <c r="Q148" s="219">
+        <f t="shared" ref="Q148" si="102">+P151</f>
+        <v>0</v>
+      </c>
+      <c r="R148" s="219">
+        <f t="shared" ref="R148" si="103">+Q151</f>
+        <v>0</v>
+      </c>
+      <c r="S148" s="219">
+        <f t="shared" ref="S148" si="104">+R151</f>
+        <v>0</v>
+      </c>
+      <c r="T148" s="219">
+        <f t="shared" ref="T148" si="105">+S151</f>
+        <v>0</v>
+      </c>
+      <c r="U148" s="219">
+        <f t="shared" ref="U148" si="106">+T151</f>
+        <v>0</v>
+      </c>
+      <c r="V148" s="219">
+        <f t="shared" ref="V148" si="107">+U151</f>
+        <v>0</v>
+      </c>
+      <c r="W148" s="219">
+        <f t="shared" ref="W148" si="108">+V151</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="149" spans="2:23">
       <c r="B149" s="30" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C149" s="31"/>
-      <c r="D149" s="222">
-[...7 lines deleted...]
-        <f t="shared" ref="F149" si="91">+E152</f>
+      <c r="D149" s="220">
+        <f>+Control!D75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="E149" s="220">
+        <f>+Control!E75*Control!$E$69</f>
         <v>0.77500000000000002</v>
       </c>
-      <c r="G149" s="223">
-[...64 lines deleted...]
-        <f t="shared" ref="W149" si="108">+V152</f>
+      <c r="F149" s="220">
+        <f>+Control!F75*Control!$E$69</f>
+        <v>3.1</v>
+      </c>
+      <c r="G149" s="220">
+        <f>+Control!G75*Control!$E$69</f>
+        <v>3.1</v>
+      </c>
+      <c r="H149" s="220">
+        <f>+Control!H75*Control!$E$69</f>
+        <v>3.1</v>
+      </c>
+      <c r="I149" s="220">
+        <f>+Control!I75*Control!$E$69</f>
+        <v>5.4249999999999998</v>
+      </c>
+      <c r="J149" s="220">
+        <f>+Control!J75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="K149" s="220">
+        <f>+Control!K75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="L149" s="220">
+        <f>+Control!L75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="M149" s="220">
+        <f>+Control!M75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="N149" s="220">
+        <f>+Control!N75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="O149" s="220">
+        <f>+Control!O75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="P149" s="220">
+        <f>+Control!P75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="Q149" s="220">
+        <f>+Control!Q75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="R149" s="220">
+        <f>+Control!R75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="S149" s="220">
+        <f>+Control!S75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="T149" s="220">
+        <f>+Control!T75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="U149" s="220">
+        <f>+Control!U75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="V149" s="220">
+        <f>+Control!V75*Control!$E$69</f>
+        <v>0</v>
+      </c>
+      <c r="W149" s="220">
+        <f>+Control!W75*Control!$E$69</f>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="2:23">
       <c r="B150" s="30" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C150" s="31"/>
-      <c r="D150" s="224">
-[...85 lines deleted...]
-      <c r="D151" s="224">
+      <c r="D150" s="220">
         <f>-Control!D76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="E151" s="224">
+      <c r="E150" s="220">
         <f>-Control!E76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="F151" s="224">
+      <c r="F150" s="220">
         <f>-Control!F76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="G151" s="224">
+      <c r="G150" s="220">
         <f>-Control!G76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="H151" s="224">
+      <c r="H150" s="220">
         <f>-Control!H76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="I151" s="224">
+      <c r="I150" s="220">
         <f>-Control!I76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="J151" s="224">
+      <c r="J150" s="220">
         <f>-Control!J76*Control!$E$69</f>
         <v>-3.875</v>
       </c>
-      <c r="K151" s="224">
+      <c r="K150" s="220">
         <f>-Control!K76*Control!$E$69</f>
         <v>-3.875</v>
       </c>
-      <c r="L151" s="224">
+      <c r="L150" s="220">
         <f>-Control!L76*Control!$E$69</f>
         <v>-3.875</v>
       </c>
-      <c r="M151" s="224">
+      <c r="M150" s="220">
         <f>-Control!M76*Control!$E$69</f>
         <v>-3.875</v>
       </c>
-      <c r="N151" s="224">
+      <c r="N150" s="220">
         <f>-Control!N76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="O151" s="224">
+      <c r="O150" s="220">
         <f>-Control!O76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="P151" s="224">
+      <c r="P150" s="220">
         <f>-Control!P76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="Q151" s="224">
+      <c r="Q150" s="220">
         <f>-Control!Q76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="R151" s="224">
+      <c r="R150" s="220">
         <f>-Control!R76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="S151" s="224">
+      <c r="S150" s="220">
         <f>-Control!S76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="T151" s="224">
+      <c r="T150" s="220">
         <f>-Control!T76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="U151" s="224">
+      <c r="U150" s="220">
         <f>-Control!U76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="V151" s="224">
+      <c r="V150" s="220">
         <f>-Control!V76*Control!$E$69</f>
         <v>0</v>
       </c>
-      <c r="W151" s="224">
+      <c r="W150" s="220">
         <f>-Control!W76*Control!$E$69</f>
         <v>0</v>
       </c>
     </row>
-    <row r="152" spans="2:23">
-[...8 lines deleted...]
-      <c r="E152" s="153">
+    <row r="151" spans="2:23">
+      <c r="B151" s="70" t="s">
+        <v>193</v>
+      </c>
+      <c r="C151" s="71"/>
+      <c r="D151" s="151">
+        <f t="shared" ref="D151:W151" si="109">SUM(D148:D150)</f>
+        <v>0</v>
+      </c>
+      <c r="E151" s="151">
         <f t="shared" si="109"/>
         <v>0.77500000000000002</v>
       </c>
-      <c r="F152" s="153">
+      <c r="F151" s="151">
         <f t="shared" si="109"/>
         <v>3.875</v>
       </c>
-      <c r="G152" s="153">
+      <c r="G151" s="151">
         <f t="shared" si="109"/>
         <v>6.9749999999999996</v>
       </c>
-      <c r="H152" s="153">
+      <c r="H151" s="151">
         <f t="shared" si="109"/>
         <v>10.074999999999999</v>
       </c>
-      <c r="I152" s="153">
+      <c r="I151" s="151">
         <f t="shared" si="109"/>
         <v>15.5</v>
       </c>
-      <c r="J152" s="153">
+      <c r="J151" s="151">
         <f t="shared" si="109"/>
         <v>11.625</v>
       </c>
-      <c r="K152" s="153">
+      <c r="K151" s="151">
         <f t="shared" si="109"/>
         <v>7.75</v>
       </c>
-      <c r="L152" s="153">
+      <c r="L151" s="151">
         <f t="shared" si="109"/>
         <v>3.875</v>
       </c>
-      <c r="M152" s="153">
+      <c r="M151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="N152" s="153">
+      <c r="N151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="O152" s="153">
+      <c r="O151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="P152" s="153">
+      <c r="P151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="Q152" s="153">
+      <c r="Q151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="R152" s="153">
+      <c r="R151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="S152" s="153">
+      <c r="S151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="T152" s="153">
+      <c r="T151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="U152" s="153">
+      <c r="U151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="V152" s="153">
+      <c r="V151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
-      <c r="W152" s="153">
+      <c r="W151" s="151">
         <f t="shared" si="109"/>
         <v>0</v>
       </c>
     </row>
+    <row r="152" spans="2:23">
+      <c r="D152" s="110"/>
+      <c r="E152" s="110"/>
+      <c r="F152" s="110"/>
+      <c r="G152" s="110"/>
+      <c r="H152" s="110"/>
+      <c r="I152" s="110"/>
+      <c r="J152" s="110"/>
+      <c r="K152" s="110"/>
+      <c r="L152" s="110"/>
+      <c r="M152" s="110"/>
+      <c r="N152" s="110"/>
+      <c r="O152" s="110"/>
+      <c r="P152" s="110"/>
+      <c r="Q152" s="110"/>
+      <c r="R152" s="110"/>
+      <c r="S152" s="110"/>
+      <c r="T152" s="110"/>
+      <c r="U152" s="110"/>
+      <c r="V152" s="110"/>
+      <c r="W152" s="110"/>
+    </row>
     <row r="153" spans="2:23">
-      <c r="D153" s="112"/>
-[...18 lines deleted...]
-      <c r="W153" s="112"/>
+      <c r="B153" s="68" t="s">
+        <v>194</v>
+      </c>
+      <c r="C153" s="49"/>
     </row>
     <row r="154" spans="2:23">
-      <c r="B154" s="68" t="s">
-[...2 lines deleted...]
-      <c r="C154" s="49"/>
+      <c r="B154" s="30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C154" s="31"/>
+      <c r="D154" s="218">
+        <f t="shared" ref="D154:W154" si="110">SUM(D148,D142)</f>
+        <v>0</v>
+      </c>
+      <c r="E154" s="218">
+        <f t="shared" si="110"/>
+        <v>15</v>
+      </c>
+      <c r="F154" s="218">
+        <f t="shared" si="110"/>
+        <v>15.775</v>
+      </c>
+      <c r="G154" s="218">
+        <f t="shared" si="110"/>
+        <v>18.875</v>
+      </c>
+      <c r="H154" s="218">
+        <f t="shared" si="110"/>
+        <v>21.975000000000001</v>
+      </c>
+      <c r="I154" s="218">
+        <f t="shared" si="110"/>
+        <v>25.074999999999999</v>
+      </c>
+      <c r="J154" s="218">
+        <f t="shared" si="110"/>
+        <v>30.5</v>
+      </c>
+      <c r="K154" s="218">
+        <f t="shared" si="110"/>
+        <v>22.875</v>
+      </c>
+      <c r="L154" s="218">
+        <f t="shared" si="110"/>
+        <v>15.25</v>
+      </c>
+      <c r="M154" s="218">
+        <f t="shared" si="110"/>
+        <v>7.625</v>
+      </c>
+      <c r="N154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="O154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="P154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="Q154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="R154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="S154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="T154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="U154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="V154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
+      <c r="W154" s="218">
+        <f t="shared" si="110"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="155" spans="2:23">
       <c r="B155" s="30" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C155" s="31"/>
-      <c r="D155" s="222">
-[...4 lines deleted...]
-        <f t="shared" si="110"/>
+      <c r="D155" s="220">
+        <f t="shared" ref="D155:W155" si="111">SUM(D149,D143)</f>
         <v>15</v>
       </c>
-      <c r="F155" s="222">
-[...68 lines deleted...]
-        <f t="shared" si="110"/>
+      <c r="E155" s="220">
+        <f t="shared" si="111"/>
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="F155" s="220">
+        <f t="shared" si="111"/>
+        <v>3.1</v>
+      </c>
+      <c r="G155" s="220">
+        <f t="shared" si="111"/>
+        <v>3.1</v>
+      </c>
+      <c r="H155" s="220">
+        <f t="shared" si="111"/>
+        <v>3.1</v>
+      </c>
+      <c r="I155" s="220">
+        <f t="shared" si="111"/>
+        <v>5.4249999999999998</v>
+      </c>
+      <c r="J155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="K155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="L155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="M155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="N155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="O155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="P155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="Q155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="R155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="S155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="T155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="U155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="V155" s="220">
+        <f t="shared" si="111"/>
+        <v>0</v>
+      </c>
+      <c r="W155" s="220">
+        <f t="shared" si="111"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="2:23">
       <c r="B156" s="30" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C156" s="31"/>
-      <c r="D156" s="224">
-[...89 lines deleted...]
-      <c r="E157" s="224">
+      <c r="D156" s="220">
+        <f t="shared" ref="D156:W156" si="112">SUM(D150,D144)</f>
+        <v>0</v>
+      </c>
+      <c r="E156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="F157" s="224">
+      <c r="F156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="G157" s="224">
+      <c r="G156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="H157" s="224">
+      <c r="H156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="I157" s="224">
+      <c r="I156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="J157" s="224">
+      <c r="J156" s="220">
         <f t="shared" si="112"/>
         <v>-7.625</v>
       </c>
-      <c r="K157" s="224">
+      <c r="K156" s="220">
         <f t="shared" si="112"/>
         <v>-7.625</v>
       </c>
-      <c r="L157" s="224">
+      <c r="L156" s="220">
         <f t="shared" si="112"/>
         <v>-7.625</v>
       </c>
-      <c r="M157" s="224">
+      <c r="M156" s="220">
         <f t="shared" si="112"/>
         <v>-7.625</v>
       </c>
-      <c r="N157" s="224">
+      <c r="N156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="O157" s="224">
+      <c r="O156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="P157" s="224">
+      <c r="P156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="Q157" s="224">
+      <c r="Q156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="R157" s="224">
+      <c r="R156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="S157" s="224">
+      <c r="S156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="T157" s="224">
+      <c r="T156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="U157" s="224">
+      <c r="U156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="V157" s="224">
+      <c r="V156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
-      <c r="W157" s="224">
+      <c r="W156" s="220">
         <f t="shared" si="112"/>
         <v>0</v>
       </c>
     </row>
-    <row r="158" spans="2:23">
-[...5 lines deleted...]
-        <f t="shared" ref="D158:W158" si="113">SUM(D152,D146)</f>
+    <row r="157" spans="2:23">
+      <c r="B157" s="70" t="s">
+        <v>193</v>
+      </c>
+      <c r="C157" s="71"/>
+      <c r="D157" s="151">
+        <f t="shared" ref="D157:W157" si="113">SUM(D151,D145)</f>
         <v>15</v>
       </c>
-      <c r="E158" s="153">
+      <c r="E157" s="151">
         <f t="shared" si="113"/>
         <v>15.775</v>
       </c>
-      <c r="F158" s="153">
+      <c r="F157" s="151">
         <f t="shared" si="113"/>
         <v>18.875</v>
       </c>
-      <c r="G158" s="153">
+      <c r="G157" s="151">
         <f t="shared" si="113"/>
         <v>21.975000000000001</v>
       </c>
-      <c r="H158" s="153">
+      <c r="H157" s="151">
         <f t="shared" si="113"/>
         <v>25.074999999999999</v>
       </c>
-      <c r="I158" s="153">
+      <c r="I157" s="151">
         <f t="shared" si="113"/>
         <v>30.5</v>
       </c>
-      <c r="J158" s="153">
+      <c r="J157" s="151">
         <f t="shared" si="113"/>
         <v>22.875</v>
       </c>
-      <c r="K158" s="153">
+      <c r="K157" s="151">
         <f t="shared" si="113"/>
         <v>15.25</v>
       </c>
-      <c r="L158" s="153">
+      <c r="L157" s="151">
         <f t="shared" si="113"/>
         <v>7.625</v>
       </c>
-      <c r="M158" s="153">
+      <c r="M157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="N158" s="153">
+      <c r="N157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="O158" s="153">
+      <c r="O157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="P158" s="153">
+      <c r="P157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="Q158" s="153">
+      <c r="Q157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="R158" s="153">
+      <c r="R157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="S158" s="153">
+      <c r="S157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="T158" s="153">
+      <c r="T157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="U158" s="153">
+      <c r="U157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="V158" s="153">
+      <c r="V157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
-      <c r="W158" s="153">
+      <c r="W157" s="151">
         <f t="shared" si="113"/>
         <v>0</v>
       </c>
     </row>
+    <row r="158" spans="2:23">
+      <c r="D158" s="110"/>
+      <c r="E158" s="110"/>
+      <c r="F158" s="110"/>
+      <c r="G158" s="110"/>
+      <c r="H158" s="110"/>
+      <c r="I158" s="110"/>
+      <c r="J158" s="110"/>
+      <c r="K158" s="110"/>
+      <c r="L158" s="110"/>
+      <c r="M158" s="110"/>
+      <c r="N158" s="110"/>
+      <c r="O158" s="110"/>
+      <c r="P158" s="110"/>
+      <c r="Q158" s="110"/>
+      <c r="R158" s="110"/>
+      <c r="S158" s="110"/>
+      <c r="T158" s="110"/>
+      <c r="U158" s="110"/>
+      <c r="V158" s="110"/>
+      <c r="W158" s="110"/>
+    </row>
     <row r="159" spans="2:23">
-      <c r="D159" s="112"/>
-[...26 lines deleted...]
-        <f t="shared" ref="D160:W160" si="114">D161*AVERAGE(D146,D143)</f>
+      <c r="B159" s="30" t="s">
+        <v>135</v>
+      </c>
+      <c r="C159" s="21"/>
+      <c r="D159" s="152">
+        <f t="shared" ref="D159:W159" si="114">D160*AVERAGE(D145,D142)</f>
         <v>0.5625</v>
       </c>
-      <c r="E160" s="154">
+      <c r="E159" s="152">
         <f t="shared" si="114"/>
         <v>1.125</v>
       </c>
-      <c r="F160" s="154">
+      <c r="F159" s="152">
         <f t="shared" si="114"/>
         <v>1.125</v>
       </c>
-      <c r="G160" s="154">
+      <c r="G159" s="152">
         <f t="shared" si="114"/>
         <v>1.125</v>
       </c>
-      <c r="H160" s="154">
+      <c r="H159" s="152">
         <f t="shared" si="114"/>
         <v>1.125</v>
       </c>
-      <c r="I160" s="154">
+      <c r="I159" s="152">
         <f t="shared" si="114"/>
         <v>1.125</v>
       </c>
-      <c r="J160" s="154">
+      <c r="J159" s="152">
         <f t="shared" si="114"/>
         <v>0.984375</v>
       </c>
-      <c r="K160" s="154">
+      <c r="K159" s="152">
         <f t="shared" si="114"/>
         <v>0.703125</v>
       </c>
-      <c r="L160" s="154">
+      <c r="L159" s="152">
         <f t="shared" si="114"/>
         <v>0.421875</v>
       </c>
-      <c r="M160" s="154">
+      <c r="M159" s="152">
         <f t="shared" si="114"/>
         <v>0.140625</v>
       </c>
-      <c r="N160" s="154">
+      <c r="N159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="O160" s="154">
+      <c r="O159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="P160" s="154">
+      <c r="P159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="Q160" s="154">
+      <c r="Q159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="R160" s="154">
+      <c r="R159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="S160" s="154">
+      <c r="S159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="T160" s="154">
+      <c r="T159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="U160" s="154">
+      <c r="U159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="V160" s="154">
+      <c r="V159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
-      <c r="W160" s="154">
+      <c r="W159" s="152">
         <f t="shared" si="114"/>
         <v>0</v>
       </c>
     </row>
-    <row r="161" spans="2:23" s="54" customFormat="1">
-[...4 lines deleted...]
-      <c r="D161" s="225">
+    <row r="160" spans="2:23" s="54" customFormat="1">
+      <c r="B160" s="48" t="s">
+        <v>195</v>
+      </c>
+      <c r="C160" s="48"/>
+      <c r="D160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="E161" s="225">
+      <c r="E160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="F161" s="225">
+      <c r="F160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="G161" s="225">
+      <c r="G160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="H161" s="225">
+      <c r="H160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="I161" s="225">
+      <c r="I160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="J161" s="225">
+      <c r="J160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="K161" s="225">
+      <c r="K160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="L161" s="225">
+      <c r="L160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="M161" s="225">
+      <c r="M160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="N161" s="225">
+      <c r="N160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="O161" s="225">
+      <c r="O160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="P161" s="225">
+      <c r="P160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="Q161" s="225">
+      <c r="Q160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="R161" s="225">
+      <c r="R160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="S161" s="225">
+      <c r="S160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="T161" s="225">
+      <c r="T160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="U161" s="225">
+      <c r="U160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="V161" s="225">
+      <c r="V160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="W161" s="225">
+      <c r="W160" s="221">
         <f>Control!$D$81</f>
         <v>7.4999999999999997E-2</v>
       </c>
     </row>
-    <row r="163" spans="2:23">
-[...8 lines deleted...]
-      <c r="E163" s="154">
+    <row r="162" spans="2:23">
+      <c r="B162" s="30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C162" s="21"/>
+      <c r="D162" s="152">
+        <f t="shared" ref="D162:W162" si="115">D163*AVERAGE(D151,D148)</f>
+        <v>0</v>
+      </c>
+      <c r="E162" s="152">
         <f t="shared" si="115"/>
         <v>2.325E-2</v>
       </c>
-      <c r="F163" s="154">
+      <c r="F162" s="152">
         <f t="shared" si="115"/>
         <v>0.13950000000000001</v>
       </c>
-      <c r="G163" s="154">
+      <c r="G162" s="152">
         <f t="shared" si="115"/>
         <v>0.32549999999999996</v>
       </c>
-      <c r="H163" s="154">
+      <c r="H162" s="152">
         <f t="shared" si="115"/>
         <v>0.51149999999999984</v>
       </c>
-      <c r="I163" s="154">
+      <c r="I162" s="152">
         <f t="shared" si="115"/>
         <v>0.76724999999999999</v>
       </c>
-      <c r="J163" s="154">
+      <c r="J162" s="152">
         <f t="shared" si="115"/>
         <v>0.81374999999999997</v>
       </c>
-      <c r="K163" s="154">
+      <c r="K162" s="152">
         <f t="shared" si="115"/>
         <v>0.58124999999999993</v>
       </c>
-      <c r="L163" s="154">
+      <c r="L162" s="152">
         <f t="shared" si="115"/>
         <v>0.34875</v>
       </c>
-      <c r="M163" s="154">
+      <c r="M162" s="152">
         <f t="shared" si="115"/>
         <v>0.11624999999999999</v>
       </c>
-      <c r="N163" s="154">
+      <c r="N162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="O163" s="154">
+      <c r="O162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="P163" s="154">
+      <c r="P162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="Q163" s="154">
+      <c r="Q162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="R163" s="154">
+      <c r="R162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="S163" s="154">
+      <c r="S162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="T163" s="154">
+      <c r="T162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="U163" s="154">
+      <c r="U162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="V163" s="154">
+      <c r="V162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
-      <c r="W163" s="154">
+      <c r="W162" s="152">
         <f t="shared" si="115"/>
         <v>0</v>
       </c>
     </row>
-    <row r="164" spans="2:23" s="54" customFormat="1">
-[...4 lines deleted...]
-      <c r="D164" s="225">
+    <row r="163" spans="2:23" s="54" customFormat="1">
+      <c r="B163" s="48" t="s">
+        <v>197</v>
+      </c>
+      <c r="C163" s="48"/>
+      <c r="D163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="E164" s="225">
+      <c r="E163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="F164" s="225">
+      <c r="F163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="G164" s="225">
+      <c r="G163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="H164" s="225">
+      <c r="H163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="I164" s="225">
+      <c r="I163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="J164" s="225">
+      <c r="J163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="K164" s="225">
+      <c r="K163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="L164" s="225">
+      <c r="L163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="M164" s="225">
+      <c r="M163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="N164" s="225">
+      <c r="N163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="O164" s="225">
+      <c r="O163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="P164" s="225">
+      <c r="P163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="Q164" s="225">
+      <c r="Q163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="R164" s="225">
+      <c r="R163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="S164" s="225">
+      <c r="S163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="T164" s="225">
+      <c r="T163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="U164" s="225">
+      <c r="U163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="V164" s="225">
+      <c r="V163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
-      <c r="W164" s="225">
+      <c r="W163" s="221">
         <f>Control!$F$69</f>
         <v>0.06</v>
       </c>
     </row>
-    <row r="165" spans="2:23">
-[...19 lines deleted...]
-      <c r="W165" s="112"/>
+    <row r="164" spans="2:23">
+      <c r="D164" s="110"/>
+      <c r="E164" s="110"/>
+      <c r="F164" s="110"/>
+      <c r="G164" s="110"/>
+      <c r="H164" s="110"/>
+      <c r="I164" s="110"/>
+      <c r="J164" s="110"/>
+      <c r="K164" s="110"/>
+      <c r="L164" s="110"/>
+      <c r="M164" s="110"/>
+      <c r="N164" s="110"/>
+      <c r="O164" s="110"/>
+      <c r="P164" s="110"/>
+      <c r="Q164" s="110"/>
+      <c r="R164" s="110"/>
+      <c r="S164" s="110"/>
+      <c r="T164" s="110"/>
+      <c r="U164" s="110"/>
+      <c r="V164" s="110"/>
+      <c r="W164" s="110"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="C7">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="equal">
       <formula>TRUE</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="equal">
       <formula>FALSE</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000 CUI//PROPIN&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 This document contains moderate sensitivity CHIPS Applicant Data and Information.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...317 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Overview</vt:lpstr>
+      <vt:lpstr>Control</vt:lpstr>
+      <vt:lpstr>CapEx &amp; Depr Schedule</vt:lpstr>
+      <vt:lpstr>Annual Model</vt:lpstr>
+      <vt:lpstr>Control!Print_Area</vt:lpstr>
+      <vt:lpstr>Overview!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...30 lines deleted...]
-</file>